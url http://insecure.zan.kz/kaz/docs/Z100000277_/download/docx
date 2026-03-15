--- v0 (2025-10-05)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1d4b0f0" w14:textId="1d4b0f0">
+    <w:p w14:paraId="2b7bf6f" w14:textId="2b7bf6f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -572,51 +572,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -971,51 +971,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2099,91 +2099,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-бапқа өзгерістер енгізілді - ҚР 2011.01.06 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 379-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.02.13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 553-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 18.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2476,576 +2476,674 @@
         <w:t>
       11) Қазақстан Республикасының шет елдердегі мекемелерінің мемлекеттік құпияларын қорғауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) өзінің қорғалған байланыс жүйесін пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13) тармақшаға өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Қазақстан Республикасының заңдарына сәйкес мемлекеттік органдардың және меншік нысанына қарамастан ұйымдардың ақпараттық жүйелерін және электрондық ақпараттық ресурстарын, сондай-ақ Қазақстан Республикасының халықаралық келісімдері негізінде шет мемлекеттер мен халықаралық ұйымдардың ақпараттық жүйелерін пайдалану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жалпы және арнайы жедел-іздестіру іс-шараларын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
-[...15 lines deleted...]
-      14) жалпы және арнайы жедел-іздестіру іс-шараларын жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) заңдарда және Қазақстан Республикасы Президентінің актілерінде айқындалатын өзге де өкілеттіктерді орындау.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
-[...15 lines deleted...]
-      15) заңдарда және Қазақстан Республикасы Президентінің актілерінде айқындалатын өзге де өкілеттіктерді орындау.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгеріс енгізілді - ҚР 2012.02.13 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2013.01.16 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 71-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 419-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-бап. Сыртқы барлау органының құзыреті</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сыртқы барлау органының құзыретіне осы Заңның 8-бабында көзделген ережелерден басқа, мыналар да жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының Президентіне, Парламенті мен Үкіметіне, Қазақстан Республикасының мемлекеттік органдарына және мемлекеттік ұйымдарына барлау ақпаратын беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекет басшылығының саяси, әскери-саяси, қаржы-экономикалық, ғылыми-техникалық, гуманитарлық, экологиялық және Қазақстан Республикасының ұлттық мүдделерін қозғайтын өзге де салалардағы саясатын іске асыруға жәрдемдесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының Президенті мен Үкіметіне сыртқы барлауды жетілдіру жөнінде ұсыныстар енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сыртқы барлау субъектілерінің барлау қызметін үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z184" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1) осы Заңның 12-1-бабында көзделген, Қазақстан Республикасы барлау қоғамдастығы қызметінің шеңберінде Қазақстан Республикасының мемлекеттік органдары мен ұйымдарының өзара іс-қимылын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 8-бапқа өзгеріс енгізілді - ҚР 2012.02.13 </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) алып тасталды – ҚР 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...138 lines deleted...]
-      4-1) осы Заңның 12-1-бабында көзделген, Қазақстан Республикасы барлау қоғамдастығы қызметінің шеңберінде Қазақстан Республикасының мемлекеттік органдары мен ұйымдарының өзара іс-қимылын қамтамасыз ету;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) алып тасталды – ҚР 23.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жүзеге асырылатын барлау қызметінің стратегиясын және тактикасын әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:p>
-[...181 lines deleted...]
-      7) жүзеге асырылатын барлау қызметінің стратегиясын және тактикасын әзірлеу;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) барлау қызметі мәселелері бойынша нормативтік құқықтық актілер әзірлеу және бекіту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z76" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Қазақстан Республикасының ұлттық қауіпсіздігін қамтамасыз етудің басқа да күштерімен, сондай-ақ Қазақстан Республикасының мемлекеттік органдарымен және ұйымдарымен өзара іс-қимыл жасасу. Сыртқы барлау органының Қазақстан Республикасының мүдделі мемлекеттік органдарымен өзара Іс-қимыл жасасу тәртібі бірлескен нормативтік құқықтық актілермен айқындалады, ал, меншік нысанына қарамастан Қазақстан Республикасының ұйымдарымен – келісімде белгіленеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:bookmarkStart w:name="z180" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3124,51 +3222,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3356,51 +3454,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3582,51 +3680,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3714,51 +3812,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3826,51 +3924,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен;</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3908,211 +4006,211 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-бапқа өзгерістер енгізілді - ҚР 2012.02.13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 553-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2012.02.16 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 562-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі), 2013.01.16 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 71-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 07.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 185-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 419-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2016 бастап қолданысқа енгізіледі); 28.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін екі ай өткен соң қолданысқа енгізіледі); 18.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 23.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4187,71 +4285,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 9-1-баппен толықтырылды - ҚР 2012.02.16 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 562-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен; жаңа редакцияда - ҚР 28.12.2016 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 36-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін екі ай өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4422,50 +4520,156 @@
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z104" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік органдардың, меншік нысанына қарамастан ұйымдардың лауазымды адамдары өз құзыреті шегінде сыртқы барлау субъектілеріне барлау қызметін жүзеге асыруға жәрдемдесуге міндетті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақтың екінші бөлігіне өзгеріс енгізу көзделген – ҚР 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 256-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін алты ай өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік ақпараттық жүйелердегі сыртқы барлау органының қызметкерлері туралы мәліметтерді шифрлау қажет болған жағдайда олардың иелері болып табылатын мемлекеттік органдар тиісті электрондық ақпараттық ресурстарды өңдеу жөніндегі қажетті шараларды Қазақстан Республикасының Үкіметі айқындайтын тәртіппен қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z105" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4508,51 +4712,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4813,51 +5017,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тарау 12-1-баппен толықтырылды - ҚР 18.03.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5048,71 +5252,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 13-бап жаңа редакцияда - ҚР 2012.02.13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>N 553-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі), өзгеріс енгізілді - ҚР 2012.02.16 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 562-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); 02.07.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 165-VІ</w:t>
       </w:r>
       <w:r>
@@ -5217,51 +5421,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 14-бап жаңа редакцияда - ҚР 2012.02.13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 553-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5326,51 +5530,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-бап жаңа редакцияда - ҚР 2012.02.13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 553-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5515,51 +5719,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 16-бап жаңа редакцияда - ҚР 2012.02.13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 553-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5644,71 +5848,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 16-1-баппен толықтырылды - ҚР 2012.02.13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 553-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР 03.07.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 227-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2015 бастап қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6013,51 +6217,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 16-2-баппен толықтырылды - ҚР 2012.02.13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 553-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6422,51 +6626,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Заң 16-3-баппен толықтырылды - ҚР 2012.02.13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 553-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6531,51 +6735,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 17-бап жаңа редакцияда - ҚР 2012.02.13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 553-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6843,91 +7047,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгеріс енгізілді - ҚР 11.07.2017 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 51-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>енгізіледі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>