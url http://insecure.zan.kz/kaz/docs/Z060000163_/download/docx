--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ae4d252" w14:textId="ae4d252">
+    <w:p w14:paraId="7f74620" w14:textId="7f74620">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -385,51 +385,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 30-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғанынан кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.07.2019 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 262-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2020 бастап қолданысқа енгізіледі) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3312,51 +3312,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 12-бап жаңа редакцияда - ҚР 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
@@ -4037,439 +4037,2170 @@
         </w:rPr>
         <w:t xml:space="preserve">
       8) өзара сақтандыру саласындағы мамандардың бiлiктiлiгiн арттыру мақсатында оқытуды ұйымдастырып, өткiзудi жүзеге асыруға құқылы. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z85" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қоғамға осы баптың 1 және 2-тармақтарында көзделмеген мәмілелерді жүзеге асыруға және операциялар жүргізуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z86" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Қоғам "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңына сәйкес мәліметтерді және ақпаратты қаржы мониторингі жөніндегі уәкілетті органға хабарлауға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z87" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Қоғамдар өзара сақтандыру бойынша қауымдастықтарға (одақтарға) бiрiккен, сондай-ақ олар бiрлескен шаруашылық қызмет туралы шарт негiзiнде консорциум құрған жағдайларды қоспағанда, қоғамның басқа заңды тұлғаларға қатысуына жол берiлмейдi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z88" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қоғам Қазақстан Республикасының заңнамасына сәйкес филиалдар мен өкiлдiктер құруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z89" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қоғам осы Заңда көзделген тең құқықтарды қоғамның барлық мүшелеріне беруге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгерістер енгізілді - ҚР 2009.12.30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қараңыз); 26.07.2016 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.07.2017 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) Заңдарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...47 lines deleted...]
-        <w:t>) Заңымен.</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-бап. Қайта сақтандыру қызметiн жүзеге асыруға тыйым салу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қоғамның өзi қабылдаған сақтандыру тәуекелдерiнiң бәрiн немесе бiр бөлiгiн уәкiлеттi органның тиiстi лицензиясы бар сақтандыру (қайта сақтандыру) ұйымына немесе Қазақстан Республикасының резидентi емес қайта сақтандыру ұйымына қайта сақтандыруға беруіне, сондай-ақ делдалдық қызметті немесе қайта сақтандыруға арналған тәуекелдерді қабылдау жөніндегі қызметті жүзеге асыруына тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-бап жаңа редакцияда - ҚР 2009.12.30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...76 lines deleted...]
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z19" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  4-тарау. ҚОҒАМНЫҢ ОРГАНДАРЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17-бап. Қоғамның органдары </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоғамның органдары мыналар: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) жоғары орган - қоғам мүшелерiнiң жалпы жиналысы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) атқарушы орган - алқалы орган (басқарма) немесе атқарушы органның функцияларын жеке-дара жүзеге асыратын адам (төраға); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) бақылау органы - iшкi аудит қызметi. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қоғамның жарғысында қоғамның өзге де органдарды құруы көзделуі мүмкiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18-бап. Қоғам мүшелерiнiң жалпы жиналысы </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоғам мүшелерi жалпы жиналысының айрықша құзыретiне: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) қоғамның өз мүшелерiмен жасаған сақтандыру шарттарының талаптарын айқындау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) қоғамның бюджетiн бекiту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) қоғам аудитiн жүргiзу туралы шешiм қабылдау және аудиторлық ұйымды таңдау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) қоғам мен оның мүшелерi арасындағы дауларды қарау тәртiбiн айқындау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) өзара сақтандыру ережелерiн бекiту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) сақтандыру тарифтерiн есептеу тәртiбiн айқындау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) қоғамның қызметiн қамтамасыз ету үшiн қажеттi, қоғамның сақтандыру және өзге де резервтерiн қалыптастыру мен толықтыру, оларды пайдалану тәртiбiн айқындау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) қоғамның инвестициялық саясатын бекiту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) сақтандыру тәуекелдерiн оларды қайта сақтандыру үшiн беру саясатын бекiту және сақтандырудың әрбiр түрi бойынша өзiнiң ұстап қалу лимиттерiн белгiлеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) тиiстi жинақтаушы сақтандыру шартында көзделген сатып алу сомасы шегiнде қоғам мүшелерiне қарыздар беру туралы шешiм қабылдау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11) қоғам мүшелерiне сақтандыру сыйлықақыларын төлеуге қарыздар беру туралы шешiм қабылдау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) қоғамның атқарушы органы ұсынған қорытынды негiзiнде сақтандыру жағдайының басталу тәуекелдерiнiң алдын алуға арналған iс-шараларды өткiзуге ақша бөлу туралы шешiм қабылдау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13) iшкi аудит қызметiнiң жұмыс тәртiбiн, iшкi аудит қызметi қызметкерлерiнiң еңбегiне ақы төлеу мөлшерiн және шарттарын айқындау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14) қоғамға жаңа мүшелердiң кiруi туралы шешiм қабылдау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) Қазақстан Республикасының басқа заңнамалық актiлерiнде, сондай-ақ қоғамның жарғысында көзделген өзге де мәселелер жатады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қоғам мүшелерiнiң жалпы жиналысы қоғам қызметiне байланысты кез келген мәселенi қарауына қабылдауға құқылы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z93" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Жалпы жиналысты (оның iшiнде кезектен тыс жиналысты) шақыру, өткiзу, шешiм қабылдау тәртiбi Қазақстан Республикасының тұтыну кооперативi туралы заңнамасында айқындалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z94" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Жалпы жиналыстың шешімі қабылданған кезде қоғамның әрбір мүшесі қоғам мүлкіндегі өз үлесінің шамасына қарамастан, бір дауысқа ие болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 15-бапқа өзгерістер енгізілді - ҚР 2009.12.30 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 18-бапқа өзгерту енгізілді - ҚР 2007.05.07 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 244</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-баптан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) Заңымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19-бап. Атқарушы орган </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоғамның атқарушы органының құзыретiне: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) қоғам қызметiнiң басым бағыттары бойынша ұсыныстар қалыптастыру; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) қоғамның инвестициялық саясатын әзiрлеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) сақтандыру тәуекелдерiн оларды қайта сақтандыру үшiн беру саясатын және сақтандырудың әрбiр түрi бойынша өзiнiң ұстап қалу лимиттерiн әзiрлеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) жылдық қаржылық есептi және қоғамның келесi жылға арналған бюджетiнiң жобасын әзiрлеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) бекiтiлуi қоғам мүшелерi жалпы жиналысының айрықша құзыретiне жатқызылған есептердi қоспағанда, қоғам есептерiн бекiту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) Қазақстан Республикасының басқа заңнамалық актiлерiнде, сондай-ақ қоғамның жарғысында айқындалған өзге де мәселелер жатады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қоғамның төрағасы қоғам мүшелерiнiң жалпы жиналысында қызметке сайланады және қызметтен босатылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қоғамның төрағасы қоғамның мүшесi болмауы да мүмкiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Қоғамның басшысын қоса алғанда, оның атқарушы органы (басқармасы) өзiнiң жарғысында көзделген санда және мерзiмге қоғам мүшелерiнiң жалпы жиналысында сайланады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қоғам мүшелерi жалпы жиналысының шешiмi бойынша қоғам басқармасының кез келген мүшесiнiң өкiлеттiгi мерзiмiнен бұрын тоқтатылуы мүмкiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Қоғамның атқарушы органының басшысы осы органның жұмыс iстеуiн қамтамасыз етедi және оның отырыстарын басқарады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z99" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Егер қоғам басқармасының отырысына оның мүшелерiнiң жартысынан астамы қатысса, ол шешiм қабылдауға құқылы. Шешiмдер жай көпшiлiк дауыспен қабылданады. Дауыстар тең болған жағдайда басқарма төрағасының даусы шешушi болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z100" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Қоғамның атқарушы органы қызметiнiң және оның шешiмдер қабылдауының тәртiбi қоғамның жарғысында және қоғам мүшелерiнiң жалпы жиналысында қабылданған өзге де құжаттарда айқындалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-бап. Қоғамның iшкi аудит қызметi </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоғамның қаржы-шаруашылық қызметiне бақылауды жүзеге асыру үшiн iшкi аудит қызметi құрылады, егер қоғам жарғысында өзгеше көзделмеген болса, ол қоғам мүшелерiнен тұрады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z102" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қоғамның iшкi аудит қызметiнiң жұмыс iстеу тәртiбi қоғамның жарғысында және iшкi құжаттарда айқындалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z103" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Қоғамның атқарушы органының мүшесi iшкi аудит қызметiнiң мүшесi бола алмайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z104" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Iшкi аудит қызметi қоғамның қаржы-шаруашылық қызметiне тексеру жүргiзедi, қоғам мүшелерiнiң жалпы жиналысына қоғамның жылдық қаржылық есебi мен бухгалтерлiк балансы бойынша қорытынды бередi. Қоғам мүшелерiнiң жалпы жиналысы қоғамның iшкi аудит қызметiнiң қорытындысы болмаған кезде қоғамның жылдық қаржылық есебi мен бухгалтерлiк балансын бекiтуге құқылы емес. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z105" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Iшкi аудит қызметiнiң мүшелерiн, оның iшiнде оның төрағасын қоғам мүшелерiнiң жалпы жиналысы қоғам жарғысында белгiленген мерзiмге сайлайды. Iшкi аудит қызметiнiң мүшелерi өз өкiлеттiктерiн басқа тұлғаларға беруге құқылы емес. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қоғам мүшелерiнiң жалпы жиналысының шешiмi бойынша iшкi аудит қызметiнiң кез келген мүшесiнiң өкiлеттiгi мерзiмiнен бұрын тоқтатылуы мүмкiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Iшкi аудит қызметi мүшелерiнiң қоғам қызметi туралы кез келген ақпаратты алуға құқығы бар. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Iшкi аудит қызметiнiң мүшелерi қоғам басқармасының отырыстарына қатысады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Iшкi аудит қызметi қоғам мүшелерiнiң жалпы жиналысын: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) егер атқарушы органның қызметi қоғамның мақсаттарына қол жеткiзудi және мiндеттерiн орындауды қамтамасыз ете алмаған жағдайда; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) егер қоғамның атқарушы органы қоғам мүшелерi жалпы санының оннан бiр бөлiгiнiң жалпы жиналыс шақыру туралы талабын мұндай талап мәлiмделген күннен бастап он төрт күн iшiнде орындамаса, дербес шақырады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. ҚОҒАМНЫҢ МYЛКI </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21-бап. Қоғамның мүлкiн қалыптастыру көздерi </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоғамның мүлкiн қалыптастыру көздерi: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) құрылтайшылардың жарналары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алынып тасталды - ҚР 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) Заңдарымен.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алынып тасталды - ҚР 2009.12.30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) ақшалай және өзге де ерiктi жарналар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) сақтандыру резервтерiн және өзге де қаражатты орналастырудан алынған кiрiстер; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) осы Заңда көзделген өзге де қызметтен түскен кiрiстер. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қоғам меншiгiндегi мүлiкке билiк ету тәртiбi қоғам мүшелерiнiң жалпы жиналысында белгiленедi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-бапқа өзгерту енгізілді - ҚР 2009.12.30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>16-бап. Қайта сақтандыру қызметiн жүзеге асыруға тыйым салу</w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="61"/>
+        <w:t xml:space="preserve">22-бап. Сақтандыру сыйлықақылары мен сақтандыру төлемдерi </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоғам мүшелерi төлеген сақтандыру сыйлықақыларын қоғам сақтандыру шартында белгiленген мөлшерде сақтандыру төлемдерi түрiнде пайда алушыға төлейдi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z111" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Егер Қазақстан Республикасының заңнамалық актiлерiнде өзгеше көзделмесе, сақтандыру сыйлықақыларының мөлшерi мен оларды есептеу тәртiбi қоғам мүшелерiнiң жалпы жиналысы бекiткен қоғамның өзара сақтандыру ережелерiнде белгiленедi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z112" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Егер есептiк кезеңнiң аяғында қоғамда сақтандыру төлемдерi бойынша берешектер, сондай-ақ салықтар және бюджетке төленетiн басқа да мiндеттi төлемдер бойынша берешектер болмаса, қоғам мүшелерiнiң жалпы жиналысы кезектi сақтандыру сыйлықақыларын азайту немесе оларды төлеудi тоқтата тұру туралы шешiм қабылдауы мүмкiн. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z113" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Сақтандыру төлемдерiн жүзеге асыру тәртiбi мен шарттары қоғам мүшелерiнiң жалпы жиналысы бекiткен қоғамның өзара сақтандыру ережелерiнде белгiленедi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23-бап. Қосымша жарналар </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z114" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қосымша жарналарды есептеу мен енгiзу тәртiбi қоғам мүшелерiнiң жалпы жиналысы бекiткен қоғамның өзара сақтандыру ережелерiнде белгiленуге тиiс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z115" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қоғам мүшелерiнiң қосымша жарналары сақтандыру төлемдерiн жүзеге асыруға ғана жұмсалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алынып тасталды - ҚР 2009.12.30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) Заңымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 16-бап жаңа редакцияда - ҚР 2009.12.30 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 23-бапқа өзгерту енгізілді - ҚР 2009.12.30 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 234-IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4482,2156 +6213,351 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) Заңымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>24-бап. Қоғамның сақтандыру және өзге де резервтерi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыпқа өзгерту енгізілді - ҚР 2009.12.30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) Заңымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қоғам өзiнiң мiндеттемелерiн орындауды қамтамасыз ету үшiн алынған сақтандыру сыйлықақыларынан сақтандыру резервтерiн қалыптастырады. Сақтандыру сыйлықақыларының алынған сомасы толық көлемде сақтандыру резервтерiн қалыптастыруға жiберiлуге тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сақтандыру резервтерін қалыптастыруға, оны есептеу әдістемесіне және олардың құрылымына қойылатын талаптар уәкілетті органның нормативтік құқықтық актілерімен белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Егер қоғам жарғысында өзге резервтер құру көзделмеген болса, онда қоғамның инвестициялық кiрiсi мен өз қаражаты да сақтандыру резервтерiн қалыптастыруға жiберiледi. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Егер қаржылық жылдың аяғында қоғамда сақтандыру төлемдерi бойынша берешектер, сондай-ақ салықтар және бюджетке төленетiн басқа да мiндеттi төлемдер бойынша берешектер болмаса, қоғам мүшелерiнiң жалпы жиналысы сақтандыру резервтерiнiң бiр бөлiгiн немесе бүкiл сомасын қоғамның қаржылық тұрақтылығы мен төлем қабiлетiн қамтамасыз ету үшiн қоғамның қоғам жарғысында көзделген өзге де резервтерiне жiберу туралы шешiм қабылдауы мүмкiн. Алдағы қаржы жылына арналған сақтандыру резервтерiнiң қажеттi сомасы мiндеттi түрде кезектi сақтандыру сыйлықақыларының есебiнен қалыптастырылуға тиiс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z118" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Сақтандыру резервтерiнiң қаражаты инвестициялау және (немесе) сақтандыру төлемдерiн жүзеге асыру үшiн пайдаланылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z119" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қоғамда оның өзара сақтандыру ережелерiне сәйкес актуарий жүзеге асыратын өз мүшелерi алдындағы мiндеттемелерiнiң, қоғамның сақтандыру сыйлықақылары мен сақтандыру резервтерi есептерiнiң актуарлық бағасы болуға тиiс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-бапқа өзгерту енгізілді - ҚР 2009.12.30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 234-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) Заңымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  4-тарау. ҚОҒАМНЫҢ ОРГАНДАРЫ</w:t>
-[...2086 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">  6-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">25-бап. Қазақстан Республикасының өзара сақтандыру туралы заңнамасын бұзғаны үшiн жауаптылық </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>