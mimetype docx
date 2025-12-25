--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="322939c" w14:textId="322939c">
+    <w:p w14:paraId="71b0584" w14:textId="71b0584">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,310 +93,273 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жариялануға жататын мәліметтер тізбесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) Төрағасының 2025 жылғы 7 ақпандағы № 26 бұйрығы. Қазақстан Республикасының Әділет министірлігінде 2025 жылғы 7 ақпанда № 35710 болып тіркелді</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>Қазақстан Республикасы Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) Төрағасының 2025 жылғы 7 ақпандағы № 26 бұйрығы. Қазақстан Республикасының Әділет министірлігінде 2025 жылғы 7 ақпанда № 35710 болып тіркелді.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" 2015 жылғы 18 қарашадағы Қазақстан Республикасы Заңының 11-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса берiлiп отырған жариялануға жататын мәліметтер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін. </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасының заңнамасына сәйкес мемлекеттік құпияларды құрайтын мәліметтерді қоспағанда, жариялануға жататын мәліметтердің тізбесін бекіту туралы" Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі Төрағасының 2016 жылғы 6 қазандағы № 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2016 жылы 10 қазанда № 14316 болып тіркелген) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігінің (Сыбайлас жемқорлыққа қарсы қызмет) Әкімшілік-құқықтық департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық жарияланғаннан кейін, оны Қазақстан Республикасы Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігінің (Сыбайлас жемқорлыққа қарсы қызмет) интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) Төрағасының бірінші орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін, күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -670,205 +633,263 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Казакстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сыбайлас жемқорлыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қарсы іс-қимыл агенттігінің</w:t>
+              <w:t>қарсы іс-қимыл агенттігі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Сыбайлас жемқорлыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қарсы қызмет) Төрағасы</w:t>
+              <w:t>қарсы қызмет) Төрағасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2025 жылғы 7 ақпандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 26 бұйрыққа </w:t>
+              <w:t>№ 26 бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жариялануға жататын мәліметтер тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      1. Кірістер мен мүлік туралы декларацияны ұсынған адамның тегі, аты, әкесінің аты (ол болған жағдайда).</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбе жаңа редакцияда - ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 185</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қазақстан Республикасының "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Заңының 11-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінде көрсетілген тұлғаның және оның жұбайының (зайыбының) тегі, аты, әкесінің аты (ол болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       2. Кірістер мен мүлік туралы декларация табыс етілген есептік салық кезеңі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -881,123 +902,153 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р/с №</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№  р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кірістер мен мүлік туралы декларацияда көрсетілген ақпарат</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұлғаның кірістер мен мүлік туралы декларацияда көрсетілген мәліметтері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жариялануға жататын мәліметтер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жариялануға жататын мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1143,87 +1194,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Декларациялауға жататын кірістерін қоспағанда, жеке тұлға өз бетінше салық салуға жататын кірістер туралы ақпарат</w:t>
+Жеке тұлғаның дербес салық салуға жататын кірістері туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жалпы сома</w:t>
+1) жалпы сома;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) кірістер мен мүлік туралы декларацияны тапсырған адамның тегі, аты, әкесінің аты (ол болған жағдайда).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1256,123 +1325,213 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есептік салық кезеңі ішінде, оның ішінде Қазақстан Республикасынан тыс жерлерде сатып алу және (немесе) өтеусіз алынған мүлік (оның ішінде ақша) туралы ақпарат</w:t>
+Мүлікті (оның ішінде ақшаны) сатып алу (алу) туралы және есепті салық кезеңі ішінде мүлікті, оның ішінде Қазақстан Республикасынан тыс жердегі мүлік сатып алуға арналған шығыстарды жабу көздері туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мүліктің түрі;</w:t>
-[...35 lines deleted...]
-3) мүліктің құны (бағасы)</w:t>
+1) сатып алынатын (алынатын) мүліктің түрі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Мүлікті (оның ішінде ақшаны) сатып алу (алу) туралы мәліметтер:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2.1. мүлік сатып алынған елдің коды; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. сатып алынған мүліктің құны (бағасы);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) мүлікті сатып алуға арналған шығыстарды жабу көздері туралы мәліметтер:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.1. шығыстарды жабу көздері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3.2. мүлікті сатып алуға арналған шығыстарды жабу көздерінің сомасы. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) кірістер мен мүлік туралы декларацияны тапсырған адамның тегі, аты, әкесінің аты (ол болған жағдайда).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1405,123 +1564,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есепті салық кезеңі ішінде, оның ішінде Қазақстан Республикасынан тыс жерлерде иеліктен шығару және (немесе) өтеусіз берілген мүлік (туралы ақпарат</w:t>
+Есепті салық кезеңі ішінде мүлікті, оның ішінде Қазақстан Республикасынан тыс жердегі мүлікті иеліктен шығару туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мүліктің түрі;</w:t>
-[...35 lines deleted...]
-3) өткізу құны (бағасы)</w:t>
+1) иеліктен шығарылған (берілген) мүліктің түрі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) иеліктен шығарылған мүлік орналасқан елдің коды; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) мүлік сатылған теңгедегі құны (бағасы);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) кірістер мен мүлік туралы декларацияны тапсырған адамның тегі, аты, әкесінің аты (ол болған жағдайда).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1554,105 +1731,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасынан тыс орналасқан шетелдік банктердегі банктік шоттардағы ақша туралы ақпарат</w:t>
+Есепті салық кезеңінің 31 желтоқсанындағы жағдай бойынша Қазақстан Республикасының шегінен тыс жерлердегі шетелдік банктердегі банктік шоттарда жиынтығында мыңдық айлық есептік көрсеткіштен асатын сомадағы ақша туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Ақшаның валютамен көрсетілген сомасы;</w:t>
-[...17 lines deleted...]
-2) Банк мекемесінің атауы және банк мекемесі орналасқан ел</w:t>
+1)Қазақстан Республикасының шегінен тыс жерлердегі шетелдік банктердегі банктік шоттардағы ақша соммасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) валюта коды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ақшаның валютамен көрсетілген сомасы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ақша сақталатын банк мекемесінің атауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) банк мекемесін тіркеген елдің коды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) кірістер мен мүлік туралы декларацияны тапсырған адамның тегі, аты, әкесінің аты (ол болған жағдайда).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1685,206 +1934,315 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есептік салық кезеңінің 31 желтоқсанындағы жағдай бойынша жеке тұлғаның меншік құқығындағы мүлік туралы ақпарат:</w:t>
-[...71 lines deleted...]
-Қазақстан Республикасынан тыс жерде тіркелген заңды тұлғаның жарғылық капиталындағы қатысу үлесі</w:t>
+Есепті салықтық кезеңнің 31 желтоқсанына Қазақстан Республикасының шегінен тыс жерлерде мүлiк пен активтердің болуы туралы мәліметте</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) мүліктің түрі;</w:t>
-[...35 lines deleted...]
-3) саны</w:t>
+1) мүліктің түрі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1. шет мемлекеттің заңнамасына сәйкес шет мемлекеттің құзыретті органында мемлекеттік немесе өзге тіркеуге (есепке алуға) жататын не ол бойынша құқықтары және (немесе) мәмілелері мемлекеттік немесе өзге тіркеуге (есепке алуға) жататын мүлік;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2. эмитенттері Қазақстан Республикасының шегінен тыс жерлерде тіркелген бағалы қағаздарды, цифрлық активтер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.3. инвестициялық алтын;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.4. Қазақстан Республикасының шегінен тыс жерлерде тіркелген заңды тұлғаның жарғылық капиталына қатысу үлесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) мүлікті тіркеу елінің коды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) кірістер мен мүлік туралы декларацияны тапсырған адамның тегі, аты, әкесінің аты (болған жағдайда).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z11" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z12" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қазақстан Республикасының "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Заңның 11-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінде көрсетілген тұлғалар, осы тізбеде көрсетілген деректерді Қазақстан Республикасы Парламенті мен Жоғарғы Соты, мемлекеттік органдар мен ұйымдардың кадр (персоналды басқару) қызметтеріне ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z13" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жариялануға жататын деректер Қазақстан Республикасы Парламенті мен Жоғарғы Соты, мемлекеттік органдар мен ұйымдардың кадрлық (персоналды басқару) қызметтері арқылы олардың ресми интернет-ресурстарында есепті күнтізбелік жылдан кейінгі жылдың 31 желтоқсанынан кешіктірмей орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тізімде көзделген кірістер, мүлік және өзге де мәліметтер болмаған жағдайда, олар жариялауға жатпайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -1905,55 +2263,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>