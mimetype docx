--- v1 (2025-12-25)
+++ v2 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="71b0584" w14:textId="71b0584">
+    <w:p w14:paraId="083b405" w14:textId="083b405">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -711,166 +711,153 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2025 жылғы 7 ақпандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 26 бұйрыққа</w:t>
-[...12 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>№ 26 бұйрыққа қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жариялануға жататын мәліметтер тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тізбе жаңа редакцияда - ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 11.11.2025 </w:t>
+      Ескерту. Тізбе жаңа редакцияда - ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 27.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 185</w:t>
+        <w:t>№ 216</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қазақстан Республикасының "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Заңының 11-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бірінші бөлігінде көрсетілген тұлғаның және оның жұбайының (зайыбының) тегі, аты, әкесінің аты (ол болған жағдайда).</w:t>
+      1. Қазақстан Республикасының "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағының бірінші бөлігінде көрсетілген тұлғаның және оның жұбайының (зайыбының) тегі, аты, әкесінің аты (ол болған жағдайда).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Кірістер мен мүлік туралы декларация табыс етілген есептік салық кезеңі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -889,166 +876,130 @@
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>№  р/с</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> №  р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Жеке тұлғаның кірістер мен мүлік туралы декларацияда көрсетілген мәліметтері</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жеке тұлғаның кірістер мен мүлік туралы декларацияда көрсетілген мәліметтері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b w:val="false"/>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Жариялануға жататын мәліметтер</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жариялануға жататын мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1158,51 +1109,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+ 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1253,977 +1204,147 @@
               </w:rPr>
               <w:t>
 1) жалпы сома;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) кірістер мен мүлік туралы декларацияны тапсырған адамның тегі, аты, әкесінің аты (ол болған жағдайда).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...828 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z12" w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қазақстан Республикасының "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Заңның 11-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бірінші бөлігінде көрсетілген тұлғалар, осы тізбеде көрсетілген деректерді Қазақстан Республикасы Парламенті мен Жоғарғы Соты, мемлекеттік органдар мен ұйымдардың кадр (персоналды басқару) қызметтеріне ұсынады.</w:t>
+      1. Қазақстан Республикасының "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағының бірінші бөлігінде көрсетілген тұлғалар, осы тізбеде көрсетілген деректерді Қазақстан Республикасы Парламенті мен Жоғарғы Соты, мемлекеттік органдар мен ұйымдардың кадр (персоналды басқару) қызметтеріне ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z13" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жариялануға жататын деректер Қазақстан Республикасы Парламенті мен Жоғарғы Соты, мемлекеттік органдар мен ұйымдардың кадрлық (персоналды басқару) қызметтері арқылы олардың ресми интернет-ресурстарында есепті күнтізбелік жылдан кейінгі жылдың 31 желтоқсанынан кешіктірмей орналастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы тізімде көзделген кірістер, мүлік және өзге де мәліметтер болмаған жағдайда, олар жариялауға жатпайды.</w:t>
+      Осы тізімде көзделген кірістер болмаған жағдайда, аталған мәліметтерді жариялау жүзеге асырылмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -2263,55 +1384,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>