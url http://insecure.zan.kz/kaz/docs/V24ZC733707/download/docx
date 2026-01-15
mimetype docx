--- v0 (2025-11-29)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c4d3e7a" w14:textId="c4d3e7a">
+    <w:p w14:paraId="074b3e3" w14:textId="074b3e3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Бөрлі ауданында тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z3" w:id="0"/>
+        <w:t>Бөрлі ауданында тұрғын үй көмегін көрсетудің қағидалары мен мөлшерін айқындау туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Батыс Қазақстан облысы Бөрлі аудандық мәслихатының 2024 жылғы 1 наурыздағы № 11-3 шешімі. Батыс Қазақстан облысының Әділет департаментінде 2024 жылғы 4 наурызда № 7337-07 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шешімнің тақырыбы жаңа редакцияда - Батыс Қазақстан облысы Бөрлі аудандық мәслихатының 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -192,74 +230,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Бөрлі аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы шешімнің </w:t>
+      Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Бөрлі ауданында тұрғын үй көмегін көрсетудің мөлшері және тәртібі айқындалсын.</w:t>
+        <w:t xml:space="preserve"> сәйкес Бөрлі ауданында тұрғын үй көмегін көрсетудің қағидалары мен мөлшері айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Батыс Қазақстан облысы Бөрлі аудандық мәслихатының 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -563,554 +663,610 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 11-3 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бөрлі ауданында тұрғын үй көмегін көрсетудің мөлшері және тәртібі</w:t>
+        <w:t xml:space="preserve"> Бөрлі ауданында тұрғын үй көмегін көрсетудің қағидалары мен мөлшері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның тақырыбы жаңа редакцияда - Батыс Қазақстан облысы Бөрлі аудандық мәслихатының 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен жалғыз тұрғынжай ретінде Қазақстан Республикасының аумағында меншік құқығында тұрған тұрғынжайда тұрақты тіркелген және тұратын, аз қамтылған отбасыларға (азаматтарға) (бұдан әрі – көрсетілетін қызметті алушы), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
-[...15 lines deleted...]
-      мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
-[...15 lines deleted...]
-      Көрсетілетін қызметті алушының тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тұрғын үй көмегін тағайындау "Бөрлі ауданының жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен (бұдан әрі – көрсетілетін қызметті беруші) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Көрсетілетін қызметті алушының жиынтық табысын көрсетілетін қызметті беруші тұрғын үй көмегін тағайындауға өтініш білдірген тоқсанның алдындағы тоқсанға "Тұрғын үй көмегін беру қағидаларын бекіту туралы" Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі - Тұрғын үй көмегін беру қағидалары) айқындалған тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының жергілікті өкілді органдар белгілеген шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
-[...15 lines deleted...]
-      4. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен көрсетілетін қызметті алушылардың осы мақсаттарға жұмсайтын шығыстарының жергілікті өкілді органдар белгілеген шекті жол берілетін деңгейінің арасындағы айырма ретінде айқындалады.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының жиынтық табысына шекті жол берілетін шығыстар үлесі 5 (бес) пайыз мөлшерінде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Әлеуметтік тұрғыдан қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің көтерілуіне өтемақы төлеу "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Көрсетілетін қызметті алушы (немесе оның сенімхатқа, заңнамаға, сот шешiмiне не әкiмшiлiк актіге негiзделген өкiлеттігі күшімен өкілі) тұрғын үй көмегін тағайындау үшін тоқсанына бір рет Тұрғын үй көмегін беру қағидаларына сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі - Мемлекеттік корпорация) немесе "электрондық үкімет" веб-порталына жүгінеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
-[...15 lines deleted...]
-      6. Көрсетілетін қызметті алушы (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) тұрғын үй көмегін тағайындау үшін тоқсанына бір рет Тұрғын үй көмегін көрсету қағидаларына сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі - Мемлекеттік корпорация) немесе "Электрондық үкімет" веб-порталы арқылы жүгінуге құқылы.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорациядан не "электрондық үкімет" веб-порталы арқылы құжаттардың толық жиынтығын қабылдаған күннен бастап құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау не бас тарту туралы дәлелді жауаптың мерзімі 6 (алты) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6 тармақ жаңа редакцияда - Батыс Қазақстан облысы Бөрлі аудандық мәслихатының 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Тұрғын үй көмегі көрсетілген қызметті алушыларға кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі. рғын үй көмегінің мөлшерін көрсетілетін қызметті беруші Тұрғын үй көмегін көрсету қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7 тармақ жаңа редакцияда - Батыс Қазақстан облысы Бөрлі аудандық мәслихатының 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Тұрғын үй көмегін тағайындау көрсетілетін қызметті алушыға тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Отбасы тұрғын үй көмегін заңсыз тағайындауға алып келген көрінеу жалған ақпарат және (немесе) дәйексіз құжаттар берген кезде өтініш беруші мен оның отбасына тұрғын үй көмегін төлеу оның тағайындалған бүкіл кезеңі үшін тоқтатылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Көрсетілетін қызметті алушыға тұрғын үй көмегін төлеуді көрсетілетін қызметті беруші есептелген сомаларды әр ай сайын 10-на дейін тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1202,184 +1358,184 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 1 наурыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 11-3 шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Бөрлі аудандық мәслихатының 2020 жылғы 22 желтоқсандағы №57-3 "Бөрлі ауданында тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №6576 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Бөрлі аудандық мәслихатының 2020 жылғы 22 желтоқсандағы №57-3 "Бөрлі ауданында аз қамтамасыз етілген отбасыларға (азаматтарға) тұрғын үй көмегін көрсетудің мөлшерін және тәртібін айқындау қағидаларын бекіту туралы" шешіміне өзгерістер енгізу туралы" 2023 жылғы 2 маусымдағы №4-2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №7199-07 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>