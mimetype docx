--- v0 (2025-10-11)
+++ v1 (2026-01-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ab48151" w14:textId="ab48151">
+    <w:p w14:paraId="5801875" w14:textId="5801875">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,104 +85,213 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Әлеуметтік көмек көрсетудің, мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Шығыс Қазақстан облысы Риддер қалалық мәслихатының 2024 жылғы 10 қаңтардағы № 11/16-VIII шешімі. Шығыс Қазақстан облысының Әділет департаментінде 2024 жылғы 22 қаңтарда № 8952-16 болып тіркелді. Күші жойылды - Шығыс Қазақстан облысы Риддер қалалық мәслихатының 2025 жылғы 28 қарашадағы № 32/5-VIII шешімімен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Шығыс Қазақстан облысы Риддер қалалық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/5-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-3 тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, қаулысына сәйкес, Риддер қалалық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы шешімге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -195,111 +306,126 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Әлеуметтік көмек көрсетудің, мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Риддер қалалық мәслихатының кейбір шешімдерінің күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -738,427 +864,433 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 11/16-VIII Мәслихат </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkStart w:name="z12" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуметтік көмек көрсетудің, мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z13" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың Қағидалары (бұдан әрі - Қағидалар) Қазақстан Республикасы Үкіметінің 2023 жылғы 30 маусымдағы № 523 "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың үлгілік қағидаларын бекіту туралы" (бұдан әрі - Үлгілік қағидалар) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z15" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда пайдаланылатын негізгі терминдер мен ұғымдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнайы комиссия - мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек көрсетуге үміткер адамның (отбасының) өтінішін қарау бойынша Шығыс Қазақстан облысы Риддер қаласы әкімінің шешімімен құрылатын комиссия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мереке күндері - Қазақстан Республикасының ұлттық және мемлекеттік мереке күндері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлеуметтік көмек - Риддер қаласының жергілікті атқарушы органымен мұқтаж азаматтардың жекелеген санаттарына (бұдан әрі - алушылар), сондай-ақ мереке күндері мен атаулы күндерге ақшалай немесе заттай нысанда көрсететін көмек;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z20" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әлеуметтік көмек көрсету жөніндегі уәкілетті орган – жергілікті бюджет есебінен қаржыландырылатын, әлеуметтік көмекті көрсетуді жүзеге асыратын "Риддер қаласының жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z21" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ең төмен күнкөріс деңгейі – Шығыс Қазақстан облысының статистика органдары есептейтін ең төменгі тұтыну себетінің құнына тең бір адамға шаққандағы ең төмен ақшалай кіріс;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
-[...15 lines deleted...]
-      2. Осы Қағидаларда пайдаланылатын негізгі терминдер мен ұғымдар:</w:t>
+    <w:bookmarkStart w:name="z22" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жан басына шаққандағы орташа кіріс – отбасының бір айдағы жиынтық кірісінің отбасының әрбір мүшесіне тура келетін үлесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
-[...35 lines deleted...]
-        <w:t>" мемлекеттік корпорациясы (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мерекелік күндер (бұдан әрі – атаулы күндер) – Қазақстан Республикасының кәсіптік және өзге де мерекелері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> - мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек көрсетуге үміткер адамның (отбасының) өтінішін қарау бойынша Шығыс Қазақстан облысы Риддер қаласы әкімінің шешімімен құрылатын комиссия;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) учаскелік комиссия – әлеуметтік көмек алуға өтініш жасаған тұлғалардың (отбасылардың) материалдық жағдайына зерттеп-қарау жүргізу үшін Риддер қаласы әкімінің шешімімен құрылатын арнаулы комиссия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) шекті шама – әлеуметтік көмектің бекітілген ең жоғары мөлшері.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
-[...199 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасы Әлеуметтік кодексінің 71-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1293,1907 +1425,1946 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасында, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген әлеуметтік қолдау шаралары осы Қағидаларда көзделген тәртіппен көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z27" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Әлеуметтік көмек бір рет және (немесе) мезгіл-мезгіл (ай сайын, жылына 1 рет) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z28" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы Қағидалар Риддер қаласының аумағында тұрақты тұрғылықты жері бойынша тіркелген тұлғаларға қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Учаскелік және арнайы комиссиялар өз қызметін Шығыс Қазақстан облысы әкімдігі бекітетін ережелердің негізінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Әлеуметтік көмек алушылардың санаттарының тізбесін айқындау және әлеуметтік көмектің мөлшерлерін белгілеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z31" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мереке күндері мен атаулы күндерге орай әлеуметтік көмек мезгіл-мезгіл (жылына 1 рет) ақшалай төлемдер түрінде азаматтардың мынадай санаттарына көрсетіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z32" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) 15 ақпан – Ауғанстан Демократиялық Республикасынан Кеңес әскерлерінің шектеулі контингентінің шығарылған күні:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z33" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрынғы КСР Одағы үкiметтік органдарының шешiмдерiне сәйкес басқа мемлекеттер аумағындағы ұрыс қимылдарына қатысқан Кеңес Армиясының, Әскери-Теңiз флотының, Мемлекеттiк қауiпсiздiк комитетiнiң әскери қызметшiлерiне, бұрынғы Кеңестік Социалистік Республикалар Одағын (бұдан әрі – КСР Одағы) Iшкi iстер министрлiгiнiң басшы және қатардағы құрамының адамдарына (әскери мамандар мен кеңесшiлердi қоса алғанда) – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z34" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқу жиындарына шақырылған және Ауғанстанға ұрыс қимылдары жүрiп жатқан кезеңде жiберiлген әскери мiндеттiлерге – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z35" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауғанстанға ұрыс қимылдары жүрiп жатқан кезеңде осы елге жүк жеткiзу үшiн жiберiлген автомобиль батальондарының әскери қызметшiлерiне – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z36" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрынғы КСР Одағының аумағынан Ауғанстанға жауынгерлiк тапсырмалармен ұшқан ұшу құрамының әскери қызметшiлеріне – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      4. Әлеуметтік көмек бір рет және (немесе) мезгіл-мезгіл (ай сайын, жылына 1 рет) көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z37" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауғанстандағы кеңестік әскери контингентке қызмет көрсеткен, жарақат, контузия алған немесе мертіккен не ұрыс қимылдарын қамтамасыз етуге қатысқаны үшін бұрынғы КСР Одағының ордендерiмен және медальдарымен наградталған жұмысшылар мен қызметшiлерге – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...15 lines deleted...]
-      5. Осы Қағидалар Риддер қаласының аумағында тұрақты тұрғылықты жері бойынша тіркелген тұлғаларға қолданылады.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрынғы КСР Одағын қорғау, әскери қызметтің өзге де міндеттерін басқа кезеңдерде атқару кезінде жаралануы, контузия алуы, мертігуі салдарынан немесе майданда болуына байланысты, сондай-ақ Ауғанстанда немесе ұрыс қимылдары жүргізілген басқа да мемлекеттерде әскери қызметін өткеру кезінде ауруға шалдығуы салдарынан мүгедектік белгіленген әскери қызметшілерге – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> өз қызметін Шығыс Қазақстан облысы әкімдігі бекітетін ережелердің негізінде жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауғанстандағы немесе ұрыс қимылдары жүргiзiлген басқа да мемлекеттердегi ұрыс қимылдары кезiнде жаралануы, контузия алуы, мертігуі, ауруға шалдығуы салдарынан қаза тапқан (хабар-ошарсыз кеткен) немесе қайтыс болған әскери қызметшiлердiң отбасыларына – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkStart w:name="z40" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 8 наурыз – Халықаралық әйелдер күні:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z41" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Алтын алқа", "Күміс алқа" алқаларымен марапатталған немесе бұрын "Батыр ана" атағын алған, I және II дәрежелі "Ана даңқы" ордендерімен марапатталған көп балалы аналарға – 15 000 теңге (он бес мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z42" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      төрт және одан да көп бірге тұратын кәмелетке толмаған балалары, оның ішінде білім беру ұйымдарында күндізгі бөлімде оқитын (бірақ жиырма үш жасқа толғанға дейін) балалары бар көп балалы отбасыларға – 15 000 (он бес мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z43" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) 1 мамыр – Қазақстан халқының бірлігі мерекесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z44" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1, 2 топтағы көру қабілеті бойынша мүгедектігі бар адамдарға – 30 000 (отыз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z45" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) 7 мамыр – Отан қорғаушы күні:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z46" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1992 жылғы қыркүйек – 2001 жылғы ақпан аралығындағы кезеңде Тәжікстан-Ауғанстан учаскесінде Тәуелсіз Мемлекеттер Достастығының шекарасын күзетуді күшейту жөніндегі мемлекетаралық шарттар мен келісімдерге сәйкес міндеттерді орындаған Қазақстан Республикасының әскери қызметшілеріне – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z47" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2003 жылғы тамыз – 2008 жылғы қазан аралығындағы кезеңде Ирактағы халықаралық бітімгершілік операцияға бітімгерлер ретінде қатысқан Қазақстан Республикасының әскери қызметшілеріне – 100000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z48" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1986-1991 жылдар аралығындағы кезеңде Таулы Қарабақтағы этносаралық қақтығысты реттеуге қатысқан әскери қызметшілерге, сондай-ақ бұрынғы КСР Одағының ішкі істер және мемлекеттік қауіпсіздік органдарының басшы және қатардағы құрамының адамдарына – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z49" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1986-1987 жылдары Чернобыль атом электр станциясындағы апаттың, азаматтық немесе әскери мақсаттағы объектiлердегi басқа да радиациялық апаттар мен авариялардың салдарларын жоюға қатысқан, сондай-ақ ядролық сынақтарға тiкелей қатысқан адамдарға – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z50" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1988-1989 жылдары Чернобыль атом электр станциясындағы апаттың салдарларын жоюға қатысушылар қатарындағы, қоныс аудару күні құрсақта болған балаларды қоса алғанда, оқшаулау және көшіру аймақтарынан Қазақстан Республикасына қоныс аударылған (өз еркімен кеткен) адамдарға – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z51" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы нысандардағы басқа да радиациялық апаттар мен авариялардың, ядролық сынақтардың салдарынан мүгедек болған адамдарға және мүгедектігі ата-анасының бірінің радиациялық сәуле алуымен генетикалық байланысты олардың балаларына – 70 000 (жетпіс мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z52" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бейбіт уақытта әскери қызметін өткеру кезінде қаза тапқан (қайтыс болған) әскери қызметшілердің отбасыларына – 13 000 (он үш мың) теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z53" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) 9 мамыр – Жеңіс күні:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z54" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысына қатысушыларға, атап айтқанда, Ұлы Отан соғысы кезеңінде, сондай-ақ бұрынғы КСР Одағын қорғау бойынша басқа да ұрыс операциялары кезiнде майдандағы армия мен флоттың құрамына кiрген әскери бөлiмдерде, штабтар мен мекемелерде қызмет өткерген әскери қызметшiлерге, Ұлы Отан соғысының партизандары мен астыртын әрекет етушілеріне - 1 500 000 (бір миллион бес жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z55" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан болған мүгедектігі бар адамдарға, атап айтқанда, Ұлы Отан соғысы кезеңінде майданда, ұрыс қимылдары ауданында, майдан маңындағы теміржол учаскелерінде, қорғаныс шептерінің, әскери-теңіз базалары мен әуеайлақтардың құрылысжайларында жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан мүгедектік белгіленген майдандағы армия мен флоттың әскери қызметшілеріне, Ұлы Отан соғысының партизандары мен астыртын әрекет етушілеріне, сондай-ақ жұмысшылар мен қызметшілеріне – 1 500 000 (бір миллион бес жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z56" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      майдандағы армия бөлiмдерiнің әскери қызметшілеріне қалалардың қорғанысына қатысқаны үшін белгiленген жеңiлдiкті шарттармен зейнетақы тағайындау үшiн 1998 жылғы 1 қаңтарға дейiн еңбек сіңірген жылдарына есептеліп жазылған, сол қалаларда Ұлы Отан соғысы кезеңінде қызмет өткерген әскери қызметшiлеріне, сондай-ақ бұрынғы КСР Одағы iшкi iстер және мемлекеттiк қауiпсiздiк органдарының басшы және қатардағы құрамының адамдарына – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z57" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысы кезеңінде майдандағы армия құрамына кiрген әскери бөлiмдерде, штабтарда, мекемелерде штаттық лауазымдар атқарған не сол кезеңдерде майдандағы армия бөлiмдерiнің әскери қызметшілеріне қалалардың қорғанысына қатысқаны үшін белгiленген жеңiлдiкті шарттармен зейнетақы тағайындау үшiн 1998 жылғы 1 қаңтарға дейiн еңбек сіңірген жылдарына есептеліп жазылған, сол қалаларда болған Кеңес Армиясының, Әскери-Теңiз Флотының, бұрынғы КСР Одағының iшкi iстер және мемлекеттiк қауiпсiздiк әскерлерi мен органдарының еріктi жалдамалы құрамының адамдарына – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z58" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысы кезеңінде майдандағы армия мен флоттың құрамына кiрген бөлiмдердiң, штабтар мен мекемелердiң құрамында полк балалары (тәрбиеленушiлерi) және юнгалар ретiнде болған адамдарға – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z59" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екiншi дүниежүзiлiк соғыс жылдарында шет елдердiң аумағында партизан отрядтары, астыртын топтар және басқа да фашизмге қарсы құралымдар құрамында фашистiк Германия мен оның одақтастарына қарсы ұрыс қимылдарына қатысқан адамдарға – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z60" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұрынғы КСР Одағы Қатынас жолдары халық комиссариатының, Байланыс халық комиссариатының, кәсiпшiлiк және көлiк кемелерiнiң жүзу құрамы мен авиацияның ұшу-көтерілу құрамының, Балық өнеркәсiбi халық комиссариатының, теңiз және өзен флотының, Солтүстiк теңiз жолы бас басқармасының ұшу-көтерілу құрамының арнаулы құралымдарының Ұлы Отан соғысы кезеңінде әскери қызметшiлер жағдайына көшiрiлген және ұрыс майдандарының тылдағы шекаралары, флоттардың жедел аймақтары шегiнде майдандағы армия мен флот мүдделерi үшін мiндеттер атқарған қызметкерлерiне, сондай-ақ Ұлы Отан соғысының бас кезiнде басқа мемлекеттердiң порттарында еріксіз ұсталған көлiк флоты кемелерi экипаждарының мүшелерiне – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z61" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ленинград қаласындағы қоршау кезеңінде қаланың кәсiпорындарында, мекемелерi мен ұйымдарында жұмыс iстеген және "Ленинградты қорғағаны үшiн" медалiмен немесе "Қоршаудағы Ленинград тұрғыны" белгiсiмен наградталған азаматтарға – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z62" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Екiншi дүниежүзiлiк соғыс кезеңiнде фашистер мен олардың одақтастары құрған концлагерьлердегі, геттолардағы және басқа да мәжбүрлеп ұстау орындарындағы кәмелетке толмаған тұтқындарға – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан қайтыс болған мүгедектігі бар адамның немесе жеңілдіктер бойынша Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан болған мүгедектігі бар адамдарға теңестірілген қайтыс болған адамның екінші рет некеге тұрмаған зайыбына (жұбайына), сондай-ақ жалпы ауруға шалдығуы, жұмыста мертігуі және басқа да себептер (құқыққа қарсы келетіндерді қоспағанда) салдарынан болған мүгедектігі бар адам деп танылған, қайтыс болған Ұлы Отан соғысының қатысушысының, партизанның, астыртын әрекет етушінің, "Ленинградты қорғағаны үшін" медалімен немесе "Қоршаудағы Ленинград тұрғыны" белгісімен наградталған азаматтың екінші рет некеге тұрмаған зайыбына (жұбайына) – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z64" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұлы Отан соғысы жылдарында тылдағы қажырлы еңбегі мен мінсіз әскери қызметі үшін бұрынғы КСР Одағының ордендерімен және медальдарымен наградталған адамдарға – 100 000 (жүз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z65" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1941 жылғы 22 маусым - 1945 жылғы 9 мамыр аралығында кемінде алты ай жұмыс істеген (қызмет өткерген) және Ұлы Отан соғысы жылдарында тылдағы қажырлы еңбегі және мінсіз әскери қызметі үшін бұрынғы КСР Одағының ордендерімен және медальдарымен наградталмаған адамдарға – 50 000 (елу мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z66" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) 31 мамыр - Саяси қуғын-сүргін және ашаршылық құрбандарын еске алу күні:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...727 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сот тәртібінде немесе Қазақстан Республикасының "Жаппай саяси қуғын-сүргіндер құрбандарын ақтау туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген басқа тәртіпте саяси қуғын-сүргiндердің құрбандары немесе саяси қуғын-сүргiндерден зардап шеккендер деп танылған азаматтарға – 13 000 (он үш мың) теңге мөлшерінде;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z68" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) 30 тамыз - Қазақстан Республикасының Конституциясы күні:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18 жасқа дейінгі мүгедектігі бар балаларға (мүгедектігі бар балалардың ата-анасының біріне немесе өзге де заңды өкілдеріне) – 30 000 (отыз мың) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жетім балаға (жетім балаларға, 18 жасқа дейінгі ата-анасының (ата-анасының) қамқорлығынсыз қалған балаға (балаларға) 18 жасқа дейінгі ата-аналарының (ата-анасының) қамқорлығынсыз қалған жетім баланың (жетім балалардың, баланың (балалардың) заңды өкіліне) – 30 000 (отыз мың) мөлшерінде) теңге мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) 16 желтоқсан - Тәуелсіздік күні:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстандағы 1986 жылғы 17-18 желтоқсан оқиғаларына қатысқаны үшін осы оқиғаларда қасақана кісі өлтіргені және милиция қызметкерінің, халық жасақшысының өміріне қастандық жасағаны үшін сотталған, өздеріне қатысты қылмыстық істерді қайта қараудың қолданыстағы тәртібі сақталатын адамдарды қоспағанда, қуғын-сүргіндерге ұшыраған тұлғалрға, – 200 000 (екі жүз мың) теңге мөлшерінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Азаматтарды мұқтаждар санатына жатқызу үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дүлей апаттың немесе өрттің салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әлеуметтік маңызы бар аурулардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ең төменгі күнкөріс деңгейіне еселік қатынаста белгіленген шектен аспайтын жан басына шаққандағы орташа табыстың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жетімдік, ата-ана қамқорлығының болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жасының егде тартуына байланысты өзіне-өзі күтім жасай алмауы;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
-[...15 lines deleted...]
-      7) 30 тамыз - Қазақстан Республикасының Конституциясы күні:</w:t>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бас бостандығынан айыру орындарынан босатылуы, пробация қызметінің есебінде болуы негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
-[...15 lines deleted...]
-      18 жасқа дейінгі мүгедектігі бар балаларға (мүгедектігі бар балалардың ата-анасының біріне немесе өзге де заңды өкілдеріне) – 30 000 (отыз мың) теңге мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Ақшалай нысандағы бір реттік әлеуметтік көмек алушылардың келесі санаттарына:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
-[...15 lines deleted...]
-      жетім балаға (жетім балаларға, 18 жасқа дейінгі ата-анасының (ата-анасының) қамқорлығынсыз қалған балаға (балаларға) 18 жасқа дейінгі ата-аналарының (ата-анасының) қамқорлығынсыз қалған жетім баланың (жетім балалардың, баланың (балалардың) заңды өкіліне) – 30 000 (отыз мың) мөлшерінде) теңге мөлшерінде;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) белгіленген шектен аспайтын жан басына шаққандағы орташа кірісі бар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
-[...15 lines deleted...]
-      8) 16 желтоқсан - Тәуелсіздік күні:</w:t>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әлеуметтік маңызы бар аурулары бар азаматтарға (отбасыларға);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
-[...15 lines deleted...]
-      Қазақстандағы 1986 жылғы 17-18 желтоқсан оқиғаларына қатысқаны үшін осы оқиғаларда қасақана кісі өлтіргені және милиция қызметкерінің, халық жасақшысының өміріне қастандық жасағаны үшін сотталған, өздеріне қатысты қылмыстық істерді қайта қараудың қолданыстағы тәртібі сақталатын адамдарды қоспағанда, қуғын-сүргіндерге ұшыраған тұлғалрға, – 200 000 (екі жүз мың) теңге мөлшерінде.</w:t>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жетімдерге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
-[...15 lines deleted...]
-      8. Азаматтарды мұқтаждар санатына жатқызу үшін:</w:t>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ата-ананың қамқорлығынсыз қалғандарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
-[...15 lines deleted...]
-      1) дүлей апаттың немесе өрттің салдарынан азаматқа (отбасына) не оның мүлкіне зиян келуі;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жасының егде тартуына байланысты өзіне-өзі күтім жасай алмайтын азаматтарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
-[...15 lines deleted...]
-      2) әлеуметтік маңызы бар аурулардың болуы;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бас бостандығынан айыру орындарынан босатылған азаматтарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
-[...15 lines deleted...]
-      3) ең төменгі күнкөріс деңгейіне еселік қатынаста белгіленген шектен аспайтын жан басына шаққандағы орташа табыстың болуы;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пробация қызметінің есебінде тұрған азаматтарға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
-[...15 lines deleted...]
-      4) жетімдік, ата-ана қамқорлығының болмауы;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жан басына шаққандағы орташа кірісі есепке алынбай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
-[...15 lines deleted...]
-      5) жасының егде тартуына байланысты өзіне-өзі күтім жасай алмауы;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дүлей апаттың немесе өрттің салдарынан азаматқа (отбасына) не оның мүлкіне зиян келген жағдайда көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
-[...15 lines deleted...]
-      6) бас бостандығынан айыру орындарынан босатылуы, пробация қызметінің есебінде болуы негіз болып табылады.</w:t>
+    <w:bookmarkStart w:name="z90" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Ақшалай нысандағы әлеуметтік көмек мезгіл-мезгіл (ай сайын) жан басына шаққандағы орташа кірісі есепке алынбай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
-[...15 lines deleted...]
-      9. Ақшалай нысандағы бір реттік әлеуметтік көмек алушылардың келесі санаттарына:</w:t>
+    <w:bookmarkStart w:name="z91" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      адамның вирустық иммунитет тапшылығын (АИТВ) жұқтырған және диспансерлік есепте тұрған балалардың ата-аналарына немесе заңды өкілдеріне тиісті қаржы жылына арналған республикалық бюджет туралы Қазақстан Республикасының Заңында белгіленген ең төмен күнкөріс деңгейінің екі еселік мөлшерінде;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
-[...15 lines deleted...]
-      1) белгіленген шектен аспайтын жан басына шаққандағы орташа кірісі бар:</w:t>
+    <w:bookmarkStart w:name="z92" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыс Қазақстан облысы Денсаулық сақтау басқармасының "Риддер қалалық ауруханасы" шаруашылық жүргізу құқығындағы коммуналдық мемлекеттік кәсіпорны ұсынған тізбе бойынша амбулаториялық емдеудегі туберкулез ауыруымен ауыратын азаматтарға 34 500 (отыз төрт мың бес жүз) теңге мөлшерінде көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
-[...15 lines deleted...]
-      әлеуметтік маңызы бар аурулары бар азаматтарға (отбасыларға);</w:t>
+    <w:bookmarkStart w:name="z93" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Азаматтың (отбасының) жан басына шаққандағы орташа кірісінің шегі ең төменгі күнкөріс деңгейінің екі еселік мөлшерінде белгіленсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
-[...15 lines deleted...]
-      жетімдерге;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әрбір жекелеген жағдайда көрсетілетін әлеуметтік көмек мөлшерін арнайы комиссия айқындайды және оны әлеуметтік көмек көрсету қажеттілігі туралы қорытындыда көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмектің шекті шамасы 100 (жүз) айлық есептік көрсеткішті құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасында көрсетілген негіздер бойынша әлеуметтік көмекке жүгіну мерзімдері оқиғалар басталған күннен бастап үш ай ішінде жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Әлеуметтік көмек көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z98" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Мереке күндері мен атаулы күндерге орай әлеуметтік көмек Мемлекеттік корпорация не өзге де ұйымдар ұсынған, Риддер қаласы әкімдігі бекіткен тізімдер бойынша оны алушылардан өтініштер талап етілмей көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z99" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әлеуметтік көмек көрсетуге жұмсалатын шығыстарды қаржыландыру жергілікті бюджетте көзделген ағымдағы қаржы жылына арналған қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z100" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Әлеуметтік көмек ақшалай нысанда екінші деңгейдегі банктер немесе банк операцияларының тиісті түрлеріне лицензиясы бар ұйымдар арқылы алушылардың шоттарына аудару жолымен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Әлеуметтік көмек көрсету тәртібі Үлгілік қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тарауымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Әлеуметтік көмек көрсетуден бас тарту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z103" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш беруші ұсынған мәліметтердің дәйексіздігі анықталған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z104" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тұлғаның (отбасының) материалдық жағдайына тексеру жүргізуден өтініш беруші бас тартқан, жалтарған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z105" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тұлғаның (отбасының) жан басына шаққандағы орташа табысы әлеуметтік көмек көрсету үшін жергілікті өкілді орган белгілеген шектен артық болған жағдайларда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z106" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әлеуметтік көмек:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z107" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алушы қайтыс болған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z108" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) алушы Риддер қаласының шегінен тыс тұрақты тұруға кеткен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z109" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) алушы мемлекеттік медициналық-әлеуметтік мекемелерге тұруға жіберген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z110" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өтініш беруші ұсынған мәліметтердің дәйексіздігі анықталған жағдайларда тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z111" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік көмекті төлеу көрсетілген мән-жайлар туындаған айдан бастап тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z112" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әлеуметтік көмектің артық төленген сомалары ерікті түрде қайтарылады, заңсыз алынған сомалары ерікті түрде немесе сот тәртібімен қайтарылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z113" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әлеуметтік көмек көрсетуді мониторингтеу мен есепке алуды әлеуметтік көмек көрсету жөніндегі уәкілетті орган "Е-собес" автоматтандырылған ақпараттық жүйесінің дерекқорын пайдалана отырып жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3259,242 +3430,317 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 11/16-VIII Мәслихат </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Риддер қалалық мәслихатының күші жойылған кейбір  шешімдерінің тізбесі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z116" w:id="107"/>
+        <w:t xml:space="preserve"> Риддер қалалық мәслихатының күші жойылған кейбір шешімдерінің тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Риддер қалалық мәслихатының 2022 жылғы 19 мамырдағы №15/2-VII "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидаларын бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №28386 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z117" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Риддер қалалық мәслихатының 2022 жылғы 6 қазандағы № 20/6-VII "Риддер қалалық мәслихатының 2022 жылғы 19 мамырдағы №15/2-VII "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидаларын бекіту туралы" шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №30213 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z118" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Риддер қалалық мәслихатының 2023 жылғы 6 маусымдағы № 3/3-VIІI "Риддер қалалық мәслихатының 2022 жылғы 19 мамырдағы №15/2-VII "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидаларын бекіту туралы" шешіміне өзгерістер мен толықтыру енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде №8871-16 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3816,35 +4062,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>