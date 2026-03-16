--- v0 (2025-10-06)
+++ v1 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="209ec19" w14:textId="209ec19">
+    <w:p w14:paraId="b88f113" w14:textId="b88f113">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Үржар ауданында тұрғын үй көмегін көрсету мөлшері мен тәртібін айқындау туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Үржар ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Абай облысы Үржар аудандық мәслихатының 2024 жылғы 10 сәуірдегі № 14-251/VIII шешімі. Абай облысының Әділет департаментінде 2024 жылғы 19 сәуірде № 264-18 болып тіркелді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шешімнің атауы жаңа редакцияда - Абай облысы Үржар аудандық мәслихатының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -212,74 +250,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) сәйкес, Үржар аудандық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Үржар ауданында тұрғын үй көмегін көрсету мөлшері мен тәртібі осы шешімнің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес айқындалсын. </w:t>
+      1. Үржар ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары осы шешімнің қосымшасына сәйкес бекітілсін. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Үржар аудандық мәслихатының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -593,89 +673,127 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Үржар ауданында тұрғын үй көмегін көрсету мөлшері мен тәртібі</w:t>
+        <w:t xml:space="preserve"> Үржар ауданында тұрғын үй көмегін көрсетудің мөлшері мен Қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның атауы жаңа редакцияда - Абай облысы Үржар аудандық мәслихатының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы тұрғын үй көмегін көрсетудің мөлшері мен тәртібінде мынадай негізгі ұғымдар пайдаланылады: </w:t>
+      1. Осы Қағидаларда мынадай ұғымдар пайдаланылады: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі - Мемлекеттік корпорация) - Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және олардың нәтижелерін көрсетілетін қызметті алушыға беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
+      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы (бұдан әрі - Мемлекеттік корпорация) - Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аз қамтылған отбасылар (азаматтар) - Қазақстан Республикасының тұрғын үй заңнамасына сәйкес тұрғын үй көмегін алуға құқығы бар адамдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -706,140 +824,264 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) шекті жол берілетін шығыстар - аз қамтылған отбасының (азаматтың) бір айда кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге, коммуналдық қызметтер мен телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдалануға жұмсаған шығыстарының шекті жол берілетін деңгейінің аз қамтылған отбасының (азаматтың) жиынтық кірісіне проценттік қатынасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) "электрондық үкіметтің" веб-порталы - нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Абай облысы Үржар аудандық мәслихатының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Үржар ауданының аумағында тұрақты тіркелген және тұратын, Қазақстан Республикасының аумағындағы жалғыз тұрғынжай ретінде меншік құқығында тұрған аз қамтылған отбасыларға (азаматтарға), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
+      2. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Үржар ауданының аумағында тұрақты тіркелген және тұратын, Қазақстан Республикасының аумағындағы жалғыз тұрғынжай ретінде меншік құқығында тұрған аз қамтылған отбасыларға (азаматтарға) (бұдан әрі - көрсетілетін қызметті алушылар), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
-[...35 lines deleted...]
-      мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
+      ағымдағы және жинақтаушы жарналарды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммуналдық көрсетілетін қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының ұлғаюы бөлігінде көрсетілетін байланыс қызметтерін тұтынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тұрғын үй қорынан тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалға алған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге тұрғын үй көмегін көрсету жөнінде шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті аз қамтылған отбасылардың (азаматтардың) тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - Абай облысы Үржар аудандық мәслихатының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Тұрғын үй көмегін тағайындау "Абай облысы Үржар аудандық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен (бұдан әрі - уәкілетті орган) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
@@ -874,70 +1116,348 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі - Қағида) айқындалған тәртіппен есептейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын,, коммуналдық қызметтер мен телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдалануға арналған шығыстарды төлеу сомасы арасындағы айырма ретінде және аз қамтылған отбасыларға (азаматтарға) осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейі 10 (оң) пайыз мөлшерінде айқындалады.</w:t>
+      5. Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен аз қамтылған отбасыларға (азаматтарға) осы мақсаттарға жұмсайтын шығыстарының шекті жол берілетін деңгейі 10 (оң) пайыз мөлшерінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тұрғын үй көмегін тағайындау кезінде пайдалы алаңы бір адамға 15 (он бес) шаршы метрден кем емес және 18 (он сегіз) шаршы метрден артық емес мөлшерде, бірақ бір бөлмелі пәтерден немесе жатақханадағы бөлмеден кем емес аудан нормасы қабылданады.</w:t>
+      Тұрғын үй көмегінің мөлшерін көрсетілетін қызметті беруші мынадай нормалар шегінде есептейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұтынушылар үшін газбен жабдықтау жөніндегі коммуналдық қызметті тұтыну нормалары бір адамға он бес текше метрден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) табиғи монополиялар саласындағы қызметті реттейтін өңірлік уәкілетті орган белгілеген нормаларға сәйкес тұтынушы үшін электрмен жабдықтау қызметін тұтыну нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тұтынушы үшін сумен жабдықтау және (немесе) су бұру қызметтерінің нормалары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір адамға төрт текше метрден аспайтын суық су;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір адамға екі текше метрден аспайтын ыстық су;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тұтынушыларға арналған жылумен жабдықтау қызметін тұтыну нормалары бір адамға айына нөл бүтін жиырма бес мың гигакалориядан аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қатты тұрмыстық қалдықтарды жинау және әкету (қоқыс шығару) бір адамға алты жүз елу теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) лифттерге қызмет көрсету бір пәтерге мың үш жүз теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) телекоммуникация желісіне қосылған телефон үшін абоненттік төлемді ұлғайту бөлігінде байланыс қызметтері бір абонент үшін мың үш жүз тоқсан тоғыз теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге бір шаршы метр үшін алпыс теңгеден аспайтын шығыстар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мемлекеттік тұрғын үй қорынан тұрғын үйді пайдаланғаны үшін жалдау ақысы бір шаршы метр үшін жүз жиырма теңгеден аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) бір адамға арналған шаршы нормасы бір адамға он сегіз шаршы метр пайдалы алаң, бірақ жалғыз тұратын адам үшін нақты алынатын алаң отыз шаршы метрден аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - Абай облысы Үржар аудандық мәслихатының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Телекоммуникация қызметтерін көрсеткені үшін абоненттік төлем тарифтерінің көтерілуіне өтемақы төлеу Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -952,70 +1472,132 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Аз қамтылған отбасы (азамат) (не нотариат куәландырған сенімхат бойынша оның өкілі) тұрғын үй көмегін тағайындау үшін Тұрғын үй көмегін беру қағидаларына сәйкес "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" немесе "электрондық үкімет" веб-порталына (бұдан әрі – Мемлекеттік корпорация) жүгінеді.</w:t>
+      7. Аз қамтылған отбасы (азамат) (немесе оның сенiмхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) тұрғын үй көмегін тағайындау үшін Мемлекеттік корпорацияға немесе "электрондық үкімет" веб-порталына тоқсанына бір рет жүгінуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау немесе көрсетуден бас тарту туралы дәлелді жауап беру мерзімі Мемлекеттік корпорациядан немесе "электрондық үкімет" веб-порталынан құжаттардың толық топтамасын алған күннен бастап 8 (сегіз) жұмыс күнін құрайды.</w:t>
+      Мемлекеттік корпорациядан құжаттардың толық жиынтығын қабылдаған күннен бастап құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау не бас тарту туралы дәлелді жауап не "электрондық үкімет" веб-порталы арқылы беру мерзімі 6 (алты) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - Абай облысы Үржар аудандық мәслихатының 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тұрғын үй көмегі көрсетілген аз қамтылған отбасыларға (азаматтарға) кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
@@ -1381,55 +1963,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>