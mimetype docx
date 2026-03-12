--- v0 (2025-10-12)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="60aa194" w14:textId="60aa194">
+    <w:p w14:paraId="84629ec" w14:textId="84629ec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Әйтеке би ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібін айқындау туралы</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z2" w:id="0"/>
+        <w:t>Әйтеке би ауданында тұрғын үй көмегін көрсетудің мөлшері мен қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ақтөбе облысы Әйтеке би аудандық мәслихатының 2024 жылғы 27 наурыздағы № 181 шешімі. Ақтөбе облысының Әділет департаментінде 2024 жылғы 2 сәуірдегі № 8553-04 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шешімнің тақырыбы жаңа редакцияда - Ақтөбе облысы Әйтеке би аудандық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -192,74 +230,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Әйтеке би аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы шешімнің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Әйтеке би ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі айқындалсын.</w:t>
+      1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Әйтеке би ауданында тұрғын үй көмегін көрсетудің мөлшері мен қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда - Ақтөбе облысы Әйтеке би аудандық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -564,335 +664,418 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әйтеке би ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібі</w:t>
+        <w:t xml:space="preserve"> Әйтеке би ауданында тұрғын үй көмегін көрсетудің мөлшері мен қағидасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымшаның тақырыбы жаңа редакцияда - Ақтөбе облысы Әйтеке би аудандық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Тұрғын үй көмегі жергілікті бюджет қаражаты есебінен Қазақстан Республикасының аумағындағы жалғыз тұрғынжайы ретінде меншік құқығындағы тұрған тұрғынжайда, Әйтеке би ауданы аумағында тұрақты тіркелген және тұратын аз қамтылған отбасыларға (азаматтарға), сондай-ақ мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды жалдаушыларға (қосымша жалдаушыларға):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеуге беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аз қамтылған отбасының (азаматтың) тұрғын үй көмегін есептеуге қабылданатын шығыстары жоғарыда көрсетілген бағыттардың әрқайсысы бойынша шығыстардың жиыны ретінде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үй көмегі кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жұмсалатын шығыстарды, коммуналдық қызметтерді және телекоммуникация желісіне қосылған телефон үшін абоненттік төлемақының өсуі бөлігінде байланыс қызметтерін тұтынуға, мемлекеттік тұрғын үй қорынан берілген тұрғынжайды және жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғынжайды пайдаланғаны үшін шығыстарды төлеу сомасы мен аз қамтылған отбасылардың (азаматтардың) осы мақсаттарға жұмсайтын шығыстарының жергiлiктi өкiлдi орган белгiлеген шектi жол берiлетiн деңгейi арасындағы айырма ретiнде айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аз қамтылған отбасының (азаматтың) жиынтық кірісіне шекті жол берілетін шығыстар үлесі 5 (бес) пайыз мөлшерінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үй көмегі аз қамтылған отбасыларға (азаматтарға) тегін негізде көрсетіледі. Тұрғын үй көмегін тағайындау "Әйтеке би аудандық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесімен (бұдан әрі – уәкілетті орган) жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тұрғын үй көмегі аз қамтылған отбасыларға (азаматтарға) кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға, оның ішінде кондоминиум объектісінің ортақ мүлкін күрделі жөндеуге жеткізушілер ұсынған ай сайынғы жарналар туралы шоттарға және шығыстар сметасына сәйкес бюджет қаражаты есебінен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тұрғын үй көмегінің мөлшері көрсетілетін қызметті берушімен Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
-[...187 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2 тармақ жаңа редакцияда - Ақтөбе облысы Әйтеке би аудандық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Аз қамтылған отбасының (азаматтың) жиынтық табысын Қазақстан Республикасы Өнеркәсіп және құрылыс министрінің 2023 жылғы 8 желтоқсандағы № 117 "Тұрғын үй көмегін беру қағидаларын бекіту туралы" бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тарауымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33763 болып тіркелген) (бұдан әрі – Қағидалар) айқындалатын тәртіппен тұрғын үй көмегін тағайындауға өтініш білдірген тоқсанның алдындағы тоқсан үшін уәкілетті орган есептейді.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Аз қамтылған отбасы (азамат) (немесе оның сенімхатқа, заңдарға, сот шешiмiне не әкiмшiлiк құжатқа негiзделген өкiлi) тұрғын үй көмегін тағайындау үшін тоқсанына бір рет Қағидаларға сәйкес, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына (бұдан әрі - Мемлекеттік корпорация) немесе "электрондық үкіметтің" веб-порталы арқылы жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аз қамтылған отбасы (азамат) (немесе нотариалды куәландырған сенімхат бойынша оның өкілі) тұрғын үй көмегін алу үшін уәкілетті органға "электрондық үкімет" веб-порталы немесе Мемлекеттік корпорация арқылы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1302,297 +1485,357 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғын үйді пайдаланғаны үшін жергілікті атқарушы орган берген жалдау ақысының мөлшері туралы шоттың электрондық көшірмесі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4 тармаққа өзгерістер енгізілді - Ақтөбе облысы Әйтеке би аудандық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Тұрғын үй көмегін көрсетуге қойылатын негізгі талаптардың тізбесі Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Осы Әйтеке би ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделмеген құжаттарды талап етуге жол берілмейді. Меншік құқығында (Қазақстан Республикасы бойынша) тұрғын үйдің болуы немесе болмауы туралы мәліметтерді уәкілетті орган ақпараттық жүйелер арқылы алады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Аз қамтылған отбасы (азамат) (немесе нотариалды куәландырған сенімхат бойынша оның өкілі) қайта өтініш берген кезде осы Әйтеке би ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайды қоспағанда, өтініш бергенге дейін өткен тоқсан үшін отбасының кірістерін растайтын құжаттарды және коммуналдық шығыстардың шоттарын ғана ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифінің өсуіне өтеу Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 28 шiлдедегi № 295/НҚ "Әлеуметтік қорғалатын азаматтарға телекоммуникация қызметтерін көрсеткені үшін абоненттік төлемақы тарифтерінің өсуін өтеу мөлшерін айқындау және қағидаларын бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33200 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="6"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="7"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік корпорациядан құжаттардың толық жиынтығын қабылдаған күннен бастап құжаттарды қарау және тұрғын үй көмегін көрсету туралы шешім қабылдау не бас тарту туралы дәлелді жауап не "электрондық үкімет" веб-порталы арқылы беру мерзімі 6 (алты) жұмыс күнін құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9 тармақ жаңа редакцияда - Ақтөбе облысы Әйтеке би аудандық мәслихатының 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 428</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Уәкілетті орган тұрғын үй көмегін көрсетуден мынадай негіздер бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұрғын үй көмегін алу үшін аз қамтылған отбасы (азамат) ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталғанда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1621,146 +1864,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аз қамтылған отбасыға (азаматқа) қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) болған жағдайда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аз қамтылған отбасыға (азаматқа) қатысты заңды күшіне енген сот шешімі бар, соның негізінде аз қамтылған отбасы (азамат) тұрғын үй көмегін алуға байланысты арнайы құқықтан айырылғанда бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="8"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тұрғын үй көмегін тағайындау аз қамтылған отбасыларға (азаматтарға) тиісті қаржы жылына арналған аудан бюджетінде көзделген қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z19" w:id="9"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Аз қамтылған отбасыларға (азаматтарға) тұрғын үй көмегін төлеуді уәкілетті орган есептелген сомаларды тұрғын үй көмегін алушылардың жеке шоттарына екінші деңгейдегі банктер арқылы аудару жолымен жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z20" w:id="10"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Төлем тоқсан сайын, тоқсанның соңғы айының 20 (жиырмасыншы) күнінен кейін жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Тұрғын үй көмегін көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым уәкілетті органға және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1865,70 +2092,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарайтын органның мекенжайына келіп түскен аз қамтылған отбасының (азаматтың) шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер заңда өзгеше көзделмесе, сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі. Егер заңда жоғары тұрған органға шағым жасау қажеттілігінсіз сотқа жүгіну мүмкіндігі көзделген жағдайда, әкімшілік актісіне, әкімшілік әрекетіне (әрекетсіздігіне) дау айтылатын әкімшілік орган, лауазымды адам сотқа пікірмен қатар жоғары тұрған әкімшілік орган басшысының, лауазымды адамының уәжді ұстанымын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Осы Әйтеке би ауданында тұрғын үй көмегін көрсетудің мөлшері мен тәртібімен реттелмеген қатынастар Қазақстан Республикасының қолданыстағы заңнамасына сәйкес реттеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2007,543 +2234,442 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">27 наурыздағы № 181 шешіміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әйтеке би аудандық мәслихатының күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ақтөбе облысы Әйтеке би аудандық мәслихатының 2018 жылғы 27 тамыздағы № 225 "Әйтеке би ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3-2-162 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Ақтөбе облысы Әйтеке би аудандық мәслихатының 2018 жылғы 20 желтоқсандағы № 243 "Аудандық мәслихатының 2018 жылғы 27 тамыздағы № 225 "Әйтеке би ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3-2-171 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ақтөбе облысы Әйтеке би аудандық мәслихатының 2019 жылғы 10 желтоқсандағы № 339 "Аудандық мәслихатының 2018 жылғы 27 тамыздағы № 225 "Әйтеке би ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6555 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="13"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Ақтөбе облысы Әйтеке би аудандық мәслихатының 2020 жылғы 24 тамыздағы № 451 "Аудандық мәслихатының 2018 жылғы 27 тамыздағы № 225 "Әйтеке би ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7368 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Ақтөбе облысы Әйтеке би аудандық мәслихатының 2020 жылғы 24 желтоқсандағы № 502 "Аудандық мәслихатының 2018 жылғы 27 тамыздағы № 225 "Әйтеке би ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7918 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Ақтөбе облысы Әйтеке би аудандық мәслихатының 2021 жылғы 10 наурыздағы № 13 "Аудандық мәслихатының 2018 жылғы 27 тамыздағы № 225 "Әйтеке би ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8109 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Ақтөбе облысы Әйтеке би аудандық мәслихатының 2023 жылғы 26 маусымдағы № 53 "Әйтеке би аудандық мәслихатының 2018 жылғы 27 тамыздағы № 225 "Әйтеке би ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгерістер енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8377 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Ақтөбе облысы Әйтеке би аудандық мәслихатының 2023 жылғы 9 қарашадағы № 115 "Әйтеке би аудандық мәслихатының 2018 жылғы 27 тамыздағы № 225 "Әйтеке би ауданында тұрғын үй көмегін көрсету мөлшерін және тәртібін айқындау туралы" шешіміне өзгеріс енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8438 болып тіркелген).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>