--- v0 (2025-11-07)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="85c7fa2" w14:textId="85c7fa2">
+    <w:p w14:paraId="6a9fcdc" w14:textId="6a9fcdc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2024 жылғы 24 шiлдедегi № 58 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 24 шiлдеде № 34803 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2024 жылғы 24 шiлдедегi № 58 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 24 шiлдеде № 34803 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -152,240 +152,191 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы бұйрық 23.10.2024 бастап қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасы Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 104-4) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Денсаулық сақтау министрлігінің Ғылым және адами ресурстар департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты ресми жариялағаннан кейін оны Қазақстан Республикасы Денсаулық сақтау министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркегеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң департаментіне осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -400,90 +351,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық 2024 жылғы 23 қазаннан бастап қолданысқа енгізіледі және ресми жариялануға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -925,2234 +877,2296 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 58 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Сақтандыру қағидалары) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасы Кодексінің (бұдан әрі-Кодекс) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 104-4) тармақшасына сәйкес әзірленді және медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) бірыңғай сақтандыру (қайта сақтандыру) пулына қатысушы сақтандыру ұйымы – сақтандыру шарттарына, қағидаларына және кәсіптік жауапкершілікті сақтандыру жөніндегі қызметті жүзеге асыруға лицензиясы бар және Қазақстан Республикасының заңнамасына сәйкес Пулдың шеңберінде қызметті жүзеге асыратын сақтандыру ұйымы; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) денсаулық сақтау субъектілері – денсаулық сақтау ұйымдары, сондай-ақ жеке медициналық практикамен және фармацевтикалық қызметпен айналысатын жеке тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру бойынша бірыңғай сақтандыру (қайта сақтандыру) пулын құру жөніндегі бірлескен қызмет туралы шарт (бұдан әрі – Бірлескен қызмет туралы шарт) - Медицина қызметкерлерінің кәсіптік жауапкершілігін бірлесіп сақтандыру жөніндегі пулға қатысушылардың бірлескен қызметін регламенттейтін және реттейтін құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру жөніндегі бірыңғай сақтандыру (қайта сақтандыру) пулы (бұдан әрі – Пул) – заңды тұлға құрмайтын Қазақстан Республикасы медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру мақсаттары үшін құрылған сақтандыру ұйымдарының бірлестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) медициналық оқыс оқиға – Қазақстан Республикасының әкімшілік және қылмыстық заңнамасында көзделген жағдайларды қоспағанда, медициналық көмек көрсетуді ұйымдастыру стандарттарына сәйкес медициналық көмек көрсетумен және технологияларды, жабдықтар мен құралдарды пайдаланумен байланысты, организмнің қалыпты жұмыс істеуінің ауытқуынан туындайтын, пациенттің өмірі мен денсаулығына зиян келтіруі, сондай-ақ пациенттің қайтыс болуына алып келуі мүмкін оқиға.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) пайда алушы – сақтандыру шартына сәйкес сақтандыру төлемін алушы болып табылатын тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) пулдың әкімшісі – сақтандыру брокері және (немесе) (сақтандыру (қайта сақтандыру) ұйымы) – медицина қызметкерлерінің кәсіптік жауапкершілігін Ортақ сақтандыру шарттарын жасасу, сүйемелдеу және орындау үшін Пулдың барлық қатысушыларының атынан және тапсырмасы бойынша шарт пен Сақтандыру қағидалары негізінде әрекет ететін, Пул қызметін басқару үшін тартылған сақтандыру (қайта сақтандыру) пулына қатысушы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) сақтандырылушы – өзіне қатысты сақтандыру жүзеге асырылатын (Қазақстан Республикасының азаматы және (немесе) шетел азаматы немесе Қазақстан Республикасының аумағында еңбек қызметін жүзеге асыруға барлық қажетті рұқсаттары бар азаматтығы жоқ адам болып табылатын), Сақтанушының медициналық қызметтер көрсетуге арналған лицензиясына сәйкес медициналық қызметті жүзеге асыратын және Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>64-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1), 2), 3), 4), 5), 8) тармақшаларымен көзделген медицина қызметті жүзеге асыратын медицина қызметкері; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) сақтанушы – "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес медициналық қызметке лицензия және оған қосымшалар негізінде медициналық қызметті жүзеге асыратын және медициналық ұйымдар үшін ұжымдық шарт және жеке медициналық практикамен айналысатын жеке тұлғалар үшін жеке шарт түріндегі медицина қызметкерлерінің кәсіптік жауапкершілігін ортақ сақтандыру шарты бар денсаулық сақтау субъектісі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру, сақтандыру сыйлықақыларының (жарналарының) ең төменгі мөлшерін белгілеу және сақтандыру төлемдерін жүзеге асыру, сондай-ақ сақтандыру сыйлықақыларын (жарналарын) және сақтандыру төлемдерін төлеу мерзімдері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Денсаулық сақтау субъектілері Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>64-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1), 2), 3), 4), 5), 8) тармақшаларымен көзделген медициналық қызметті жүзеге асырғанға дейін медицина қызметкерінің кәсіптік жауапкершілігін сақтандыру шартын жасасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шарт медициналық қызметке лицензиясы бар денсаулық сақтау субъектісімен, бұл ретте Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Назарбаев Университетіне" немесе оның медициналық ұйымдарына, Қазақстан Республикасы Президенті Іс Басқармасының медициналық ұйымдарына кәсіптік медициналық қызметпен айналысуға тартылған шетелдік мамандарды қоспағанда, медициналық көмекті (қызметтерді) көрсететін, соның ішінде Қазақстан Республикасының бейрезиденттерімен және клиникалық практикаға жіберу үшін маман сертификаты бар медицина қызметкерімен жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Медицина қызметкерінің кәсіптік жауапкершілігін сақтандыру денсаулық сақтау субъектісі бірыңғай сақтандыру (қайта сақтандыру) пулының қатысушыларымен (бұдан әрі – Пулдың әкімшісі) жасалатын ортақ сақтандыру шарты негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Медицина қызметкерлерінің кәсіптік жауапкершілігін ортақ сақтандыру объектісі медициналық қызметті жүзеге асыру нәтижесінде пациенттің өмірі мен денсаулығына келтірілген зиянды өтеуге байланысты медицина қызметкерлерінің мүліктік мүддесі болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Медициналық қызметті жүзеге асыру нәтижесінде пациенттің өмірі мен денсаулығына зиян келтіру фактісі медицина қызметкерлерінің кәсіптік жауапкершілігін ортақ сақтандыру шарты бойынша сақтандыру жағдайы болып танылады. Медициналық оқыс оқиға сақтандыру жағдайы болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зиян келтіру фактісі тәуелсіз сараптама комиссиясының қорытындысымен, ал оның шешімдерімен келіспеген жағдайда заңды күшіне енген сот актісімен расталады (белгіленеді).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ортақ сақтандыру шарты бойынша сақтандыру жағдайы Тәуелсіз сараптама комиссиясы медициналық қызметті жүзеге асыру нәтижесінде пациенттің өмірі мен денсаулығына зиян келтіру фактісінің бар-жоғын анықтаған және растаған кезде немесе пациент немесе медицина қызметкері тәуелсіз сараптама комиссиясының шешімімен келіспеген кезде заңды күшіне енген сот актісі бойынша басталған болып есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Медицина қызметкерлері кәсіптік қызметті жүзеге асыру кезінде пациенттің өмірі мен денсаулығына зиян келтіру ықтималдығы сақтандыру тәуекелі деп танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Бірыңғай сақтандыру (қайта сақтандыру) пулына қатысушының медицина қызметкерінің денсаулық сақтау субъектісімен кәсіптік жауапкершілігін ортақ сақтандыру шартын жасасудан бас тартуына жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру кезінде деректермен алмасу үшін электрондық нысанда Пул әкімшісінің интернет-платформасы (бұдан әрі – Интернет-платформа) қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Ортақ сақтандыру шартында Сақтанушы, Сақтандырылушы (медициналық қызметті жүзеге асыратын медицина қызметкері) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Ортақ сақтандыру шарты денсаулық сақтау субъектілерімен Интернет-платформада жеке кабинеті арқылы электрондық цифрлық қолтаңба құралдарын пайдалана отырып электрондық нысанда жасасады. Бұл ретте, мемлекеттік денсаулық сақтау субъектілері мен Пул әкімшісі арасында ортақ сақтандыру шарты оның Интернет-платформада жасасу кезеңінен кейін үш жұмыс күні ішінде бірыңғай сатып алу платформасында жасасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ортақ сақтандыру шарты жыл сайын мемлекеттік денсаулық сақтау субъектілерімен бір қаржылық жылға, мемлекеттік емес денсаулық сақтау субъектілерімен бір жылға жасасады, сақтандыру мерзімі ішінде қолданылады және алғашқы сақтандыру жағдайы басталғанда өз қолданысын тоқтатпайды.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> 104-4) тармақшасына сәйкес әзірленді және медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру тәртібін айқындайды.</w:t>
+        <w:t>
+      Ортақ сақтандыру шартының қолданылу барысында сақтандыру тәуекелінің өзгеруі мынадай мән-жайлар болып саналады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkStart w:name="z93" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      1) жұмыстан босатуды немесе жаңа персоналды жұмысқа қабылдауды қоса алғанда, Сақтандырылушының тізіміне кез-келген өзгерістер, сондай-ақ Сақтандырылушының медициналық қызметінің бейінін өзгеруі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z94" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1) бірыңғай сақтандыру (қайта сақтандыру) пулына қатысушы сақтандыру ұйымы – сақтандыру шарттарына, қағидаларына және кәсіптік жауапкершілікті сақтандыру жөніндегі қызметті жүзеге асыруға лицензиясы бар және Қазақстан Республикасының заңнамасына сәйкес Пулдың шеңберінде қызметті жүзеге асыратын сақтандыру ұйымы; </w:t>
+        <w:t>
+      2) медициналық қызметтің өзге де бейіндерінде қызметті жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) денсаулық сақтау субъектілері – денсаулық сақтау ұйымдары, сондай-ақ жеке медициналық практикамен және фармацевтикалық қызметпен айналысатын жеке тұлғалар;</w:t>
-[...118 lines deleted...]
-</w:t>
+      Ортақ сақтандыру шартына өзгерістер мен толықтырулар енгізілген кезде Сақтандырушы сақтандырудың аяқталмаған кезеңі үшін сақтандыру сыйлықақысын (жарнасын) қайта есептеуді жүзеге асырады және қосымша төлеуге немесе қайтаруға жататын сақтандыру сыйлықақысын (жарнасын) есептейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 1), 2), 3), 4), 5), 8) тармақшаларымен көзделген медицина қызметті жүзеге асыратын медицина қызметкері; </w:t>
+        <w:t>
+      Сақтанушы Сақтандырылушылар тізіміне енгізілген қосымша медицина қызметкерлері туралы Пул әкімшісін хабардар еткен немесе кейбір Сақтандырылушыларға қатысты тәуекелдің ұлғаюы туралы хабарлаған кезде сақтандыру қорғанысы Сақтанушы сақтандыру сыйлықақысын (жарнасын) төлеген күннен кейінгі күннің 00 сағат 00 минутынан бастап күшіне енеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Денсаулық сақтау субъектілерімен электрондық нысанда ортақ сақтандыру шартын жасасуы, өзгертуі және бұзуы Интернет-платформада ақпарат алмасу жолымен жүргізіледі. Бұл ретте, мемлекеттік денсаулық сақтау субъектілерімен ортақ сақтандыру шартын жасасуы, өзгертуі және бұзуы бірыңғай сатып алу платформасында оның Интернет-платформада жасасу, өзгерту және бұзу кезеңінен кейін жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Денсаулық сақтау субъектісі интернет-платформада құрылған денсаулық сақтау субъектісінің жеке кабинеті арқылы электрондық нысанда сақтандыруға өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Пулдың әкімшісімен сақтандыру шартын жасасу кезінде "Сақтандыру қызметі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>52-4-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген сақтандыру қорғанысының қолданылу кезеңінде және сақтандыру жағдайын реттеу кезінде жосықсыз әрекет белгілерін анықтаған кезде сақтандыру төлемінің Қазақстан Республикасының заңдарында не сақтандыру шартында көзделген мерзімі өткенге дейін сақтандырушы сақтандыру төлемін жүзеге асыруды күнтізбелік отыз күнге дейінгі мерзімге тоқтатыла тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сақтандыру төлемін тоқтата тұру туралы хабарлама сақтанушыға (пайда алушыға) тиісті тексеру жүргізілетіндігі көрсетіле отырып, тоқтатыла тұрған күннен кейінгі күннен кешіктірмей жіберілуге тиіс.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес медициналық қызметке лицензия және оған қосымшалар негізінде медициналық қызметті жүзеге асыратын және медициналық ұйымдар үшін ұжымдық шарт және жеке медициналық практикамен айналысатын жеке тұлғалар үшін жеке шарт түріндегі медицина қызметкерлерінің кәсіптік жауапкершілігін ортақ сақтандыру шарты бар денсаулық сақтау субъектісі.</w:t>
+        <w:t>
+      Сақтандыру төлемін тоқтата тұру мерзімі өткенге дейін сақтандырушы сақтандыру төлемінен уәжді бас тартуды жіберуге не сақтандыру төлемінің Қазақстан Республикасының заңдарында не сақтандыру шартында көзделген мерзімінен асқан әрбір күн үшін, сақтандыру төлемін жүзеге асыру күніне Ұлттық Банктің базалық мөлшерлемесіне сүйене отырып есептелетін тұрақсыздық айыбын ескеріп сақтандыру төлемін жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
-[...23 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 1), 2), 3), 4), 5), 8) тармақшаларымен көзделген медициналық қызметті жүзеге асырғанға дейін медицина қызметкерінің кәсіптік жауапкершілігін сақтандыру шартын жасасады.</w:t>
+        <w:t>
+      16. Ортақ сақтандыру шарты бойынша сақтандыру қорғанысы Сақтанушы сақтандыру сыйлықақысын (бірінші сақтандыру жарнасын) төлеген күннен кейінгі күннің 00 сағат 00 минутынан бастап күшіне енеді, он екі ай бойы қолданысты болады және бірінші сақтандыру жағдайының басталуы бойынша өзінің қолданысын тоқтатпайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес "Назарбаев Университетіне" немесе оның медициналық ұйымдарына, Қазақстан Республикасы Президенті Іс Басқармасының медициналық ұйымдарына кәсіптік медициналық қызметпен айналысуға тартылған шетелдік мамандарды қоспағанда, медициналық көмекті (қызметтерді) көрсететін, соның ішінде Қазақстан Республикасының бейрезиденттерімен және клиникалық практикаға жіберу үшін маман сертификаты бар медицина қызметкерімен жасалады.</w:t>
+        <w:t>
+      17. Пул әкімшісі ортақ сақтандыру шартын жасасу кезінде сақтанушы ұсынған мәліметтердің сақтандыруға арналған өтініште сәйкестігіне тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4. Медицина қызметкерінің кәсіптік жауапкершілігін сақтандыру денсаулық сақтау субъектісі бірыңғай сақтандыру (қайта сақтандыру) пулының қатысушыларымен (бұдан әрі – Пулдың әкімшісі) жасалатын ортақ сақтандыру шарты негізінде жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve">
+      18. Мемлекеттік денсаулық сақтау ұйымдары, жарғылық капиталына мемлекет жүз пайыз қатысатын заңды тұлғалар немесе дауыс беру акцияларының (қатысу үлестерінің) елу пайыздан астамы оған меншік құқығымен тиесілі оның еншілес ұйымдары үшін ортақ сақтандыру шарттары "Мемлекеттік сатып алу туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>
-      6. Медициналық қызметті жүзеге асыру нәтижесінде пациенттің өмірі мен денсаулығына зиян келтіру фактісі медицина қызметкерлерінің кәсіптік жауапкершілігін ортақ сақтандыру шарты бойынша сақтандыру жағдайы болып танылады. Медициналық оқыс оқиға сақтандыру жағдайы болып табылмайды.</w:t>
-[...998 lines deleted...]
-        <w:t xml:space="preserve"> келтірілген.</w:t>
+      Бұл ретте сақтандыру сыйлықақысын (жарнасын) төлеу Сақтанушымен ортақ сақтандыру шартын жасасқан күннен және сақтандыру арқылы қорғау басталған күннен бастап 90 (тоқсан) күнтізбелік күн ішінде Пул әкімшісінің арнайы банктік шотына ақша аудару жолымен біржолғы төлеммен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 104-3) тармақшасына сәйкес медицина қызметкерлерінің кәсіптік жауапкершілігін ортақ сақтандыру шартына қол қойылған күннен бастап 5 (бес) жұмыс күні ішінде Пул әкімшісінің арнайы банктік шотына ақша аудару жолымен біржолғы төлеммен жүргізеді.</w:t>
+        <w:t>
+      19. Сақтандырушы-қатысушыға, Пул әкімшісінің өкіліне өз өкілеттіктерін жазбаша нысанда растау берілген жағдайда Тәуелсіз сараптама комиссиясының отырысына қатысуға рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сақтандыру сыйлықақысын төлеу күні Пул әкімшісінің арнайы банктік шотына ақша түскен күн болып есептеледі.</w:t>
+      Сақтандырушы, Пул әкімшісінің өкілі тәуелсіз сараптама комиссиясының отырысында:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1) іс материалдарымен танысады; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) көшірмелерін жасайды; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) құжаттар мен мәліметтердің рұқсат етілуі мен толықтығына қатысты жазбаша нысанда пікір білдіреді; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Сақтанушыға жылдық сақтандыру сыйлықақысы әрбір Сақтанушы үшін интернет-платформада автоматты түрде белгіленеді.</w:t>
+      4) сақтандырылған медицина қызметкерінің, пациенттің және зиян келтіру фактісін анықтауға тартылған өзге де адамдардың денсаулық сақтау субъектісіне қосымша құжаттар, жазбаша немесе ауызша түсініктемелер беру қажеттігі туралы мәлімдейді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) қарастырылып отырған зиян келтіру фактісі мен мән-жайлары бойынша түсініктеме береді; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) сақтанушының, сақтандырылушының, пациенттің өкілдерінен бетпе-бет сауалнама жүргізу кезінде сұралатын адамға сұрақтар қояды; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) келіспеген немесе зиян келтіру фактісі мен мән-жайлары бойынша ерекше пікір болған кезде комиссияға, сондай-ақ пул әкімшісіне келіспеушіліктің немесе ерекше пікірдің жазбаша негіздемесін жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Қазақстан Республикасы ортақ сақтандыру шартының (сақтандыру аумағы) қолданылу орны болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Ортақ сақтандыру шарты мынадай жағдайларда тоқтатылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сақтандыру объектісі өмір сүруін тоқтатқан кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сақтандыру жағдайының туындау мүмкіндігі жойылып, сақтандыру тәуекелінің болуы сақтандыру жағдайынан өзгеше мән-жайлар бойынша тоқтатылған кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сот ортақ сақтандыру шартын жарамсыз деп тану туралы шешім қабылдағанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ортақ сақтандыру шартының мерзімі өткеннен кейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша тараптардың келісімі бойынша ортақ сақтандыру шартын бұзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) сақтанушының бастамасы бойынша ортақ сақтандыру шартын бұзу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Сақтанушы сақтандыру сыйлықақысын белгіленген мерзімде төлемеген жағдайларда немесе заңнамада көзделген өзге де жағдайларда Сақтандырушының бастамасы бойынша Ортақ сақтандыру шартын бұзу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Медицина қызметкерлерінің кәсіптік жауапкершілігін сақтандыру денсаулық сақтау субъектілері есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Медицина қызметкерлерінің кәсіптік жауапкершілігінің сақтандыру сыйлықақыларының (жарналарының) ең аз мөлшері осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. Сақтандыру сыйлықақысын (жарнасын) Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген Сақтанушыларды қоспағанда, Сақтанушы (Сақтандырылушы) Кодекстің 7-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>104-3) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ортақ сақтандыру шартына қол қойған күннен бастап 5 (бес) жұмыс күні ішінде Пул әкімшісінің арнайы банктік шотына ақша аудару жолымен біржолғы төлеммен жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Сақтандыру төлемдерінің мөлшерлер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекстің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 270-4-бабының 3-тармағында айқындалған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="54"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сақтанушы 3 (үш) жұмыс күні ішінде пациенттен немесе оның заңды өкілінен зиянды өтеу туралы талаппен өтініштің интернет-платформада немесе өзге де қолжетімді құралдармен келіп түскені туралы хабардар етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z70" w:id="55"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сақтандыру төлемдерін Пул әкімшісі Сақтанушы ұсынған мынадай құжаттардың көшірмелері негізінде сақтандыру төлемін жүзеге асыру туралы шешім қабылданғаннан кейін 10 (он) жұмыс күні ішінде жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z71" w:id="56"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) тәуелсіз сараптама комиссиясының шешімі немесе пациенттің немесе оның заңды өкілдерінің талап арызы бойынша соттың шешімі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) пациенттің немесе оның заңды өкілінің өтініші немесе талап арызы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z73" w:id="58"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Сақтанушының (сақтандырылушының) медициналық қызметті ұсыну құқығын растайтын құжат; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Қазақстан Республикасы Еңбек кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қызметкердің еңбек қызметін растайтын құжаттар; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="59"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) пациенттың ауру тарихы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z76" w:id="60"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) қайтыс болғаны туралы куәлік немесе анықтама; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) мүгедектікті және (немесе) еңбекке қабілеттілігінен айырылу дәрежесін белгілеу жөніндегі медициналық-әлеуметтік сараптаманың қорытындысы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) бұзушылықтардың сақтандыру жағдайымен организм функцияларының тұрақты бұзылуымен себеп-салдарлық байланысын растайтын құжаттар (пациент қайта куәландырылған және мүгедектіктің неғұрлым жоғары тобы анықталған жағдайда ұсынылады); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) пациенттің аурумен байланысты нақты шығыстарының төленгенін растайтын қаржылық құжат; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) Пайда алушының сақтандыру төлемін алу құқығын растайтын құжаты; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z81" w:id="65"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) Сақтанушының, Сақтандырылушының қорғауға жұмсалған шығыстарымен байланысты шеккен нақты шығыстарын растайтын құжаттар; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысанда сақтандыру төлемін жүзеге асыру үшін толық банктік деректемелерді көрсете отырып, сақтандыру төлемін жүзеге асыру туралы өтініш.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="66"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пул әкімшісі сақтанушыға немесе сақтандырылушыға сақтандыру төлемін жүзеге асыру үшін қажетті жетпейтін құжаттар туралы 2 (екі) жұмыс күні ішінде электрондық нысанда Пул әкімшісінің интернет-платформасында құрылған денсаулық сақтау субъектісінің жеке кабинеті арқылы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z84" w:id="67"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сақтандыру төлемін жүзеге асыру күші сақтандыру төлемін алышуға ақшалай қаражат түскен күн болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Пациенттің денсаулығының нашарлаған (мүгедектікті немесе еңбекке қабілеттілігінен айырылу дәрежесін белгілеу) не сақтандыру жағдайының басталуына әкеп соққан оқиға нәтижесінде пациент қайтыс болған кезде медициналық-әлеуметтік сараптаманың қорытындысы немесе сот шешімі негізінде Пулдың әкімшісі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекстің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 270-4-бабына сәйкес сақтандыру төлемінің сомасын қайта есептеуді жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сақтандыру төлемінің сомасын қайта есептеу кезінде бұрын төленген сомалар есепке алынады, бірақ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекстің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 270-4-бабына сәйкес осы сақтандыру жағдайы (лимиті) бойынша жауапкершіліктің шекті көлемінен аспайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3231,68 +3245,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сақтандыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="68"/>
+    <w:bookmarkStart w:name="z88" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Медицина қызметкерлерінің кәсіптік жауапкершілігінің сақтандыру сыйлықақыларының (жарналарының) ең төменгі мөлшері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -13261,68 +13275,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сақтандыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="69"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сақтанушыдан/Сақтанушыдан/Пайда алушыдан туындаған сақтандыру жағдайының басталуы бойынша сақтандыру төлемін жүзеге асыруға өтініш (керегінің астын сызу)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20001,68 +20015,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ТАӘ)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>______ (байланыс телефондары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="70"/>
+    <w:bookmarkStart w:name="z92" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дауды реттеу және пациенттің денсаулық сақтау субъектісіне және медицина қызметкеріне наразылығының болмауы туралы  КЕЛІСІМ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мен, ___________________________________(пациент), ___-____-______ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20502,55 +20516,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>