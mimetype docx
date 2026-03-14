--- v0 (2025-10-01)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="df53c2a" w14:textId="df53c2a">
+    <w:p w14:paraId="06a9eab" w14:textId="06a9eab">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,61 +85,147 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушылардың аппараттық-бағдарламалық кешендерін мемлекеттік кірістер органдарының ақпараттық жүйелерімен интеграциялау арқылы беруге жататын мәліметтердің қағидалары мен тізбесін және нысанын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасы Қаржы министрінің 2024 жылғы 19 наурыздағы № 160 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 20 наурызда № 34167 болып тіркелді</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2024 жылғы 19 наурыздағы № 160 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2024 жылғы 20 наурызда № 34167 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 12 қарашадағы № 696 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 696</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -242,296 +330,231 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қоса беріліп отырған:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушылардың аппараттық-бағдарламалық кешендерін мемлекеттік кірістер органдарының ақпараттық жүйелерімен интеграциялау арқылы мәліметтерді беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушылардың аппараттық-бағдарламалық кешендерін мемлекеттік кірістер органдарының ақпараттық жүйелерімен интеграциялау арқылы беруге жататын мәліметтер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі - Тізбе);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушылардың аппараттық-бағдарламалық кешендерін мемлекеттік кірістер органдарының ақпараттық жүйелерімен интеграциялау арқылы беруге жататын мәліметтер </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>нысаны</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі - Нысан) бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -546,70 +569,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -979,93 +1003,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 160 Бұйрықпен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушылардың аппараттық-бағдарламалық кешендерін мемлекеттік кірістер органдарының ақпараттық жүйелерімен интеграциялау арқылы мәліметтерді беру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушылардың аппараттық-бағдарламалық кешендерін мемлекеттік кірістер органдарының ақпараттық жүйелерімен интеграциялау арқылы мәліметтерді беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1080,347 +1098,348 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 26-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және мәліметтерді беру бойынша автоматтандырылған өзара іс-қимылды қамтамасыз ету мақсатында букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушылардың аппараттық-бағдарламалық кешендерін мемлекеттік кірістер органдарының ақпараттық жүйесімен (бұдан әрі - МКО АЖ) интеграциялау арқылы мәліметтерді беру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар мен терминдер пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аппараттық-бағдарламалық кешен - ақпараттық процестерді қамтамасыз ететін бағдарламалық және техникалық құралдардың жиынтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бәс тігу - қатысушылардың өз арасында не ойын бизнесін ұйымдастырушымен ұтыс көзделіп, олар қатыспайтын оқиғаның нәтижесiне жасалған, тәуекелге негiзделген келiсiм;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бәс тігуге қатысушы - бәс тігуге қатысатын жеке тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ойын бизнесiн ұйымдастырушы – құмар ойындарын және (немесе) бәс тiгудi Қазақстан Республикасының заңнамасында белгiленген талаптарға сәйкес ұйымдастыруды және өткiзудi жүзеге асыратын заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) сайт пен браузер арасында деректер алмасу қауіпсіз арна – SSL сертификаты арқылы жүргізілетінін растайтын интернет – ресурстың цифрлық куәлігі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық символдардың жинағы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) eXtensible markup language (бұдан әрі – XML) – құрылымдық және машинада оқылатын форматта деректерді сақтау және беру үшін қолданылатын белгілеудің кеңейтілген тілі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) hypertext transfer protocol secure (бұдан әрі – HTTPS) – гипермәтінді беру хаттамасы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) simple object access protocol (бұдан әрі – SOAP) – ақпараттық жүйелерді интеграциялау кезінде хабарламаларды жіберуге арналған XML-ге негізделген хаттама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) web Service definition language – веб-сервис интерфейстерін сипаттау стандарты (бұдан әрі – WSDL).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидаларда пайдаланылатын өзге де ұғымдар Қазақстан Республикасы заңнамасының өзге де салаларында қолданылатын мағынада қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушылардың аппараттық-бағдарламалық кешендерін мемлекеттік кірістер органдарының ақпараттық жүйелерімен интеграциялау арқылы мәліметтерді беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ойын бизнесін ұйымдастырушы МКО АЖ-мен аппараттық-бағдарламалық кешендерді интеграциялау арқылы мәліметтерді беру мақсатында мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының аумағында ойын бизнесін ұйымдастырушының орналасқан жері бойынша аппараттық-бағдарламалық кешен серверінің болуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Ақпараттандыру туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1435,71 +1454,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен, сондай-ақ Қазақстан Республикасы Үкіметінің 2016 жылғы 20 желтоқсандағы № 832 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптарында белгіленген тәртіппен МКО АЖ-мен интеграциялауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Тізбе мен Нысанға сәйкес күнделікті негізде мәліметтерді тәулік бойы үздіксіз өңдеуді және автоматты режимде беруді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізбе бойынша мәліметтерді беру мыналарды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1618,266 +1637,266 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ойын бизнесін ұйымдастырушының жеке тұлғадан ақша қаражатын алуды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке тұлғаның ойын бизнесін ұйымдастырушыдан ақша қаражатын алуды қолдану арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) аппараттық-бағдарламалық кешеннің жұмыс режиміндегі іркілістер немесе оны ауыстыру кезінде жұмыстың ақаулыққа төзімділігі және резервтік деректерді құруды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z34" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) деректердің өспелі қорытындысымен есепке алуды жүргізуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) техникалық іркіліс туындаған кезде Тізбе бойынша мәліметтерді беру мүмкін еместігі туралы 1 (бір) жұмыс күні ішінде мемлекеттік кірістер органына жазбаша түрде хабарлауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) Тізбе бойынша мәліметтерді осы тармақтың 6) тармақшасында көрсетілген іркіліс болған кезеңі үшін ақпараттық жүйелердегі іркіліс себептері жойылған күннен бастап 3 (үш) тәуліктен кешіктірмей жолдауды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) деректерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микро-, шағын және орта кәсіпкерлік субъектілері үшін – ойын бизнесін ұйымдастырушылармен бәс тігуге қатысушылар арасында бәс тігу жасалған жылдан кейінгі жылдың 1 қаңтарынан бастап кемінде 3 (үш) жыл;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ірі кәсіпкерлік субъектілері үшін – ойын бизнесін ұйымдастырушылармен бәс тігуге қатысушылар арасында бәс тігу жасалған жылдан кейінгі жылдың 1 қаңтарынан бастап кемінде 5 (бес) жыл ішінде сақтауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мемлекеттік кірістер органдары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының заңнамасында белгіленген жағдайларды қоспағанда, Тізбеге сәйкес алынған мәліметтердің сақталуын және құпиялылығын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) МКО АЖ сервистерінің тәулік бойы үздіксіз жұмысын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Тізбе бойынша мәліметтерді қабылдау мүмкін болмаған жағдайда, ойын бизнесін ұйымдастырушыларға себебін көрсете отырып, 1 (бір) жұмыс күні ішінде жазбаша хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1969,248 +1988,248 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 160 Бұйрықпен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушылардың аппараттық-бағдарламалық кешендерін мемлекеттік кірістер органдарының ақпараттық жүйелерімен интеграциялау арқылы беруге жататын мәліметтер тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жеке тұлғаның жеке сәйкестендіру нөмірі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Заң) көзделген тәсілдермен букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушының жеке тұлғадан ақша қаражатын алған күні мен уақыты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәсілдермен букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушының жеке тұлғадан алған ақша қаражатының сомасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәсілдермен жеке тұлғаның букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушыдан ақша қаражатын алған күні мен уақыты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәсілдермен букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушыдан жеке тұлғаның алған ақша қаражатының сомасы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2383,68 +2402,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________________________________  (Букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушының атауы, бизнес-сәйкестендіру нөмірі)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Букмекерлік кеңсенің және (немесе) тотализатордың қызметін жүзеге асыратын ойын бизнесін ұйымдастырушылардың аппараттық-бағдарламалық кешендерін мемлекеттік кірістер органдарының ақпараттық жүйелерімен интеграциялау арқылы беруге жататын мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3607,63 +3626,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3985,35 +4026,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>