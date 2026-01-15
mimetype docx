--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f76e47d" w14:textId="f76e47d">
+    <w:p w14:paraId="14d0268" w14:textId="14d0268">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -268,63 +268,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -342,51 +341,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Қазалы аудандық мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -399,169 +398,139 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ғ. ӘЛІШ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"КЕЛІСІЛДІ"</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Қызылорда облысының жұмыспен</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қамтуды үйлестіру және әлеуметтік</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағдарламалар басқармасы"</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>коммуналдық мемлекеттік мекемесімен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -652,406 +621,385 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2023 жылғы 24 қазандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 91 шешімімен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z17" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазалы ауданының әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидалары</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар жаңа редакцияда - Қызылорда облысы Қазалы аудандық мәслихатының 07.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 403</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="4"/>
+    <w:bookmarkStart w:name="z18" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z81" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Қазалы ауданының әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың қағидалары (бұдан әрi - Қағидалар) "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 30 маусымдағы №523 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрi – Үлгілік қағидалар) сәйкес әзірленді және әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z82" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда пайдаланылатын негізгі терминдер мен ұғымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z83" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z83" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі - Мемлекеттік корпорация) - Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету, мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және олардың нәтижелерін көрсетілетін қызметті алушыға беру жөніндегі жұмысты "бір терезе" қағидаты бойынша ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z84" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z84" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) арнайы комиссия – мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек алуға үміткер адамның (отбасының) өтінішін қарау бойынша Қазалы ауданы әкімінің шешімімен құрылатын комиссия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z85" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z85" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік көмек – жергілікті атқарушы орган (бұдан әрі - ЖАО) мұқтаж азаматтардың жекелеген санаттарына (бұдан әрі – әлеуметтік көмек алушылар), сондай-ақ атаулы күндер мен мереке күндеріне орай ақшалай немесе заттай нысанда көрсететін көмек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z86" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z86" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әлеуметтік көмек көрсету жөніндегі уәкілетті орган – "Қазалы ауданының жұмыспен қамту және әлеуметтiк бағдарламалар бөлiмi" коммуналдық мемлекеттiк мекемесi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z87" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z87" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әлеуметтік көмек төлеу жөніндегі уәкілетті ұйым – екінші деңгейдегі банктер, банк операцияларының тиісті түрлеріне қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның лицензиясы бар ұйымдар, "Қазпошта" акционерлік қоғамының аумақтық бөлімшелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z88" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z88" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ең төмен күнкөріс деңгейі – шамасы бойынша ең төмен тұтыну себетінің құнына тең, бір адамға шаққандағы ең төмен ақшалай кіріс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z89" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z89" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жан басына шаққандағы орташа кіріс – отбасының бір айдағы жиынтық кірісінің отбасының әрбір мүшесіне тура келетін үлесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z90" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z90" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) мереке күндері – Қазақстан Республикасының ұлттық және мемлекеттік мереке күндері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z91" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z91" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) уәкілетті мемлекеттік орган – Қазақстан Республикасының заңнамасына сәйкес халықты әлеуметтік қорғау саласындағы басшылықты және салааралық үйлестіруді, Мемлекеттік әлеуметтік сақтандыру қорының қызметін реттеуді, бақылау функцияларын жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z92" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z92" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) учаскелік комиссия – атаулы әлеуметтік көмек алуға өтініш жасаған тұлғалардың (отбасылардың) материалдық жағдайын зерттеп-қарау үшін қала, кент, ауылдық округ әкiмiнiң шешiмдерiмен құрылатын арнаулы комиссия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z93" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z93" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасының Әлеуметтік Кодексінің 71-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1186,1149 +1134,1221 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасында, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген тұлғаларға әлеуметтік көмек осы Қағидаларда көзделген тәртіппен көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z94" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z94" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Әлеуметтік көмек бір рет және (немесе) мезгіл-мезгіл (ай сайын) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z95" w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z95" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Әлеуметтік көмек алушылар санаттарының тізбесін айқындау және әлеуметтік көмектің мөлшерлерін белгілеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z96" w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z96" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мереке күндеріне әлеуметтік көмек бір рет ақшалай төлем түрінде келесі санаттағы азаматтарға көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z97" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z97" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 9 мамыр - Жеңіс күні:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z98" w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z98" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлы Отан соғысына қатысушыларға, атап айтқанда, Ұлы Отан соғысы кезеңінде, сондай-ақ бұрынғы Кеңестік Социалистік Республикалар Одағын (бұдан әрі – КСР Одағы) қорғау бойынша басқа да ұрыс операциялары кезiнде майдандағы армия мен флоттың құрамына кiрген әскери бөлiмдерде, штабтар мен мекемелерде қызмет өткерген әскери қызметшiлерге, Ұлы Отан соғысының партизандары мен астыртын әрекет етушiлерiне – 1272 (бір мың екі жүз жетпіс екі) айлық есептiк көрсеткiш мөлшерiнде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z99" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z99" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан болған мүгедектігі бар адамдарға, атап айтқанда, Ұлы Отан соғысы кезеңінде майданда, ұрыс қимылдары ауданында, майдан маңындағы теміржол учаскелерінде, қорғаныс шептерінің, әскери-теңіз базалары мен әуеайлақтардың құрылысжайларында жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан мүгедектік белгіленген майдандағы армия мен флоттың әскери қызметшілеріне, Ұлы Отан соғысының партизандары мен астыртын әрекет етушілеріне, сондай-ақ жұмысшылар мен қызметшілерге – 1272 (бір мың екі жүз жетпіс екі) айлық есептiк көрсеткiш мөлшерiнде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z100" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z100" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлы Отан соғысы жылдарында тылдағы қажырлы еңбегі мен мінсіз әскери қызметі үшін бұрынғы КСР Одағының ордендерімен және медальдарымен наградталған адамдарға – 60 (алпыс) айлық есептiк көрсеткiш мөлшерiнде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z101" w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z101" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1941 жылғы 22 маусым – 1945 жылғы 9 мамыр аралығында кемiнде алты ай жұмыс iстеген (қызмет өткерген) және Ұлы Отан соғысы жылдарында тылдағы қажырлы еңбегi мен мiнсiз әскери қызметі үшін бұрынғы КСР Одағының ордендерiмен және медальдарымен наградталмаған адамдарға – 50 (елу) айлық есептiк көрсеткiш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z102" w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z102" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан қайтыс болған мүгедектігі бар адамның немесе жеңілдіктер бойынша Ұлы Отан соғысы кезеңінде жаралануы, контузия алуы, мертігуі немесе ауруға шалдығуы салдарынан болған мүгедектігі бар адамдарға теңестірілген қайтыс болған адамның екінші рет некеге тұрмаған зайыбына (жұбайына), сондай-ақ жалпы ауруға шалдығуы, жұмыста мертігуі және басқа да себептер (құқыққа қарсы келетіндерді қоспағанда) салдарынан болған мүгедектігі бар адам деп танылған, қайтыс болған Ұлы Отан соғысы қатысушысының, партизанның, астыртын әрекет етушінің, "Ленинградты қорғағаны үшін" медалімен немесе "Қоршаудағы Ленинград тұрғыны" белгісімен наградталған азаматтың екінші рет некеге тұрмаған зайыбына (жұбайына) – 50 (елу) айлық есептiк көрсеткiш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z103" w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z103" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқа мемлекеттердiң аумағындағы ұрыс қимылдарының ардагерлеріне – 50 (елу) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z104" w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z104" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұрынғы КСР Одағын қорғау, әскери қызметтің өзге де міндеттерін басқа кезеңдерде атқару кезінде жаралануы, контузия алуы, мертігуі салдарынан немесе майданда болуына байланысты, сондай-ақ Ауғанстанда немесе ұрыс қимылдары жүргізілген басқа да мемлекеттерде әскери қызметін өткеру кезінде ауруға шалдығуы салдарынан мүгедектік белгіленген әскери қызметшілерге – 50 (елу) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z105" w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z105" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауғанстандағы немесе ұрыс қимылдары жүргiзiлген басқа да мемлекеттердегi ұрыс қимылдары кезiнде жаралануы, контузия алуы, мертігуі, ауруға шалдығуы салдарынан қаза тапқан (хабар-ошарсыз кеткен) немесе қайтыс болған әскери қызметшiлердiң отбасыларына – 10 (он) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z106" w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z106" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1986 – 1987 жылдары Чернобыль атом электр станциясындағы апаттың, азаматтық немесе әскери мақсаттағы объектiлердегi басқа да радиациялық апаттар мен авариялардың салдарларын жоюға қатысқан, сондай-ақ ядролық сынақтарға тiкелей қатысқан адамдарға – 50 (елу) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z107" w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z107" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектілердегі басқа да радиациялық апаттар мен авариялардың, ядролық сынақтардың салдарынан мүгедектік белгіленген адамдар және мүгедектігі ата-анасының бірінің радиациялық сәуле алуымен генетикалық байланысты олардың балаларына – 50 (елу) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z108" w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z108" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектiлердегi басқа да радиациялық апаттар мен авариялардың салдарларын жою кезiнде қаза тапқан адамдардың отбасыларына – 10 (он) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z109" w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z109" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәуле ауруының салдарынан қайтыс болғандардың немесе қайтыс болған мүгедектігі бар адамдардың, сондай-ақ қайтыс болуы белгіленген тәртіппен Чернобыль атом электр станциясындағы апаттың және азаматтық немесе әскери мақсаттағы объектілердегі басқа да радиациялық апаттар мен авариялардың және ядролық сынақтардың әсеріне байланысты болған азаматтардың отбасыларына – 10 (он) айлық есептік көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z110" w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z110" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 25 қазан - Республика күні:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z111" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z111" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүгедектігі бар адамдарға және мүгедектігі бар балаларға - 3 (үш) айлық есептік көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z114" w:id="37"/>
-[...15 lines deleted...]
-      саяси қуғын-сүргiндерден зардап шеккендер ретiнде ата-аналармен немесе олардың орнындағы адамдармен бiрге бас бостандығынан айыру орындарында, айдауда, жер аударуда немесе арнайы қоныс аударуда болған саяси қуғын-сүргiндер құрбандарының балаларына, сондай-ақ қуғын-сүргiн кезiнде он сегiз жасқа толмаған және оның қолданылуы нәтижесiнде ата-анасының немесе олардың біреуінің қамқорлығынсыз қалған саяси қуғын-сүргiндер құрбандарының балаларына – 5 (бес) айлық есептік көрсеткіш мөлшерінде.</w:t>
+    <w:bookmarkStart w:name="z112" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16 желтоқсан – Тəуелсіздік күні:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z115" w:id="38"/>
+    <w:bookmarkStart w:name="z9" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстандағы 1986 жылғы 17-18 желтоқсан оқиғаларына қатысқаны үшін, осы оқиғаларда қасақана кісі өлтіргені және милиция қызметкерінің, халық жасақшысының өміріне қастандық жасағаны үшін сотталған, өздеріне қатысты қылмыстық істерді қайта қараудың қолданылып жүрген тәртібі сақталатын адамдарды қоспағанда, қуғын-сүргіндерге ұшыраған адамдарға – 60 (алпыс) айлық есептік көрсеткіш мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z10" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      саяси қуғын-сүргiндерден зардап шеккендер ретiнде ата-аналармен немесе олардың орнындағы адамдармен бiрге бас бостандығынан айыру орындарында, айдауда, жер аударуда немесе арнайы қоныс аударуда болған саяси қуғын-сүргiндер құрбандарының балаларына, сондай-ақ қуғын-сүргiн кезiнде он сегiз жасқа толмаған және оның қолданылуы нәтижесiнде ата-анасының немесе олардың біреуінің қамқорлығынсыз қалған саяси қуғын сүргiндер құрбандарының балаларына - 5 (бес) айлық есептік көрсеткіш мөлшерінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгерістер енгізілді - Қызылорда облысы Қазалы аудандық мәслихатының 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 478</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z115" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мұқтаж азаматтардың жекелеген санаттарына әлеуметтік көмек бір рет және (немесе) мезгіл-мезгіл (ай сайын) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z116" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z116" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мұқтаж азаматтардың жекелеген санаттары әлеуметтік көмекке мұқтаждық туындаған сәттен бастап алты айдан кешіктірмей жүгінеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z117" w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z117" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дүлей апаттың немесе өрттің салдарынан азаматқа (отбасына) не оның мүлкіне зиян келген жағдайда әлеуметтік көмек жан басына шаққандағы орташа табысы есепке алынбай көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z118" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z118" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қайтыс болған әрбір отбасы мүшесіне - бір рет 40 (қырық) айлық есептік көрсеткіш;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z119" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z119" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оның мүлкіне зиян келтірілген жағдайда (растайтын құжат болған жағдайда) 150 (жүз елу) айлық есептік көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z120" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z120" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дүлей апат немесе өрт салдарынан мүлкіне залал келген болса, әлеуметтік көмек залал келген мүлік орналасқан жер бойынша меншік иесінің тіркелген жеріне қарамастан көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z121" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z121" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Әлеуметтік маңызы бар аурулардың және айналадағыларға қауіп төндіретін аурулардың салдарынан тыныс-тіршілігінің шектеулі деп танылған азаматтарға (отбасыларға):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z122" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z122" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       туберкулез ауруымен амбулаториялық емдеуде жүрген адамдарға әлеуметтік көмек жан басына шаққандағы орташа табысы есепке алынбай, ай сайын 10 (он) айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z123" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z123" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қатерлі ісік, оның ішінде жіті лимфобластық және жіті миелоидты лейкоз ауруымен диспансерлік есепте тұрған адамдарға ай сайын жан басына шаққандағы орташа табысы есепке алынбай - 7,6 айлық есептік көрсеткіш мөлшерінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z124" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z124" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       диспансерлік есепте тұрған адамның иммун тапшылығы вирусын жұқтырған балалардың ата-аналарына немесе өзге де заңды өкілдеріне жан басына шаққандағы орташа табысы есепке алынбай, тиісті қаржы жылына арналған республикалық бюджет туралы Қазақстан Республикасының Заңында белгіленген ең төмен күнкөріс деңгейінің 2 (екі) еселенген мөлшерінде ай сайын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z125" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z125" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Бакалавр" дәрежесін алуға Қазақстан Республикасының жоғары оқу орындарында күндізгі оқу нысаны бойынша білім алатын студенттерге, өтініш берген уақыттың алдыңғы тоқсандағы жан басына шаққандағы орташа табысы тиісті қаржы жылына арналған республикалық бюджет туралы Қазақстан Республикасының Заңында белгіленген ең төменгі күнкөріс деңгейінің үш еселенген шамасынан төмен халықтың әлеуметтік осал топтары үшін, атап айтқанда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z126" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z126" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүгедектігі бар балаларға, жетім балаларға, асыраушысынан айырылу жағдайы бойынша берiлетiн мемлекеттiк әлеуметтiк жәрдемақы алатын балаларға, ата-анасының қамқорлығынсыз қалған балаларға, балалар үйінде, балалар ауылында тәрбиеленушілерге, ата-анасының екеуі де жасы бойынша зейнеткер, ата-анасының екеуі немесе біреуі мүгедектігі бар адам болып табылатын балаларға, құрамында бірге тұратын кәмелетке толмаған төрт және одан көп балалары, оның ішінде кәмелеттік жасқа толғаннан кейін білім беру ұйымдарын бітіретін уақытқа дейін (бірақ жиырма үш жасқа толғанға дейін) орта, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарында күндізгі оқу нысаны бойынша білім алатын балалары бар көпбалалы, мүгедектігі бар балаларды тәрбиелеп отырған, толық емес отбасыларындағы балаларға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z127" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z127" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       табысы аз отбасылардан шыққан балаларға отбасының жан басына шаққандағы орташа табысы тиісті қаржы жылына арналған республикалық бюджет туралы Қазақстан Республикасының Заңында белгіленген ең төменгі күнкөріс деңгейінен аспаған жағдайда тағайындалады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z128" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z128" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       студенттерге әлеуметтік көмек оқу жылының басында төленетін оқу орындары көрсететін білім беру қызметі мөлшерінде және тамақтануға мен тұруға кететін шығындарды ішінара өтейтін 72 (жетпіс екі) айлық есептік көрсеткіш мөлшеріндегі бір реттік төлемнен тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z129" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z129" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Санаторий-курорттық емделуге бірінші топтағы мүгедектігі бар адаммен ілесіп жүретін адамға жан басына шаққандағы орташа табысы есепке алынбай Үлгілік қағидалардың 12-тармағында көрсетілген құжаттарды қоса ұсына отырып, өтініш негізінде 60 (алпыс) айлық есептік көрсеткіш мөлшерінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z130" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z130" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Бас бостандығынан айыру орындарынан босатылған адамдарға жан басына шаққандағы орташа табысы есепке алынбай әлеуметтік көмек бір рет 15 (он бес) айлық есептік көрсеткіш мөлшерінде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z131" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z131" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Әлеуметтік көмек көрсету тәртібі Үлгілік қағидаларға сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z132" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z132" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Мереке күндеріне орай әлеуметтік көмек алушылардың өтініштері талап етілмей көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z133" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z133" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік көмекті алушылардың санаттарын ЖАО айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z134" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z134" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік көмекті алушылардың тізімдері Мемлекеттік корпорацияға не өзге ұйымдарға сұрау салу негізінде не уәкілетті мемлекеттік органның ақпараттық жүйелерінен электрондық түрде қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z135" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z135" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Әлеуметтік көмек көрсетуге жұмсалатын шығыстарды қаржыландыру Қазалы ауданының бюджетінде көзделген, ағымдағы қаржы жылына арналған қаражат шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z136" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z136" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік көмек көрсету жөніндегі уәкілетті орган Мемлекеттік корпорацияға әлеуметтік көмек көрсету сомаларын аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z137" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z137" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация әлеуметтік көмек көрсету жөніндегі уәкілетті органнан алынған әлеуметтік көмек сомаларын әлеуметтік көмек алушылардың банктік шоттарына аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z138" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z138" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Әлеуметтік көмектің артық төленген сомалары ерікті түрде қайтарылады, заңсыз алынған сомалар ерікті түрде немесе сот тәртібімен қайтарылуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z139" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z139" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Әлеуметтік көмек көрсетуді мониторингтеу мен есепке алуды әлеуметтік көмек көрсету жөніндегі уәкілетті орган "Е-собес" автоматтандырылған ақпараттық жүйесінің дерекқорын пайдалана отырып жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z140" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z140" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Мереке күндеріне төленетін әлеуметтік көмек алушылардың санаттарын қалыптастыру үшін әлеуметтік көмек көрсету жөніндегі уәкілетті орган зейнетақы мен жәрдемақы алатын белсенді азаматтардың мәліметтерін алуға уәкілетті мемлекеттік органның ақпараттық жүйелеріне сұрау салуға бастама жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z141" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z141" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Әлеуметтік көмек көрсету туралы шешім қабылдаған кезде уәкілетті мемлекеттік органның ақпараттық жүйелері арқылы әлеуметтік көмек көрсету жөніндегі уәкілетті орган әлеуметтік көмекті Мемлекеттік корпорация арқылы төлеу процесіне бастама жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z142" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z142" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Әлеуметтік көмек көрсету жөніндегі уәкілетті орган қабылдаған әлеуметтік көмек көрсету туралы шешім негізінде Мемлекеттік корпорация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z143" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z143" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       біржолғы төлемдер бойынша – күн сайын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z144" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z144" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ай сайынғы және тоқсан сайынғы төлемдер бойынша – төлем жасалатын айға дейінгі айдың 29-ы күніне әлеуметтік көмек төлеуге бюджет қаражатына сұраныс қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z145" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z145" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Сұраныс қалыптастырылғаннан кейін Мемлекеттік корпорация келесі жұмыс күнінен кешіктірмей әлеуметтік көмек көрсету жөніндегі уәкілетті органға әлеуметтік көмек төлеуге сұраныс сомасы туралы өтінім жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z146" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z146" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік көмек көрсету жөніндегі уәкілетті орган әлеуметтік көмек төлеуге сұраныс сомасы туралы өтінім түскен күннен бастап екі жұмыс күні ішінде Мемлекеттік корпорацияға әлеуметтік көмек төлеуге сұраныс сомасы туралы өтінімде көзделген сома шегінде ақшалай қаражат аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z147" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z147" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік көмек көрсету жөніндегі уәкілетті орган төлем жасалатын айға дейінгі айдың 27-сі күнінен кейін түскен әлеуметтік көмек төлеуге сұраныс сомалары туралы өтінімдер бойынша ақшалай қаражатты Мемлекеттік корпорацияға төлем айының 1-і күнінен ерте емес аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z148" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z148" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Мемлекеттік корпорация трансферттер түскеннен кейін екі жұмыс күні ішінде төлем кестесіне сәйкес төлем тапсырмаларын қалыптастырады және алушылардың банктік шоттарына төлеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
@@ -2401,268 +2421,268 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2023 жылғы 24 қазандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 91 шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="72"/>
+    <w:bookmarkStart w:name="z75" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазалы аудандық мәслихатының күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z76" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z76" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Әлеуметтiк көмек көрсету, оның мөлшерлерiн белгiлеу және мұқтаж азаматтардың жекелеген санаттарының тiзбесiн айқындау Қағидаларын бекiту туралы" Қазалы аудандық мәслихатының 2021 жылғы 29 сәуірдегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8348 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z77" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z77" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазалы аудандық мәслихатының 2021 жылғы 29 сәуірдегі № 47 "Әлеуметтiк көмек көрсетудің, оның мөлшерлерiн белгiлеу және мұқтаж азаматтардың жекелеген санаттарының тiзбесiн айқындау Қағидаларын бекiту туралы" шешiмiне өзгеріс енгiзу туралы" Қазалы аудандық мәслихатының 2021 жылғы 26 қазандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 121</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 25075 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z78" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z78" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазалы аудандық мәслихатының 2021 жылғы 29 сәуірдегі № 47 "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың Қағидаларын бекіту туралы" шешіміне өзгеріс енгізу туралы" Қазалы аудандық мәслихатының 2022 жылғы 25 шілдедегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 250</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28885 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z79" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z79" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазалы аудандық мәслихатының 2021 жылғы 29 сәуірдегі № 47 "Әлеуметтік көмек көрсетудің, оның мөлшерлерін белгілеудің және мұқтаж азаматтардың жекелеген санаттарының тізбесін айқындаудың Қағидаларын бекіту туралы" шешіміне өзгеріс енгізу туралы" Қазалы аудандық мәслихатының 2022 жылғы 18 қарашадағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 296</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30689 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z80" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z80" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. ""Әлеуметтiк көмек көрсету, оның мөлшерлерiн белгiлеу және мұқтаж азаматтардың жекелеген санаттарының тiзбесiн айқындау Қағидаларын бекiту туралы" Қазалы аудандық мәслихатының 2021 жылғы 29 сәуірдегі № 47 шешіміне өзгеріс енгізу туралы" Қазалы аудандық мәслихатының 2023 жылғы 28 сәуірдегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8396-11 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>