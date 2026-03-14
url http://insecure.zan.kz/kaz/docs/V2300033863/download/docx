--- v0 (2025-10-03)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9c6ca63" w14:textId="9c6ca63">
+    <w:p w14:paraId="bda6683" w14:textId="bda6683">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,69 +85,138 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Екінші деңгейдегі банктердің, Қазақстан Республикасы бейрезидент-банктері филиалдарының, "Қазақстанның Даму Банкі" акционерлік қоғамының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың қарыздар мен шартты міндеттемелер жөніндегі есептілігінің тізбесін, нысандарын, табыс ету мерзімдерін және оларды ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 28 желтоқсандағы № 313 қаулысына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2023 жылғы 25 желтоқсандағы № 100 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 29 желтоқсанда № 33863 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 24 желтоқсандағы № 103 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -40625,55 +40696,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -41003,35 +41096,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>