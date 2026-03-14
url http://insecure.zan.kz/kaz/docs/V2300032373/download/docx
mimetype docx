--- v0 (2025-12-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aab019c" w14:textId="aab019c">
+    <w:p w14:paraId="bbf6466" w14:textId="bbf6466">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,160 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Сақтандыру (қайта сақтандыру) ұйымының салық салынатын кірісін есептеу үшін көрсеткіштер бойынша есептілікті ұсыну нысаны мен мерзімін және оны ұсыну қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2023 жылғы 24 сәуірдегі № 26 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 26 сәуірде № 32373 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2023 жылғы 24 сәуірдегі № 26 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 26 сәуірде № 32373 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 2 желтоқсандағы № 90 қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қаулының күші жойылды - ҚР Ұлттық Банкі Басқармасының 02.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 90</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 190-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -221,358 +313,311 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сақтандыру (қайта сақтандыру) ұйымының салық салынатын кірісін есептеу үшін көрсеткіштер бойынша есептің нысаны;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Сақтандыру (қайта сақтандыру) ұйымының салық салынатын кірісін есептеу үшін көрсеткіштер бойынша есептілікті ұсыну қағидалары бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сақтандыру (қайта сақтандыру) ұйымы Қазақстан Республикасының Ұлттық Банкіне сақтандыру (қайта сақтандыру) ұйымының салық салынатын кірісін есептеу үшін көрсеткіштер бойынша есептілікті ай сайын, есепті айдан кейінгі айдың 6 (алтыншы) жұмыс күнінен кешіктірмей электрондық форматта ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қаржы нарығының статистикасы департаменті (А.М. Боранбаева) Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Заң департаментімен (А.С. Касенов) бірлесіп осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы қаулыны ресми жарияланғаннан кейін Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсына орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы қаулы мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Заң департаментіне осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шараның орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулының орындалуын бақылау Қазақстан Республикасының Ұлттық Банкі Төрағасының орынбасары А.М. Баймағамбетовке жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1086,122 +1131,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 26 Қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайда ұсынылады: Қазақстан Республикасының Ұлттық Банкіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әкімшілік деректер нысаны www.nationalbank.kz интернет-ресурсында орналастырылған </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сақтандыру (қайта сақтандыру) ұйымының салық салынатын кірісін есептеу үшін көрсеткіштер бойынша есеп </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректер нысанының индексі: 1 - NALSPO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1331,68 +1376,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-кесте. Сақтандыру (қайта сақтандыру) ұйымының салық салынатын кірісін есептеу үшін көрсеткіштер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (мың теңгемен)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17283,124 +17328,107 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>есептің нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сақтандыру (қайта сақтандыру) ұйымының салық салынатын кірісін есептеу үшін көрсеткіштер бойынша есеп (индексі – 1 - NALSPO, кезеңділігі – ай сайын) әкімшілік деректер нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсіндірмеде "Сақтандыру (қайта сақтандыру) ұйымының салық салынатын кірісін есептеу үшін көрсеткіштер бойынша есеп" әкімшілік деректер нысанын (бұдан әрі – Нысан) толтыру бойынша талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Нысан "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 190-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17475,269 +17503,249 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нысанды сақтандыру (қайта сақтандыру) ұйымы ай сайын жасайды және есепті кезеңнің соңындағы жағдай бойынша толтырады. Нысандағы деректер мың теңгемен көрсетіледі. 500 (бес жүз) теңгеден аз сома 0 (нөлге) дейін дөңгелектенеді, ал 500 (бес жүз) теңгеге тең және одан көп сома 1 000 (бір мың) теңгеге дейін дөңгелектенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанға басшы немесе есепке қол қою функциясы жүктелген адам және орындаушы қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Сақтандыру (қайта сақтандыру) ұйымының салық салынатын кірісін айқындау мақсатында нысанның көрсеткіштері Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14794 болып тіркелген "Сақтандыру (қайта сақтандыру) ұйымының және сақтандыру тобының пруденциялық нормативтерінің және сақталуға міндетті өзге де нормалар мен лимиттердің нормативтік мәндерін және оларды есептеу әдістемелерін, сақтандыру (қайта сақтандыру) ұйымдары, сақтандыру (қайта сақтандыру) ұйымдарының немесе сақтандыру холдингтерінің еншілес ұйымдары сатып алатын заңды тұлғалардың акцияларына (жарғылық капиталдағы қатысу үлестеріне) қойылатын талаптарды, сақтандыру холдингтері сатып алатын халықаралық қаржы ұйымдары облигацияларының тізбесін, сақтандыру холдингтері сатып алатын облигациялар үшін талап етілетін ең төмен рейтингті және рейтингтік агенттіктердің тізбесін, сондай-ақ сақтандыру (қайта сақтандыру) ұйымдары сатып алатын қаржы құралдарының (акциялар мен жарғылық капиталына қатысу үлестерін қоспағанда) тізбесін белгілеу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 26 желтоқсандағы № 304 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптарға сәйкес есептеледі және көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Сақтандыру резервтері Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18290 болып тіркелген Қазақстан Республикасы Ұлттық Банкі Басқармасының 2019 жылғы 31 қаңтардағы № 13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Сақтандыру резервтерін қалыптастыруға, есептеу әдiстемесiне және олардың құрылымына қойылатын талаптарға сәйкес есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Нысанда 3-бағанды толтыру кезінде есепті кезеңнің соңғы күнін қоса алғанда, есепті кезеңнің соңындағы деректер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сақтандыру (қайта сақтандыру) ұйымы ай сайын, есепті айдан кейінгі айдың 6 (алтыншы) жұмыс күнінен кешіктірмей Қазақстан Республикасының Ұлттық Банкіне веб-портал арқылы "басқа да реттеуші активтер", "басқа да реттеуші міндеттемелер", "басқа да реттеуші резервтер", "басқа да реттеуші кіріс" және "басқа да реттеуші шығыс" баптары бойынша нақтылауды көрсететін есептілікке түсіндірме жазбаны ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. 100, 108, 109, 110, 111, 112, 113, 114, 115, 129, 200, 201, 202, 203, 204, 205, 207, 208, 220, 300, 309, 310, 310.1, 310.2, 400, 401, 402, 403, 404, 405, 406, 407, 408, 409, 410, 420, 500, 501, 502, 503, 504, 505, 506, 507, 508, 509, 510, 511, 512, 513, 514, 515, 516, 523, 524, 526 және 528-жолдарды қоспағанда, 100 – 528-жолдар аралығында сақтандыру (қайта сақтандыру) ұйымының бухгалтерлік есебінен алынған деректер көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17829,93 +17837,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 26 Қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сақтандыру (қайта сақтандыру) ұйымының салық салынатын кірісін есептеу үшін көрсеткіштер бойынша есептілікті ұсыну қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Сақтандыру (қайта сақтандыру) ұйымының салық салынатын кірісін есептеу үшін көрсеткіштер бойынша есептілікті ұсыну </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17990,202 +17992,225 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және сақтандыру (қайта сақтандыру) ұйымының Қазақстан Республикасының Ұлттық Банкіне (бұдан әрі – Ұлттық Банк) есептілікті ұсыну тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Есептілікті ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z34" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Есептілікті сақтандыру (қайта сақтандыру) ұйымы "Қазақстан Республикасы Ұлттық Банкінің Веб-порталы" ақпараттық жүйесі (бұдан әрі – веб-портал) арқылы электрондық түрде ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Есептіліктегі деректер Қазақстан Республикасының ұлттық валютасы – теңгемен көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сақтандыру (қайта сақтандыру) ұйымы басшысының немесе есепке қол қою функциясы жүктелген адамның және орындаушының электрондық цифрлық қолтаңбасымен куәландырылған есептілік электрондық форматта сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Есептіліктегі деректердің толықтығы мен дұрыстығын сақтандыру (қайта сақтандыру) ұйымының басшысы немесе есепке қою функциясы жүктелген адам қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -18507,35 +18532,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>