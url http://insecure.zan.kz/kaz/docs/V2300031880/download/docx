--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="abb0d14" w14:textId="abb0d14">
+    <w:p w14:paraId="4a0c5c4" w14:textId="4a0c5c4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3135,54 +3135,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Айлық есептік көрсеткіштің 6 еселенген мөлшерінен жоғары ұтысқа төлем көзінен алынатын жеке табыс салығы салынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z124" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      50. Лотерея операторы лотереялық ақпаратты өңдеу орталығы арқылы ақпаратты қабылдау, есепке алу, сақтау және беру кезінде Қазақстан Республикасының дербес деректерді қорғау және таратпау, коммерциялық, салықтық және Қазақстан Республикасының заңдарымен қорғалатын өзге де құпияны жария етпеу жөніндегі заңнамасын, сондай-ақ Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтауды қамтамасыз етеді.</w:t>
+      50. Лотерея операторы лотереялық ақпаратты өңдеу орталығы арқылы ақпаратты қабылдау, есепке алу, сақтау және беру кезінде Қазақстан Республикасының дербес деректерді қорғау және таратпау, коммерциялық, салықтық және Қазақстан Республикасының заңдарымен қорғалатын өзге де құпияны жария етпеу жөніндегі заңнамасын, сондай-ақ Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасын сақтауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 50-тармақ жаңа редакцияда - ҚР Туризм және спорт министрінің м.а. 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>