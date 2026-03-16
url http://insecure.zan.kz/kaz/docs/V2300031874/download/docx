--- v0 (2025-11-08)
+++ v1 (2026-03-16)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5d3d40d" w14:textId="5d3d40d">
+    <w:p w14:paraId="5ba281b" w14:textId="5ba281b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Мемлекеттік инвестициялық жобаның инвестициялық ұсынысын әзірлеу немесе түзету, оған қажетті сараптамаларды жүргізу, сондай-ақ бюджеттік инвестицияларды жоспарлау, қарау, іріктеу, іске асырылуын мониторингілеу және бағалау және бюджеттік кредиттеудiң орындылығын айқындау қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2014 жылғы 5 желтоқсандағы № 129 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z0" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2023 жылғы 7 ақпандағы № 18 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 8 ақпанда № 31874 болып тіркелді. Күші жойылды - Қазақстан Республикасы Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 2025 жылғы 23 желтоқсандағы № 133 бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z0" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -3288,75 +3366,70 @@
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z38" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Инвестициялық ұсыныстың ақпараттық парағы"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Бюджеттік бағдарлама әкімшісі және іске асыруға ұсынылатын мемлекеттік инвестициялық жоба (бұдан әрі – МИЖ) жөніндегі деректер</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бюджеттік бағдарлама әкімшісі ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3763,86 +3836,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * жаңа объект құрылған (салынған) жағдайда, болашақ меншік иесі көрсетіледі, реконструкцияланған жағдайда қазіргі меншік иесі көрсетіледі</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ретроспектива (МИЖ бойынша бұрын бөлінген және игерілген қаражат туралы, оның ішінде ағымдағы бағдарламалар бойынша ақпарат)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -9402,306 +9459,210 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="14"/>
+    <w:bookmarkStart w:name="z41" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Саланың маркетингтік талдауы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z42" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объектілерді құру (салу) мен реконструкциялауды, сондай-ақ ақпараттандыру объектілерін құру мен дамытуды болжайтын МИЖ үшін қаралып отырған өңірде жобада (жобалар) болжанған өнімдерге (тауарларға, жұмыстарға, көрсетілетін қызметтерге) қазіргі кездегі және перспективадағы сұранысты не жобаның әлеуметтік-экономикалық қажеттілігін талдауды көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z43" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) квазимемлекеттік сектор субъектілерін жарғылық капиталын қалыптастыру немесе ұлғайту арқылы саланы (салаларды) институционалдық дамытуды болжайтын МИЖ үшін іс-шараларды іске асыру ықпал ететін негізгі көрсеткіштер мен даму серпінін көрсете отырып, іс-шараларды іске асыру болжанатын маркетингтік ортаны талдауды көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z44" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Іске асырылуы болжанатын МИЖ-дің жалпы сипаттамасы (МИЖ-ді жалпы сипаттау басымдылық тәртібінде жеке (жоба бойынша) баяндалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="15"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z45" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МИЖ-дің мақсаты мен міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z46" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мақсат (мақсат Қазақстан Республикасы Мемлекеттік жоспарлау жүйесінің құжаттарында белгіленген экономика саласын (аясын) дамытудың неғұрлым кең міндеттерін/басымдықтарын көрсетуге тиіс);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z47" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сандық есептер (жобаның ауқымын анықтауға болатын жобаның сандық өлшенетін есептерін көрсетіңіз. Белгілі бір сандық көрсеткіштерді көрсетіңіз, мысалы, жобалық қуат және басқалар);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z48" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тікелей және түпкілікті нәтижелер (жобаны іске асыру нәтижесінде оларды алушылар үшін өндірілетін өнімнің/көрсетілетін қызметтің әсері, сондай-ақ бизнес субъектілеріне (оның ішінде шағын және орта бизнеске) әсер ету, Қазақстан Республикасы Мемлекеттік органдары тиімділігінің түйінді көрсеткіштері негізінде жобаны іске асырудан экономикалық және әлеуметтік қайтарымның ұзақ мерзімді көрсеткіштеріне қол жеткізу).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жобаның негіздемесі: (осы жобаны іске асыру қажеттілігін негіздеу; жобаны іске асырған жағдайда осы саланың көрсеткіші қаншалықты көтерілетіндігін көрсету). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9748,86 +9709,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы Қағидаларға 10-қосымшаға сәйкес жобаны іске асыру нұсқасын оңтайлы таңдауды негіздеу үшін әрбір нұсқа бойынша ең аз шығындарға талдау жүргізу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МИЖ сипаттамасы:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (1 және 2-кестеге сәйкес жобаның және оның барлық іс-шаралары мен құрамдауыштар мазмұнын сипаттаңыз)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13198,290 +13143,242 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="16"/>
+    <w:bookmarkStart w:name="z52" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. МИЖ-ді институционалдық басқару схемасы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Негізгі қатысушыларды сипаттау, олардың өзара іс-қимыл схемасы, пайдалар мен шығындарды бөлу, инвестициялық және инвестициядан кейінгі кезеңдерде жобаны басқару схемасы, сондай-ақ пайда алушылар (жобаның іске асырылуынан пайда табатын нысаналы топтар мен адамдар санын көрсетіңіз);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="17"/>
+    <w:bookmarkStart w:name="z53" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Әлеуметтік және экологиялық әсері: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (жобаның қоршаған орта мен тұрғындарға әсер етуін қысқаша сипаттаңыз)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұрғындардың жұмыспен қамтылуына әсері (жобаның іске асырылуына тікелей немесе жанама қатысатын адамдар санын бағалауды ұсыныңыз).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="18"/>
+    <w:bookmarkStart w:name="z54" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. МИЖ-ді қаржыландырудың ықтимал түрлері мен тәсілдері бойынша іске асырудың балама нұсқалары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тиісті негізделген есептерді қоса бере отырып, қаржыландырудың мынадай түрлері мен тәсілдері бойынша МИЖ-ді іске асыру мүмкіндігін (мүмкін еместігін) жазыңыз:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бюджеттік инвестициялық жоба (көзделген бюджет қаражаты шегінде орындалатын мемлекеттік функциялардың, өкілеттіктер мен көрсетілетін мемлекеттік қызметтер көлемінің сандық сипаттамасы, оларға қол жеткізу аталған функцияларды, өкілеттіктерді жүзеге асыратын немесе қызметтер көрсететін ұйымның қызметіне толық байланысты болады, теңгерім ұстаушысы тікелей бюджеттік бағдарлама әкімшісі болып табылатын әлеуметтік-экономикалық әсердің болуы);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z56" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) заңды тұлғалардың жарғылық капиталына мемлекеттің қатысуы арқылы іске асыру жоспарланатын бюджеттік инвестициялар (көзделген бюджет қаражаты шегінде орындалатын мемлекеттік функциялардың, өкілеттіктер мен көрсетілетін мемлекеттік қызметтер көлемінің сандық сипаттамасы, оларға қол жеткізу аталған функцияларды, өкілеттіктерді жүзеге асыратын немесе қызметтер көрсететін ұйымның қызметіне толық байланысты болады және/немесе Инвестицияларды алушының белгілі бір көлемде және сапада өнім өндіруі);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z57" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бюджеттік кредит (ақпаратты бюджеттік кредиттеу қағидаттарына сәйкестігі тұрғысынан көрсету, оның ішінде:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредитті кредит шартына сәйкес өтеу міндеттілігін көздейтін қайтарымдылық;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13510,86 +13407,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредитті бергені үшін қарыз алушының сыйақы төлеуі көзделген ақылылық;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредитті беру мерзімін белгілеуді көздейтін мерзімділік);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік жекешелік-әріптестік (бұдан әрі – МЖӘ) жобасы, оның ішінде концессиялық жоба (сәйкестікке қатысты ақпаратты көрсету):</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13658,366 +13539,270 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жобаны МЖӘ, оның ішінде концессия схемасы бойынша іске асырудың экономикалық тиімділігі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МЖӘ, оның ішінде концессия схемасы бойынша ұсынылатын шешімдердің негізделуі);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="19"/>
+    <w:bookmarkStart w:name="z59" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жеке инвестициялар (ақпаратты МИЖ-дің жоғары өтімділігіне сәйкестігі тұрғысынан көрсету).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z60" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ақпараттандыру объектісін құруға және дамытуға бағытталған бюджеттік инвестициялық жоба үшін болжанатын техникалық-технологиялық шешімдердің сипаттамасы мен негіздемесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="20"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z61" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоба ауқымының сипаттамасы және жоба қуатының есептік негіздемесі, жоба қуатын игеру серпіні;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z62" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) технологиялар мен жабдықтарды таңдау негіздемесі, пайдаланылатын жабдықпен технологиялық үйлесімділік, баға-сапа оңтайлы арақатынасы, технологиялар мен жабдықтарды таңдаудың балама нұсқалары, инновациялық жабдықты қолдану, жобада сапа стандарттарын пайдалану туралы ақпарат;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z63" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жобаның құрамдауыштары бойынша қаржыландыруды бөле отырып, жобаны іске асыру кестесі (оның ішінде технологиялық кезеңдер бойынша);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="21"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z64" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) автоматтандырылған функциялар, процестер және оларды тұтынушылар тізбесі (use-case схемасы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z65" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) телекоммуникация схемасы және байланыс арналарына қойылатын талаптар, жобаның ауқымы мен қуатының сандық көрсеткіштері негізінде есептеу қуаттары мен сақтау көлемдеріне және есептеу құралдарының санына қойылатын талаптардың негіздемесі;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z66" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жүйе архитектурасының, жүйе құрамдауыштарының және олардың өзара байланысының жалпы сипаттамасы;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z67" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жобаны іске асыру нәтижесінде өзекті болмай қалуы мүмкін мемлекеттік ақпараттандыру объектілерін және олардың құрамдауыштарын көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="22"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z68" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) сыртқы ақпараттық жүйелермен интеграцияны көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z69" w:id="23"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z69" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) ақпараттық қауіпсіздік талаптарын көрсету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инвестициялық ұсыныстың осы бөлімінде салыстырмалы талдау жүргізілетін және таңдап алынған нұсқаның негіздемесі ұсынылатын жобаның мақсатына және нәтиже көрсеткіштеріне қол жеткізудің кемінде екі ықтимал нұсқасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16759,68 +16544,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="24"/>
+    <w:bookmarkStart w:name="z72" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бюджеттік инвестициялық жобаның экономикалық қорытындысы"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18370,68 +18155,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z74" w:id="25"/>
+    <w:bookmarkStart w:name="z74" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қатысушылар туралы ақпарат" </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -22778,68 +22563,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18-1-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z76" w:id="26"/>
+    <w:bookmarkStart w:name="z76" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Квазимемлекеттік сектор субъектілерінің салалық картасы"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -41604,63 +41389,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -41982,35 +41789,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>