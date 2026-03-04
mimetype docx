--- v0 (2025-11-10)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4d7085a" w14:textId="4d7085a">
+    <w:p w14:paraId="6267822" w14:textId="6267822">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1023,1557 +1023,1283 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">2. Күші жойылды - ҚР Ауыл шаруашылығы министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. "Балық аулау қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2015 жылғы 27 ақпандағы № 18-04/148 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10606 болып тіркелген):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген балық аулау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 14 қаңтардағы № 18-04/14 "Ішкі және сыртқы нарықтардағы сауда үшін бекіре тұқымдас балық түрлерінің уылдырығын таңбалау қағидаларын бекіту туралы" </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Осы Балық аулау қағидаларында мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аншлаг –өсімді молайту учаскелері мен тыныштық аймақтарының, балық шаруашылығы су айдындарының және (немесе) учаскелерінің атауы мен шекараларын, сондай-ақ аңшылыққа және балық аулауға тыйым салынған мерзімдер мен орындарды көрсететін маңдайша жазу;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Ішкі және сыртқы нарықтарда сауда жасау үшін бекіре тұқымдас балықтардың уылдырығын таңбалау </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
+      2) аумақтық бөлімшелер – Қазақстан Республикасы Экология және табиғи ресурстар министрлігі Балық шаруашылығы комитетінің облысаралық бассейндік балық шаруашылығы инспекциялары; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) балықшы – бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде өзінің еңбек міндеттемелеріне қарай балық ресурстарын және басқа да су жануарларын аулауды жүзеге асыратын балық шаруашылығы субъектісінің қызметкері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) балық аулау – балық ресурстарын және басқа да су жануарларын аулау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) балық аулаушы – Қазақстан Республикасының заңнамасында белгiленген тәртiппен әуесқойлық (спорттық) балық аулау құқығын алған жеке тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) балықтардың көбею кезеңі – белгілі бір балық түрінің уылдырық шашатын уақыт кезеңі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) балықтың кәсіпшілік мөлшері – тұмсығының ұшынан құйрық қанатының орталық жарықшағы негізіне дейін өлшенетін (аузы жабық кезде) аулауға жол берілетін балық өлшемі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) балықтардың қырылуы – балық ресурстарының және басқа да су жануарларының су айдынының және (немесе) учаскесінің гидрохимиялық және өзге де режимінің бұзылуынан туындаған жаппай қырылуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) балықтың қырылу қаупі бар су айдыны және (немесе) учаскесі – балық шаруашылығының балық әлсін-әлсін қырылуға ұшырайтын су айдыны және (немесе) учаскесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) балықтардың өріс аударуы – балықтардың бір мекендеу ортасынан екінші ортаға жаппай ауысуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) балық ресурстары және басқа да су жануарлары – сулы ортада мекендейтін барлық жануардың жалпы жиынтығы, оның ішінде өсімдіктерді қоспағанда, су биологиялық ресурстары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12) балық шаруашылығы – Заңның 9-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес балық ресурстарын және басқа да су жануарларын қорғаумен, өсімін молайтумен, акваөсірумен, балық өсірумен, балық аулаумен, сондай-ақ қайта өңдеумен және өткізумен байланысты шаруашылық қызмет түрі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) балық шаруашылығы субъектісі – қызметінің негізгі бағыты балық шаруашылығын жүргізу болып табылатын жеке немесе заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) балық шаруашылығы су айдындарының және (немесе) учаскелерінің резервтік қоры – жануарлар дүниесін пайдаланушыларға бекітіліп берілмеген балық шаруашылығы су айдындары және (немесе) учаскелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) ведомство – Қазақстан Республикасы Экология және табиғи ресурстар министрлігінің Балық шаруашылығы комитеті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16) жануарлар дүниесін пайдалануға арналған рұқсат – жеке және заңды тұлғаларға жануарлар дүниесін пайдалануға, сондай-ақ жануарлар дүниесінің ұстап алынған объектілерін, олардың бөліктері мен дериваттарын, оның ішінде аңшылық және балық аулау олжаларын әкетуге және өткізуге құқық беретін, "Жануарлар дүниесін пайдалануға рұқсаттар беру қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2014 жылғы 19 желтоқсандағы № 18-04/675 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген (нормативтік құқықтық актілерін мемлекеттік тіркеу тізімінде № 10168 тіркелген) нысан бойынша құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) жануарлар дүниесін пайдаланушылар – Заңға сәйкес жануарлар дүниесін пайдалану құқығы берілген жеке және заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) ихтиологиялық байқаулар – балық шаруашылығы су айдыны ихтиофаунасының жай-күйі туралы деректерді жинау және зерделеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) кездейсоқ ауланым – рұқсаттарда көрсетілмеген балықтар мен басқа да су жануарлары түрлерінің дара нұсқалары және (немесе) белгіленген кәсіпшілік мөлшерден кішірек балық түсетін ауланымның бір бөлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20) қорықшылық қызмет – Заңның 9-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>66) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес балық шаруашылығы субъектілерінің бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде жануарлар дүниесін қорғау функцияларын жүзеге асыратын құрылымдық бөлімшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) қыстау шұңқыры – қысқы кезеңде балықтардың су айдыны түбінің шұңқырларында жаппай жинақталатын орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22) рекреациалық балық аулау аймағы – Заңның 10-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-8) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әуесқойлық (спорттық) балық аулауды жүзеге асыру үшін жергілікті атқарушы орган белгіленген тәртіппен айқындайтын балық шаруашылығы су айдынының және (немесе) учаскесінің және оған іргелес жағалау белдеуінің учаскесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) уәкілетті орган – Қазақстан Республикасы Экология және табиғи ресурстар министрлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) уылдырық шашу – балықтардың жетілген уылдырықты шашу процесі және оның кейіннен ұрықтануы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) ұйық (ұйықтық учаске) – су айдынының және оған іргелес жағалау белдеуінің шектеулі су акваториясы бар, өзеннің және өзге де ағынды су айдынының кәсіпшілік балық аулау мұқтажына арналып, бейімделген учаскесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) шаяндардың кәсіпшілік мөлшері – көзінің ортасынан құйрық тілімшесінің аяғына дейін өлшенетін аулауға жол берілетін шаяндардың өлшемі;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>13-тармақ</w:t>
+        <w:t>16-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>
-      Көрсетілетін қызметті беруші осы Қағидаларға өзгерістер және (немесе) толықтырулар енгізу туралы нормативтік құқықтық актіні бекіткен күннен бастап үш жұмыс күні ішінде енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты Бірыңғай байланыс орталығына жібереді.";</w:t>
-[...141 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+      "16. Кәсіпшілік балық аулауды жүзеге асыратын адамдар әрбір аулауды аумақтық бөлімшелер белгілейтін балық қабылдау пунктінде кәсіпшілік журналына тіркейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кәсіпшілік журналы тігіледі және нөмірленеді, балық шаруашылығы субъектісінің немесе жануарлар дүниесі пайдаланушысының қолымен бекітіледі және аумақтық бөлімшенің мөрімен куәландырылады.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-тармақ</w:t>
+        <w:t>19-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "4. Осы Балық аулау қағидаларында мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      "19. Әуесқойлық (спорттық) балық аулау қармақтардың барлық жүйелерімен және атауларымен (жылтырауық, қармақ, жыртқыш балықтарды аулауға арналған қармақтар, спиннингтер), су асты аңшылығына арналған қарумен, сондай-ақ бір балық аулаушыға үш данадан аспайтын шаяндар мен басқа да су жануарларын аулауға арналған арнайы аспаптармен, қақпандармен және секреттермен жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) аншлаг –өсімді молайту учаскелері мен тыныштық аймақтарының, балық шаруашылығы су айдындарының және (немесе) учаскелерінің атауы мен шекараларын, сондай-ақ аңшылыққа және балық аулауға тыйым салынған мерзімдер мен орындарды көрсететін маңдайша жазу;</w:t>
-[...529 lines deleted...]
-      26) шаяндардың кәсіпшілік мөлшері – көзінің ортасынан құйрық тілімшесінің аяғына дейін өлшенетін аулауға жол берілетін шаяндардың өлшемі;</w:t>
+      Су астындағы аң аулауға арналған арнайы жапқыш құрылғылар мен мылтықтар халықтың демалыс аймағынан тыс жерлерде, сондай-ақ жануарлар дүниесін пайдаланушы арнайы орындарда белгілеген бекітілген балық шаруашылығы су айдындарында және (немесе) рекреациялық балық аулауға арналған учаскелерде пайдаланылады.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>16-тармақ</w:t>
-[...47 lines deleted...]
-    </w:p>
+        <w:t>26-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алып тасталсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. "Аңшылық және балық шаруашылығы субъектілерінің қорықшылық қызметі туралы үлгілік ережені бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 26 маусымда № 18-03/578 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11780 болып тіркелген):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген аңшылық және балық шаруашылығы субъектілерінің қорықшылық қызметі туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Үлгілік ережеде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>19-тармақ</w:t>
-[...226 lines deleted...]
-        </w:rPr>
         <w:t>8-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынандай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "8. Аңшылық және балық шаруашылығының қорықшылық қызметіне он сегіз жасқа толған тұлғалар қабылданады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Балық шаруашылығын жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 31 наурыздағы № 18-05/290 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10946 болып тіркелген):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген балық шаруашылығын жүргізу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2963,68 +2689,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жануарлар дүниесін пайдалануға рұқсат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5446,1861 +5172,110 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
-            <w:r>
-[...63 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="21"/>
-[...1740 lines deleted...]
-</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымшаның күші жойылды - ҚР Ауыл шаруашылығы министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -7308,55 +5283,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>