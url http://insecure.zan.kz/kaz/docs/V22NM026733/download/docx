--- v0 (2025-10-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8a9ef6e" w14:textId="8a9ef6e">
+    <w:p w14:paraId="cf44ca7" w14:textId="cf44ca7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -845,825 +845,630 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қарасу ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар жаңа редакцияда - Қостанай облысы Қарасу ауданы әкімдігінің 25.04.2025 </w:t>
+      Ескерту. Қағидалар жаңа редакцияда - Қостанай облысы Қарасу ауданы әкімдігінің 03.02.2026  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 81</w:t>
+        <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z26" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z27" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Қарасу ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары (бұдан әрі - Қағидалар) "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының (бұдан әрі - Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-3-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағының 11) тармақшасына, өзге де нормативтік құқықтық актілерге сәйкес әзірленді және Қарасу ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда келесі негізгі ұғымдар қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бірыңғай сәулеттік стиль – құрылыста пайдаланылатын, аумақтың белгілі бір құрылыс салу ауданына, оның ішінде жеке құрылыс салуға тән бірыңғай белгілер жиынтығы. Сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары негізгі өлшемдер болып табылады. Жеке құрылыс салу ауданы үшін сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары, қоршаулары, жабын түрі мен учаске аумағындағы шаруашылық-тұрмыстық құрылыстардың орналасуы негізгі өлшемдер болып табылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кондоминиум объектісі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан, орынтұрақ орындарынан, қоймалардан және дара (бөлек) меншікте болмайтын және пәтерлердің, тұрғын емес үй-жайлардың, орынтұрақ орындарының, қоймалардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі ортақ мүліктен тұратын біртұтас мүліктік кешен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кондоминиум объектісінің ортақ мүлкі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан, орынтұрақ орындарынан, қоймалардан басқа, кондоминиум объектісінің бөліктері (қасбеттер, кіреберістер, вестибюльдер, холдар, дәліздер, баспалдақ марштары мен баспалдақ алаңдары, лифтілер, шатырлар, кіреберіс жерлердегі қорғауыштар (қалқалар), шатырастылар, техникалық қабаттар, жертөлелер, үйге ортақ инженерлік жүйелер мен жабдықтар, абоненттік пошта жәшіктері, көппәтерлі тұрғын үй тұрған жер учаскесі және (немесе) үй жанындағы жер учаскесі, абаттандыру элементтері және ортақ пайдаланылатын басқа да мүлік);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z28" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> келесі негізгі ұғымдар қолданылады:</w:t>
+        <w:t>
+      4) кондоминиум объектісінің ортақ мүлкін ағымдағы жөндеу – мерзімінен бұрын тозуын болғызбау және ақауларын жою мақсатында жүргізілетін, көппәтерлі тұрғын үйдің нормативтік және техникалық құжаттамада белгіленген құрама бөліктері мен инженерлік жабдықтарын ауыстыру немесе қалпына келтіру жөніндегі уақтылы техникалық іс-шаралар мен жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z29" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бірыңғай сәулеттік стиль – құрылыста пайдаланылатын, аумақтың белгілі бір құрылыс салу ауданына, оның ішінде жеке құрылыс салуға тән бірыңғай белгілер жиынтығы. Сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары негізгі өлшемдер болып табылады. Жеке құрылыс салу ауданы үшін сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары, қоршаулары, жабын түрі мен учаске аумағындағы шаруашылық-тұрмыстық құрылыстардың орналасуы негізгі өлшемдер болып табылады;</w:t>
+      5) кондоминиум объектісінің ортақ мүлкін күрделі жөндеу – көппәтерлі тұрғын үйдің ресурсын қалпына келтіру мақсатында жүргізілетін, көппәтерлі тұрғын үйдің тозған конструкцияларын, бөлшектерін және инженерлік жабдықтарын жаңа немесе анағұрлым мықты және үнемді, жөнделетін объектілердің пайдалану көрсеткіштерін жақсартатын түрлеріне ауыстыру жөніндегі іс-шаралар мен жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z30" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) кондоминиум объектісі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан, орынтұрақ орындарынан, қоймалардан және дара (бөлек) меншікте болмайтын және пәтерлердің, тұрғын емес үй-жайлардың, орынтұрақ орындарының, қоймалардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі ортақ мүліктен тұратын біртұтас мүліктік кешен;</w:t>
+      6) көппәтерлі тұрғын үй – ортақ үлестік меншік болып табылатын кондоминиум объектісінің ортақ мүлкінен және көппәтерлі тұрғын үйге іргелес жатқан жер учаскесіне не кондоминиум объектісі ортақ мүлкінің өзге де бөліктеріне дербес шығатын жерлері бар екі және одан көп пәтерлерден, тұрғын емес үй-жайлардан тұратын, біртұтас бөлінбейтін жер учаскесінде біртұтас іргетасы бар жеке тұрған ғимарат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z31" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) кондоминиум объектісінің ортақ мүлкі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан, орынтұрақ орындарынан, қоймалардан және ұялы байланыс операторларының меншігі болып табылатын телекоммуникациялық жабдықтан басқа, кондоминиум объектісінің бөліктері (қасбеттер, кіреберістер, вестибюльдер, холдар, дәліздер, баспалдақ марштары мен баспалдақ алаңдары, лифтілер, шатырлар, шатырастылар, техникалық қабаттар, жертөлелер, үйге ортақ инженерлік жүйелер мен жабдықтар, абоненттік пошта жәшіктері, көппәтерлі тұрғын үй тұрған жер учаскесі және (немесе) үй жанындағы жер учаскесі, абаттандыру элементтері және ортақ пайдаланылатын басқа да мүлік);</w:t>
+      7) көппәтерлі тұрғын үй пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жиналысы (бұдан әрі – жиналыс) – кондоминиум объектісін басқаруға байланысты шешімдерді ұжымдық талқылауды және (немесе) қабылдауды қамтамасыз ететін кондоминиум объектісін басқарудың жоғары органы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z32" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) кондоминиум объектісінің ортақ мүлкін ағымдағы жөндеу – мерзімінен бұрын тозуын болғызбау және ақауларын жою мақсатында жүргізілетін, көппәтерлі тұрғын үйдің нормативтік және техникалық құжаттамада белгіленген құрама бөліктері мен инженерлік жабдықтарын ауыстыру немесе қалпына келтіру жөніндегі уақтылы техникалық іс-шаралар мен жұмыстар кешені;</w:t>
+      8) реконструкциялау – әдетте, өзгеретін объектіні жаңарту және жаңғырту қажеттілігіне байланысты жекелеген үй-жайларды, ғимараттың өзге де бөліктерін немесе тұтастай ғимаратты өзгерту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z33" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      5) кондоминиум объектісінің ортақ мүлкін күрделі жөндеу – көппәтерлі тұрғын үйдің ресурсын қалпына келтіру мақсатында жүргізілетін, көппәтерлі тұрғын үйдің тозған конструкцияларын, бөлшектерін және инженерлік жабдықтарын жаңа немесе анағұрлым мықты және үнемді, жөнделетін объектілердің пайдалану көрсеткіштерін жақсартатын түрлеріне ауыстыру жөніндегі іс-шаралар мен жұмыстар кешені;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z34" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) кондоминиум объектісінің ортақ мүлкін күтіп-ұстау – кондоминиум объектісінің ортақ мүлкін техникалық пайдалану, санитариялық күтіп-ұстау және ағымдағы жөндеу бойынша жұмыстар немесе көрсетілетін қызметтер кешені;</w:t>
+        <w:t xml:space="preserve">
+      3. "Қарасу ауданы әкімдігінің тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі, автомобиль жолдары және тұрғын үй инспекциясы бөлімі" мемлекеттік мекемесі (бұдан әрі - Бөлім) Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 19 қарашадағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 702</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Ғимараттар мен құрылыстардың сенімділігін және орнықтылығын техникалық зерттеп-қарауды жүзеге асыру қағидаларын бекіту туралы" бұйрығына сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12425 болып тіркелген) берілген сараптамалық қортындысы негізінде Қарасу ауданына бірыңғай сәулеттік келбет беру үшін көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жүргізуді талап ететін көппәтерлі тұрғын үйлердің тізбесін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z35" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7) көппәтерлі тұрғын үй – ортақ үлестік меншік болып табылатын кондоминиум объектісінің ортақ мүлкінен және көппәтерлі тұрғын үйге іргелес жатқан жер учаскесіне не кондоминиум объектісі ортақ мүлкінің өзге де бөліктеріне дербес шығатын жерлері бар екі және одан көп пәтерлерден, тұрғын емес үй-жайлардан тұратын, біртұтас бөлінбейтін жер учаскесінде біртұтас іргетасы бар жеке тұрған ғимарат;</w:t>
+        <w:t xml:space="preserve">
+      4. Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген көппәтерлі тұрғын үйлердің тізбесі айқындалғаннан кейін "Қарасу ауданы әкімдігінің сәулет, қала құрылысы және құрылысы бөлімі" мемлекеттік мекемесі Қарасу ауданына бірыңғай сәулеттік көрінісін әзірлеуді және бекітуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z36" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      8) көппәтерлі тұрғын үй кондоминиумы (бұдан әрі – кондоминиум) – Қазақстан Республикасының заңнамасында айқындалған тәртіппен тіркелген меншік нысаны, бұл ретте пәтерлер, тұрғын емес үй-жайлар, орынтұрақ орындары, қоймалар дара (бөлек) меншікте болады, ал дара (бөлек) меншікте емес бөліктер пәтерлердің, тұрғын емес үй-жайлардың, орынтұрақ орындарының, қоймалардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі болады;</w:t>
+        <w:t xml:space="preserve">
+      5. Қарасу ауданының әкімдігі Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің міндетін атқарушы 2020 жылғы 30 наурыздағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 163</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Кондоминиум объектісін басқару және кондоминиум объектісінің ортақ мүлкін күтіп-ұстау жөнінде шешімдерді қабылдау қағидаларын, сондай-ақ жиналыс хаттамаларының үлгілік нысандарын бекіту туралы" бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20283 болып тіркелген) сәйкес мынадай іс шараларды ұйымдастырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z37" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) көппәтерлі тұрғын үй пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жиналысы (бұдан әрі – жиналыс) – пәтерлер, тұрғын емес үй-жайлар меншік иелерінің кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға байланысты шешімдерді ұжымдық талқылауын және дауыс беру арқылы қабылдауын қамтамасыз ететін кондоминиум объектісін басқарудың жоғары органы.</w:t>
+      1) көппәтерлі тұрғын үйдің пәтерлерінің, тұрғын емес үй-жайларының (олар болған жағдайда) меншік иелерін әкімдіктің ресми интернет-ресурсында ауданның бірыңғай сәулеттік келбеті жобасымен таныстыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z38" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) реконструкциялау – әдетте, өзгеретін объектіні жаңарту және жаңғырту қажеттілігіне байланысты жекелеген үй-жайларды, ғимараттың өзге де бөліктерін немесе тұтастай ғимаратты өзгерту.</w:t>
+      2) көппәтерлі тұрғын үйдің пәтерлері мен тұрғын емес үй-жайларының (олар болған жағдайда) меншік иелерін жоспарланатын жұмыстар және оларды өткізудің болжамды мерзімдері туралы ақпараттандыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z39" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру тәртібі</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көппәтерлі тұрғын үйдің сыртқы қабырғаларын, шатырына жөндеу жұмыстарының жүргізілуіне келісу немесе келіспеу туралы шешім қабылдау үшін пәтерлердің, тұрғын емес үй-жайлардың (олар болған жағдайда) меншік иелерінің жиналысын ұйымдастыру және өткізу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z40" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> "Ғимараттар мен құрылыстардың сенімділігін және орнықтылығын техникалық зерттеп-қарауды жүзеге асыру қағидаларын бекіту туралы" бұйрығына сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12425 болып тіркелген) берілген сараптамалық қортындысы негізінде Қарасу ауданына бірыңғай сәулеттік келбет беру үшін көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жүргізуді талап ететін көппәтерлі тұрғын үйлердің тізбесін айқындайды.</w:t>
+        <w:t>
+      6. Егер жиналысқа пәтерлер, тұрғын емес үй-жайлар меншік иелерінің жалпы санының жартысынан астамы қатысса, жиналыс шешім қабылдауға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z41" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген көппәтерлі тұрғын үйлердің тізбесі айқындалғаннан кейін "Қарасу ауданы әкімдігінің сәулет, қала құрылысы және құрылысы бөлімі" мемлекеттік мекемесі Қарасу ауданына бірыңғай сәулеттік көрінісін әзірлеуді және бекітуді қамтамасыз етеді.</w:t>
+        <w:t>
+      7. Жиналыста теріс шешім қабылданған жағдайда, көппәтерлі тұрғын үйдің сыртқы қабырғаларын, шатырын жөндеу жөніндегі бірыңғай сәулеттік келбет беруге бағытталған жұмыстар жүргізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z42" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> "Кондоминиум объектісін басқару және кондоминиум объектісінің ортақ мүлкін күтіп-ұстау жөнінде шешімдерді қабылдау қағидаларын, сондай-ақ жиналыс хаттамаларының үлгілік нысандарын бекіту туралы" бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20283 болып тіркелген) сәйкес мынадай іс шараларды ұйымдастырады:</w:t>
+        <w:t>
+      8. Жиналыстың оң шешімі қабылданған жағдайда, Бөлім құрылыс нормаларының талаптарына сәйкес жұмыс көлемін, жөндеу түрін (реконструкциялау, ағымдағы немесе күрделі) айқындау және олардың физикалық тозу дәрежесін белгілеу үшін әрбір көппәтерлі тұрғын үйдің сыртқы қабырғаларының, шатырының техникалық жай-күйін тексеруді ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z43" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көппәтерлі тұрғын үйдің пәтерлерінің, тұрғын емес үй-жайларының (олар болған жағдайда) меншік иелерін әкімдіктің ресми интернет-ресурсында ауданның бірыңғай сәулеттік келбеті жобасымен таныстыру;</w:t>
+      9. Жұмыс көлемін, жөндеу үлгісін (реконструкциялау, ағымдағы немесе күрделі) айқындау үшін әрбір көппәтерлі тұрғын үйдің сыртқы қабырғаларының, шатырының техникалық жай-күйін тексеру жөніндегі ұйымды таңдау мемлекеттік сатып алу туралы заңнамаға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z44" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) көппәтерлі тұрғын үйдің пәтерлері мен тұрғын емес үй-жайларының (олар болған жағдайда) меншік иелерін жоспарланатын жұмыстар және оларды өткізудің болжамды мерзімдері туралы ақпараттандыру;</w:t>
+      10. Бірыңғай сәулеттік келбет беруге бағытталған көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды сатып алуды бөлім мемлекеттік сатып алу туралы заңнамаға сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z45" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) көппәтерлі тұрғын үйдің сыртқы қабырғаларын, шатырына жөндеу жұмыстарының жүргізілуіне келісу немесе келіспеу туралы шешім қабылдау үшін пәтерлердің, тұрғын емес үй-жайлардың (олар болған жағдайда) меншік иелерінің жиналысын ұйымдастыру және өткізу.</w:t>
+      11. Бөлім бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларды, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды қабылдауды техникалық қадағалауды жүзеге асыратын тұлғаларды тарта отырып жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z46" w:id="28"/>
-[...254 lines deleted...]
-    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1736,55 +1541,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2110,31 +1915,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>