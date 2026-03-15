--- v0 (2025-11-09)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fff60fe" w14:textId="fff60fe">
+    <w:p w14:paraId="f93ba6b" w14:textId="f93ba6b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -665,75 +665,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">                  Нұр-Сұлтан қаласының </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">            әкімі</w:t>
+              <w:t>      Нұр-Сұлтан қаласының әкімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -913,857 +889,733 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Астана қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағида жаңа редакцияда - Астана қаласы әкімдігінің 23.01.2025 </w:t>
+      Ескерту. Қағида жаңа редакцияда - Астана қаласы әкімдігінің 25.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 182-224</w:t>
+        <w:t>№ 182-5033</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="5"/>
+    <w:bookmarkStart w:name="z16" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Астана қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары (бұдан әрі – Қағидалар) "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңы 10-3-бабы 2-тармағының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve">, "Қазақстан Республикасы астанасының мәртебесi туралы" Қазақстан Республикасы Заңы </w:t>
+      1. Осы Астана қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары (бұдан әрі – Қағидалар) "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-3-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының 8), 11) тармақшаларына, "Қазақстан Республикасы астанасының мәртебесi туралы" Қазақстан Республикасы Заңы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 19-14) тармақшасына сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z20" w:id="6"/>
-[...15 lines deleted...]
-      2. Қағидаларда мынадай негізгі ұғымдар қолданылады:</w:t>
+    <w:bookmarkStart w:name="z17" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай негізгі ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z21" w:id="7"/>
-[...15 lines deleted...]
-      1) бірыңғай сәулеттік стиль – құрылыста пайдаланылатын, аумақтың белгілі бір құрылыс ауданына, оның ішінде жеке құрылысқа тән бірыңғай белгілердің жиынтығы. Негізгі параметрлер сыртқы келбеті, сәулеттік стилі, түсті шешімі, қабаттылығы, әрлеу материалдары болып табылады. Жеке құрылыс ауданы үшін негізгі параметрлер сыртқы келбеті, сәулеттік стилі, түсті шешімі, қабаттылығы, әрлеу материалдары, қоршаулар, шатырдың типі және учаске аумағында шаруашылық-тұрмыстық құрылыстардың орналасуы болып табылады;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бірыңғай сәулеттік стиль – құрылыста пайдаланылатын, аумақтың белгілі бір құрылыс салу ауданына, оның ішінде жеке құрылыс салуға тән бірыңғай белгілер жиынтығы. Сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары негізгі өлшемдер болып табылады. Жеке құрылыс салу ауданы үшін сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары, қоршаулары, жабын түрі мен учаске аумағындағы шаруашылық-тұрмыстық құрылыстардың орналасуы негізгі өлшемдер болып табылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z22" w:id="8"/>
-[...15 lines deleted...]
-      2) кондоминиум объектісі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан және дара (бөлек) меншікте болмайтын және пәтерлердің, тұрғын емес үй-жайлардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі ортақ мүліктен тұратын біртұтас мүліктік кешен;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кондоминиум объектісі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан, орынтұрақ орындарынан, қоймалардан және дара (бөлек) меншікте болмайтын және пәтерлердің, тұрғын емес үй-жайлардың, орынтұрақ орындарының, қоймалардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі ортақ мүліктен тұратын біртұтас мүліктік кешен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z23" w:id="9"/>
-[...15 lines deleted...]
-      3) кондоминиум объектісінің ортақ мүлкі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан басқа, кондоминиум объектісінің бөліктері (қасбеттер, кіреберістер, вестибюльдер, холдар, дәліздер, баспалдақ марштары мен баспалдақ алаңдары, лифтілер, шатырлар, шатырастылар, техникалық қабаттар, жертөлелер, үйге ортақ инженерлік жүйелер мен жабдықтар, абоненттік пошта жәшіктері, көппәтерлі тұрғын үй тұрған жер учаскесі және (немесе) үй жанындағы жер учаскесі, абаттандыру элементтері және ортақ пайдаланылатын басқа да мүлік);</w:t>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кондоминиум объектісінің ортақ мүлкі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан, орынтұрақ орындарынан, қоймалардан басқа, кондоминиум объектісінің бөліктері (қасбеттер, кіреберістер, вестибюльдер, холдар, дәліздер, баспалдақ марштары мен баспалдақ алаңдары, лифтілер, шатырлар, кіреберіс жерлердегі қорғауыштар (қалқалар), шатырастылар, техникалық қабаттар, жертөлелер, үйге ортақ инженерлік жүйелер мен жабдықтар, абоненттік пошта жәшіктері, көппәтерлі тұрғын үй тұрған жер учаскесі және (немесе) үй жанындағы жер учаскесі, абаттандыру элементтері және ортақ пайдаланылатын басқа да мүлік);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z24" w:id="10"/>
-[...15 lines deleted...]
-      4) кондоминиум объектісінің ортақ мүлкін ағымдағы жөндеу – мерзімінен бұрын тозуын болғызбау және ақауларын жою мақсатында жүргізілетін, көппәтерлі тұрғын үйдің нормативтік және техникалық құжаттамада белгіленген құрама бөліктері мен инженерлік жабдықтарын ауыстыру немесе қалпына келтіру жөніндегі уақтылы техникалық іс-шаралар мен жұмыстар кешені;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кондоминиум объектісінің ортақ мүлкін ағымдағы жөндеу –мерзімінен бұрын тозуын болғызбау және ақауларын жою мақсатында жүргізілетін, көппәтерлі тұрғын үйдің нормативтік және техникалық құжаттамада белгіленген құрама бөліктері мен инженерлік жабдықтарын ауыстыру немесе қалпына келтіру жөніндегі уақтылы техникалық іс-шаралар мен жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z25" w:id="11"/>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) кондоминиум объектісінің ортақ мүлкін күрделі жөндеу – көппәтерлі тұрғын үйдің ресурсын қалпына келтіру мақсатында жүргізілетін, көппәтерлі тұрғын үйдің тозған конструкцияларын, бөлшектерін және инженерлік жабдықтарын жаңа немесе анағұрлым мықты және үнемді, жөнделетін объектілердің пайдалану көрсеткіштерін жақсартатын түрлеріне ауыстыру жөніндегі іс-шаралар мен жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z26" w:id="12"/>
-[...15 lines deleted...]
-      6) кондоминиум объектісінің ортақ мүлкін күтіп-ұстау – кондоминиум объектісінің ортақ мүлкін техникалық пайдалану, санитариялық күтіп-ұстау және ағымдағы жөндеу бойынша жұмыстар немесе көрсетілетін қызметтер кешені;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) көппәтерлі тұрғын үй – ортақ үлестік меншік болып табылатын кондоминиум объектісінің ортақ мүлкінен және көппәтерлі тұрғын үйге іргелес жатқан жер учаскесіне не кондоминиум объектісі ортақ мүлкінің өзге де бөліктеріне дербес шығатын жерлері бар екі және одан көп пәтерлерден, тұрғын емес үй-жайлардан тұратын, біртұтас бөлінбейтін жер учаскесінде біртұтас іргетасы бар жеке тұрған ғимарат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z27" w:id="13"/>
-[...15 lines deleted...]
-      7) көппәтерлі тұрғын үй – ортақ үлестік меншік болып табылатын кондоминиум объектісінің ортақ мүлкінен және көппәтерлі тұрғын үйге іргелес жатқан жер учаскесіне не кондоминиум объектісі ортақ мүлкінің өзге де бөліктеріне дербес шығатын жерлері бар екі және одан көп пәтерлерден, тұрғын емес үй-жайлардан тұратын, біртұтас бөлінбейтін жер учаскесінде біртұтас іргетасы бар жеке тұрған ғимарат;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) көппәтерлі тұрғын үй пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жиналысы (бұдан әрі – жиналыс) – кондоминиум объектісін басқаруға байланысты шешімдерді ұжымдық талқылауды және (немесе) қабылдауды қамтамасыз ететін кондоминиум объектісін басқарудың жоғары органы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z28" w:id="14"/>
-[...15 lines deleted...]
-      8) көппәтерлі тұрғын үй кондоминиумы (бұдан әрі – кондоминиум) – Қазақстан Республикасының заңнамасында айқындалған тәртіппен тіркелген меншік нысаны, бұл ретте пәтерлер, тұрғын емес үй-жайлар дара (бөлек) меншікте болады, ал дара (бөлек) меншікте емес бөліктер пәтерлердің, тұрғын емес үй-жайлардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі болады;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қағидалар Астана қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыруға және жүргізуге ғана қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z29" w:id="15"/>
-[...15 lines deleted...]
-      9) көппәтерлі тұрғын үй пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жиналысы (бұдан әрі – жиналыс) – пәтерлер, тұрғын емес үй-жайлар меншік иелерінің кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға байланысты шешімдерді ұжымдық талқылауын және дауыс беру арқылы қабылдауын қамтамасыз ететін кондоминиум объектісін басқарудың жоғары органы;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z30" w:id="16"/>
-[...15 lines deleted...]
-      10) реконструкциялау – әдетте өзгеретін объектіні жаңарту мен жаңғырту қажеттігіне байланысты жалпы жекелеген үй-жайларды, ғимараттың өзге де бөліктерін немесе ғимаратты өзгерту.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бірыңғай сәулет стилінің тұжырымдамасын "Астана қаласының Сәулет, қала құрылысы және жер қатынастары басқармасы" мемлекеттік мекемесі (бұдан әрі – сәулет органы) әзірлейді және бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z31" w:id="17"/>
-[...15 lines deleted...]
-      3. Қағидалар Астана қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыруға және жүргізуге ғана қолданылады.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Астана қаласының Тұрғын үй және тұрғын үй инспекциясы басқармасы" мемлекеттік мекемесінің (бұдан әрі – бюджеттік бағдарламаның әкімшісі) қаладағы тиісті аудан әкімдерімен және сәулет органмен бірлесіп, қаланың бірыңғай сәулет стилінің бекітілген тұжырымдамасы негізінде бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жүргізуді талап ететін көппәтерлі тұрғын үйлердің тізбесін анықтайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z32" w:id="18"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Астана қаласына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жүргізуді талап ететін көппәтерлі тұрғын үйлердің бекітілген тізбесі негізінде жергілікті бюджет қаражаты болған кезде бюджеттік бағдарламаның әкімшісі мынадай жұмыстарды ұйымдастырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Астана қаласының бірыңғай сәулет стилінің бекітілген тұжырымдамасын бекіте отырып, көппәтерлі тұрғын үйлердің пәтерлері мен тұрғын емес үй-жайларының (олар болған жағдайда) меншік иелерін таныстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көппәтерлі тұрғын үйлердің пәтер және тұрғын емес үй-жайларының меншік иелерін жоспарланған жұмыстар және оларды жүргізудің болжамды мерзімдері туралы ақпараттандыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бірыңғай сәулеттік келбет беруге бағытталған, сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жүргізу туралы шешім қабылдай отырып, Қазақстан Республикасының заңнамасына сәйкес пәтерлер және тұрғын емес үй-жайлар меншік иелерінің жиналысын ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жиналыс теріс шешім қабылдаған жағдайда, бірыңғай сәулеттік келбет беруге бағытталған, сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жұмыстары жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Жиналыс оң шешім қабылдаған жағдайда, бюджеттік бағдарламаның әкімшісі құрылыс нормаларының талаптарына сәйкес құрамы мен көлемін айқындау үшін кондоминиум объектісінің ортақ мүлкіне техникалық тексеруді ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Кондоминиум объектісінің ортақ мүлкіне техникалық тексеру үшін ұйымды таңдау Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Кондоминиум объектісінің ортақ мүлкіне техникалық тексеру техникалық зерттеп-қарауды ғимараттар мен құрылыстардың сенімділігін және орнықтылығын техникалық зерттеп-қарауды жүзеге асыру құқығына тиісті аттестаты бар сарапшылар не құрамында аттестатталған сарапшылары бар аккредиттелген ұйым жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Кондоминиум объектісінің ортақ мүлкіне техникалық тексеру қорытындысы бойынша бюджеттік бағдарламаның әкімшісі жергілікті бюджет қаражаты есебінен тиісті жобалар жөніндегі сараптама қорытындысын ала отырып, ағымдағы жөндеудің сметалық есебін әзірлеу немесе сыртқы қабырғаларын, шатырларын реконструкциялау, күрделі жөндеуге жобалау-сметалық құжаттаманы дайындау бойынша жұмысты ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Жобалау тиісті лицензиялары бар мамандандырылған ұйымдармен орындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды сатып алу бюджеттік бағдарлама әкімшісімен Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасына сәйкес іске асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды қабылдауды Қазақстан Республикасының сәулет, қала құрылысы және құрылыс қызметі саласындағы заңнамасына сәйкес, бюджеттік бағдарлама әкімшісі жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Астана қаласына бірыңғай сәулеттік келбет беруге бағытталған көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды қаржыландыру жергілікті бюджет қаражаты есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...382 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>