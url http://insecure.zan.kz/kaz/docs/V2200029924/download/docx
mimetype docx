--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f3bba33" w14:textId="f3bba33">
+    <w:p w14:paraId="148e2d1" w14:textId="148e2d1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,1251 +93,1315 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушілердің және (немесе) импорттаушылардың Қазақстан Республикасына алкоголь өнiмiн импорттау және (немесе) өндіру кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 144 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 28 қыркүйектегі № 998 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 30 қыркүйекте № 29924 болып тіркелді</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 28 қыркүйектегі № 998 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 30 қыркүйекте № 29924 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 682</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушілердің және (немесе) импорттаушылардың Қазақстан Республикасына алкоголь өнiмiн импорттау және (немесе) өндіру кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 144 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16437 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушілердің және (немесе) импорттаушылардың Қазақстан Республикасына алкоголь өнiмiн импорттау және (немесе) өндіру кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 144 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тақырыбы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидаларын, сондай-ақ осындай мiндеттеменi есепке алу тәртiбi мен қамтамасыз ету мөлшерiн бекіту туралы";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>тақырыбы</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+        <w:t>1-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидаларын, сондай-ақ осындай мiндеттеменi есепке алу тәртiбi мен қамтамасыз ету мөлшерiн бекіту туралы";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+      1. Мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн есепке алу қағидалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн қамтамасыз ету мөлшерi бекітілсін."; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген, Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушілердің және (немесе) импорттаушылардың Қазақстан Республикасына алкоголь өнiмiн импорттау және (немесе) өндіру кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-тармақ</w:t>
+        <w:t>тақырыбы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Мыналар:</w:t>
-[...156 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
+      "Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидалары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>тақырыбы</w:t>
+        <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидалары (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) 172-бабы 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленген және:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидалары";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
+      1) алкоголь өнімін (толысылған шарапты және сыра қайнату өнімін қоспағанда) (бұдан әрі – алкоголь өнімі) өндіру бойынша қызметті жүзеге асыратын дара кәсіпкерлер мен заңды тұлғалардың, Қазақстан Республикасының аумағына алкоголь өнімін импорттайтын Қазақстан Республикасының бейрезидент-заңды тұлғалардың, борышкердің мүлкін (активтерін) өткізу кезінде банкроттықты және оңалтуды басқарушылардың (бұдан әрі – көрсетілетін қызметті алушы) алкоголь өніміне есепке алу-бақылау маркаларын (бұдан әрі – ЕБМ) алу, есепке алу, сақтау, беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) алкоголь өнімін өндіруді және (немесе) Қазақстан Республикасына импорттауды жүзеге асыратын тұлғаның Салық кодексінің 172-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы міндеттемесін (бұдан әрі – Міндеттеме) және өндірушінің және (немесе) импорттаушының алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы есебін облыстар, республикалық маңызы бар қалалар және астана бойынша мемлекеттік кірістер органдарына (бұдан әрі – мемлекеттік кірістер органы) ұсыну тәртібін айқындайды.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-тармақ</w:t>
+        <w:t>5-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және (немесе) импорттаушының алкоголь өнiмiн өндіру және (немесе) Қазақстан Республикасына импорттау кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидалары (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) 172-бабы 15-тармағының </w:t>
-[...98 lines deleted...]
-    </w:p>
+      "5. Өндіруші және (немесе) импорттаушы ЕБМ алғанға дейін мемлекеттік кірістер органдарына осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы міндеттемені ұсынады."; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-тармақ</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+        <w:t>18-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші абзацы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "5. Өндіруші және (немесе) импорттаушы ЕБМ алғанға дейін мемлекеттік кірістер органдарына осы Қағидаларға </w:t>
+      "осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша Алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы міндеттемені ұсынады."; </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы міндеттемені;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>18-тармақтың</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+        <w:t>22-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігінің екінші абзацы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "ЕБМ алғанға дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міндеттеме ұсынылған кезде – таңбалауға жататын алкоголь өнімін тиеп-жөнелтілген (берілген) күні төленеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+      Алкоголь өнімін өндірушілер ЕБМ алғанға дейін акциз төлеу үшін Міндеттеме ұсыну талап етілмейді.". </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>22-тармақтың</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+        <w:t>3-тараудың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "ЕБМ алғанға дейін;</w:t>
-[...38 lines deleted...]
-    </w:p>
+      "3-тарау. Өндірушінің және (немесе) импорттаушының алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы міндеттемесін, есебін ұсыну тәртібі";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-тараудың</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+        <w:t>26-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "26. Өндіруші ай сайын есепті кезеңнен кейінгі айдың 10-ы күнінен кешіктірмей, импорттаушы іс жүзіндегі импорттау аяқталғаннан кейін 6 (алты) айдан кешіктірмей ақпараттық жүйе арқылы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өндірушінің және (немесе) импорттаушының алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы есебін (бұдан әрі – есеп) ұсынады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>26-тармақ</w:t>
+        <w:t>28-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="10"/>
-[...112 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "28. Мемлекеттік кірістер органының есепті растауы осы Қағидаларға 9-қосымшаға сәйкес нысан бойынша өндірушінің және (немесе) импорттаушының алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы есебін тіркеуді есепке алу журналында белгі қою арқылы жүзеге асырылады.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3671,318 +3735,302 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ұсыну қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13-қосымша";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z40" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген, Өндірушілердің және (немесе) импорттаушылардың Қазақстан Республикасына алкоголь өнімін импорттау және (немесе) өндіру кезінде есепке алу-бақылау маракаларын нысаналы пайдалану туралы міндеттемесін есепке алу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген, Өндірушілердің және (немесе) импорттаушылардың Қазақстан Республикасына алкоголь өнімін импорттау және (немесе) өндіру кезінде есепке алу-бақылау маракаларын нысаналы пайдалану туралы міндеттемесін есепке алу </w:t>
-[...21 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тақырыбы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Өндірушінің және (немесе) импорттаушының алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маракаларын нысаналы пайдалану туралы міндеттемесін есепке алу қағидалары";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>тақырыбы</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="11"/>
-[...95 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="12"/>
+    <w:bookmarkStart w:name="z44" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Осы Өндірушінің және (немесе) импорттаушының алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы міндеттемесін есепке алу қағидалары (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 172-бабы 15-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленген және өндірушінің және (немесе) импорттаушының мемлекеттік кірістер органдарында есепке алу-бақылау маркаларын нысаналы пайдалану туралы міндеттемесін есепке алу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z45" w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z45" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы міндеттемесін (бұдан әрі – Міндеттеме) төлеуді қамтамасыз етуді тіркеуді облыстар, республикалық маңызы бар қалалар және астана бойынша мемлекеттік кірістер органдары (бұдан әрі – мемлекеттік кірістер органы) "Есепке алу-бақылау маркаларын және "Қазақстан Республикасы Ұлттық Банкінің Банкнот фабрикасы" Республикалық мемлекеттік кәсіпорнының басқа баспа өнімдерін бақылау, есептеу және беру" ақпараттық жүйесі (бұдан әрі – ақпараттық жүйе) арқылы жүзеге асырады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6126,68 +6174,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>есепке алу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9-қосымша";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген, Өндірушілердің және (немесе) импорттаушылардың Қазақстан Республикасына алкоголь өнімін импорттау және (немесе) өндіру кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы міндеттемесін қамтамасыз ету </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6202,111 +6233,112 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z65" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z66" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z66" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z67" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z67" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z68" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z68" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6321,71 +6353,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z69" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z69" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -7284,68 +7316,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(мемлекеттік кірістер органы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>толтырады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="19"/>
+    <w:bookmarkStart w:name="z72" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы міндеттемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7574,70 +7606,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ЭЦҚ-дан деректер </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алушы 20____ жылғы "____" ______ сағат 00:00-де қол қойды және жіберілді</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="20"/>
+    <w:bookmarkStart w:name="z73" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: аббревиатуралардың толық жазылуы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       БСН – бизнес-сәйкестендіру нөмірі; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8261,68 +8293,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">басшысының Т.А.Ә. </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ол болған кезде))</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z76" w:id="21"/>
+    <w:bookmarkStart w:name="z76" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Есепке алу-бақылау маркаларын алуға өтініш  №________ күні</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       өтініш түрі: таңбалау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8801,70 +8833,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ЭЦҚ-дан деректер </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алушы 20____ жылғы "____" ______ сағат 00:00-де қол қойды және жіберілді</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="22"/>
+    <w:bookmarkStart w:name="z77" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: аббревиатуралардың толық жазылуы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       БСН – бизнес-сәйкестендіру нөмірі; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9537,68 +9569,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">басшысының Т.А.Ә. </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ол болған кезде))</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="23"/>
+    <w:bookmarkStart w:name="z80" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Есепке алу-бақылау маркаларын алуға өтініш  №________ күні</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       өтініш түрі: таңбалау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10780,68 +10812,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">басшысының Т.А.Ә. </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ол болған кезде))</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z83" w:id="24"/>
+    <w:bookmarkStart w:name="z83" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Есепке алу-бақылау маркаларын алуға өтініш  №__________күні</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       өтінім түрі: қайта таңбалау </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11995,68 +12027,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>толтырылған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="25"/>
+    <w:bookmarkStart w:name="z86" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өндірушінің және (немесе) импорттаушының алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы есебі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________ (алкоголь өнімін өндіруді және (немесе) әкелуді (импортын) жүзеге асыратын өндірушінің және (немесе) импорттаушының атауы,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14099,70 +14131,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алушы 20____ жылғы "____" ______ сағат 00:00-де қол қойды және жіберілді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушінің және импорттаушының алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы міндеттемесін, есебін ұсыну қағидаларымен таныстым.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="26"/>
+    <w:bookmarkStart w:name="z87" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: аббревиатуралардың толық жазылуы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       *Нөмірлер диапазоны - бірінші және соңғы нөмірлері дәйектілікпен ұсынылған бір сериядағы есепке алу-бақылау маркаларының дәйектілік нөмірлерінің жиынтығы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14661,68 +14693,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="27"/>
+    <w:bookmarkStart w:name="z90" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өндірушінің және (немесе) импорттаушының алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы есебін тіркеуді есепке алу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -15291,70 +15323,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="28"/>
+    <w:bookmarkStart w:name="z91" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: аббревиатуралардың толық жазылуы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       БСН – бизнес-сәйкестендіру нөмірі; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15625,68 +15657,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> № 144 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="29"/>
+    <w:bookmarkStart w:name="z94" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өндірушінің және (немесе) импорттаушының алкоголь өнімін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау маркаларын нысаналы пайдалану туралы міндеттемесін қамтамасыз ету мөлшері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өндірушінің және (немесе) импорттаушының алкоголь өнімдерін өндіру және (немесе) Қазақстан Республикасына импорттау кезінде есепке алу-бақылау таңбаларын нысаналы пайдалану туралы міндеттемесін қамтамасыз ету сомасының мөлшері 1 литр алкоголь өнімі үшін республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарында қолданыста болатын бір айлық есептік көрсеткіште белгіленеді:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -16966,55 +16998,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -17340,31 +17372,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>