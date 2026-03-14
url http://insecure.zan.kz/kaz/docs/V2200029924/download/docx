--- v1 (2025-12-27)
+++ v2 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="148e2d1" w14:textId="148e2d1">
+    <w:p w14:paraId="debd6bd" w14:textId="debd6bd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Есепке алу-бақылау маркаларын алу, есепке алу, сақтау, беру және өндірушілердің және (немесе) импорттаушылардың Қазақстан Республикасына алкоголь өнiмiн импорттау және (немесе) өндіру кезiнде есепке алу-бақылау маркаларын нысаналы пайдалану туралы мiндеттемесiн, есебiн ұсыну қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 144 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-      </w:r>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 28 қыркүйектегі № 998 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 30 қыркүйекте № 29924 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 7 қарашадағы № 682 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 07.11.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 682</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -16990,63 +16992,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -17368,35 +17392,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>