--- v0 (2025-11-06)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2c01927" w14:textId="2c01927">
+    <w:p w14:paraId="78576b8" w14:textId="78576b8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -149,71 +149,143 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының 11-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бірінші бөлігінің үшінші абзацына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі үшінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында төлем ұйымдары үшін ішкі бақылау қағидаларына қойылатын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -868,74 +940,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z16" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында төлем ұйымдары үшін ішкі бақылау қағидаларына қойылатын талаптар (бұдан әрі – Талаптар) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы (бұдан әрі – КЖ/ТҚҚ туралы заң) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 3-2-тармағы бірінші бөлігінің үшінші абзацына сәйкес әзірленген және төлем ұйымдарына (бұдан әрі – ұйымдар) қолданылады.</w:t>
+      1. Осы Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында төлем ұйымдары үшін ішкі бақылау қағидаларына қойылатын талаптар (бұдан әрі – Талаптар) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі үшінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және төлем ұйымдарына (бұдан әрі – ұйымдар) қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Талаптарда қолданылатын ұғымдар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1041,95 +1175,177 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ұйым қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға (бұдан әрі – КЖ/ТҚҚ/ЖҚҚТҚ) қарсы іс-қимыл мақсатында ішкі бақылауды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) ұйымның КЖ/ТҚҚ туралы заңның талаптарын орындауын қамтамасыз ету;</w:t>
+        <w:t xml:space="preserve">
+      1) ұйымның "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – КЖ/ТҚҚ туралы заң) талаптарын орындауын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ішкі бақылау жүйесінің тиімділігін қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚ) немесе өзге де қылмыстық әрекет (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару) тәуекелдеріне, сондай-ақ ұйымның қасақана немесе қасақана емес араласуымен байланысты тәуекелдеріне (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚ тәуекелдері) мониторинг жүргізу, анықтау шараларын қабылдауға жеткілікті деңгейде қолдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ұйымды және қызметкерлерді КЖ/ТҚ/ЖҚҚТҚ процестеріне тартуды болдырмау мақсатында жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ұйымда КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылауды ұйымдастыру шеңберінде ұйымның басқару органының немесе атқарушы органының ұйымның ішкі аудит қызметінің не ішкі аудит, КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылау тиімділігін бағалау жүргізуге уәкілетті өзге органының тәуелсіз аудит жүргізуге шешімі болған жағдайда, ұйымның басқару органы немесе атқарушы органы тәуелсіз аудит жүргізуге қойылатын талаптар қамтылатын ішкі бақылау қағидаларын әзірлейді және қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1197,51 +1413,113 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген өздерінің бағдарламаларына енгізуді және олардың осы бағдарламалардың орындалуын бақылауы қажет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұйым Қазақстан Республикасының КЖ/ТҚҚ туралы заңнамасына өзгерістер және (немесе) толықтырулар қолданысқа енгізілген күннен бастап күнтізбелік отыз күн ішінде ішкі бақылау қағидаларын Қазақстан Республикасының КЖ/ТҚҚ туралы заңнамаға енгізілген өзгерістерге және (немесе) толықтыруларға сәйкес келтіреді.</w:t>
+      Ұйым Қазақстан Республикасының қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл (бұдан әрі – КЖ/ТҚҚ) туралы заңнамасына өзгерістер және (немесе) толықтырулар қолданысқа енгізілген күннен бастап күнтізбелік отыз күн ішінде ішкі бақылау қағидаларын Қазақстан Республикасының КЖ/ТҚҚ туралы заңнамаға енгізілген өзгерістерге және (немесе) толықтыруларға сәйкес келтіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ұйымның басшы қызметкерлерінің немесе тиісті құрылымдық бөлімшенің басшысынан төмен емес ұйымның өзге де басшыларының қатарынан ішкі бақылау қағидаларын іске асыруға және сақтауға жауапты адамды тағайындау туралы талапты қоса алғанда, сондай-ақ ішкі бақылау қағидаларын іске асыруға және сақтауға жауапты ұйым қызметкерлеріне қойылатын өзге де талаптарды, оның ішінде мінсіз іскерлік беделінің болуын ішкі бақылауды ұйымдастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1553,1131 +1831,1961 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) ұйым бағдарламаға енгізген КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылауды ұйымдастыру жөніндегі қосымша шаралар (бар болса) қамтылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...138 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>7) ұйымның уәкілетті органдарын және лауазымды адамдарын анықталған ішкі бақылау қағидаларын бұзушылықтар туралы ұйымның ішкі құжаттарында көзделген тәртіппен хабардар ету;</w:t>
+        <w:t>8. Ішкі бақылауды ұйымдастыру бағдарламасына сәйкес КЖ/ТҚҚ бойынша жауапты қызметкер мен бөлімше қызметкерлерінің функциялары КЖ/ТҚ/ЖҚҚТҚҚ мақсаттарында мыналарды қамтиды, бірақ олармен шектелмейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z169" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әзірленген және ұйымның атқарушы органымен келісілген ішкі бақылау қағидаларының және (немесе) оларға өзгерістердің (толықтырулардың) болуын, сондай-ақ ұйымда олардың сақталуына мониторинг жүргізуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z170" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының азаматтық, салық, банк заңнамасы, Қазақстан Республикасының төлемдер және төлем жүйелері туралы, зейнетақымен қамсыздандыру туралы, бағалы қағаздар рыногы туралы, кредиттік бюролар және кредиттік тарихты қалыптастыру туралы, коллекторлық қызмет туралы, қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы, акционерлік қоғамдар туралы, ойын бизнесі туралы, коммерциялық емес ұйымдар туралы, діни қызмет және діни бірлестіктер туралы, цифрлық активтер туралы заңнамасы талаптарының сақталуын қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z171" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) төлем ұйымын құқыққа қарсы қызметке, оның ішінде КЖ/ТҚ/ЖҚҚТҚҚ, есірткінің заңсыз өндірілуіне, айналымына және (немесе) транзитіне, қаржы пирамидаларының қызметін ұйымдастыруға, электрондық казино мен интернет-казино, шетелдік букмекерлік кеңселер және (немесе) Қазақстан Республикасында ойын бизнесі саласындағы қызметпен айналысу құқығына лицензиясы жоқ тотализаторлар пайдасына төлемдерді және (немесе) ақша аударымдарын жүзеге асыруға байланысты тартпауды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z172" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) клиенттердің операцияларын және (немесе) олардың қызметін күдікті деп тану және қаржылық мониторинг жөніндегі уәкілетті органға ұйымның ішкі құжаттарында көзделген тәртіппен клиенттің операциялары мен қызметі туралы ақпаратты қамтитын мәліметтер мен ақпаратты ұсыну туралы шешімдер қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z173" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазақстан Республикасының КЖ/ТҚҚ туралы заңнамаға сәйкес қаржылық мониторинг жөніндегі уәкілетті органға хабарламалар ұсынуды ұйымдастыру және олардың ұсынылуына бақылау жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z174" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) клиенттерге және өзге тұлғаларға хабарламай-ақ қаржылық мониторинг жөніндегі уәкілетті органға КЖ/ТҚҚ туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес клиенттер туралы және олар жасайтын операциялар туралы ақпаратты, мәліметтер мен құжаттарды беруді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z175" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) клиенттердің операцияларын және (немесе) олардың қызметін күдікті деп тану және қаржылық мониторинг жөніндегі уәкілетті органға ұйымның ішкі құжаттарында көзделген тәртіппен клиенттің операциялары мен қызметі туралы ақпаратты қамтитын мәліметтер мен ақпаратты ұсыну туралы шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
-[...15 lines deleted...]
-      8) ұйымның уәкілетті органдарының есептерді қалыптастыруы үшін КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылау қағидаларын іске асыру нәтижелері және тәуекелдері басқару және ішкі бақылау жүйелерін жақсарту жөніндегі ұсынылып отырған шаралар туралы ақпаратты дайындау және ұйымның атқарушы органымен келісу;</w:t>
+    <w:bookmarkStart w:name="z176" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) КЖ/ТҚҚ туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жағдайларда және ұйымның ішкі құжаттарында көзделген тәртіппен клиенттердің операцияларын жүргізуден бас тарту туралы шешімдер қабылдау не ұйымның уәкілетті органымен немесе лауазымды адамымен келісу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z52" w:id="42"/>
-[...15 lines deleted...]
-      9) ұйым КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ішкі бақылауды ұйымдастыру бағдарламасын орындау мақсатында айқындаған КЖ/ТҚҚ бөлімшесінің жауапты қызметкері мен қызметкерлерінің қосымша функциялары (бар болса) кіреді.</w:t>
+    <w:bookmarkStart w:name="z177" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) КЖ/ТҚҚ туралы заңда және (немесе) ұйымның ішкі құжаттарында көзделген жағдайларда және тәртіппен клиенттермен іскерлік қатынастарды орнату, жалғастыру не тоқтату туралы шешім қабылдау үшін ұйымның атқарушы органына сұратулар жіберу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:bookmarkStart w:name="z178" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) ұйымның уәкілетті органдарын және лауазымды адамдарын анықталған ішкі бақылау қағидаларын бұзушылықтар туралы ұйымның ішкі құжаттарында көзделген тәртіппен хабардар ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z179" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ұйымның уәкілетті органдарының есептерді қалыптастыруы үшін КЖ/ТҚ/ЖҚҚТҚҚ мақсатында ішкі бақылау қағидаларын іске асыру нәтижелері және тәуекелдері басқару және ішкі бақылау жүйелерін жақсарту жөніндегі ұсынылып отырған шаралар туралы ақпаратты дайындау және ұйымның атқарушы органымен келісу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z180" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) ұйым КЖ/ТҚ/ЖҚҚТҚҚ мақсатында ішкі бақылауды ұйымдастыру бағдарламасын орындау мақсатында айқындаған КЖ/ТҚҚ бөлімшесінің жауапты қызметкері мен қызметкерлерінің қосымша функциялары (бар болса) кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Жүктелген функцияларды орындау үшін жауапты қызметкерге және КЖ/ТҚҚ жөніндегі бөлімше қызметкерлеріне мынадай өкілеттіктер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз функцияларын толық көлемде және ұйымның ішкі құжаттарында көзделген тәртіппен жүзеге асыруға мүмкіндік беретін шекте ұйымның барлық үй-жайларына, ақпараттық жүйелеріне, телекоммуникация құралдарына, құжаттар мен файлдарға кіруге рұқсат алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өз функцияларын жүзеге асыру кезінде алынған ақпараттың конфиденциалдылығын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ұйымның бөлімшелерінен алынатын барлық құжаттар мен файлдардың сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ұйым жүктеген жауапты қызметкердің және КЖ/ТҚҚ жөніндегі бөлімше қызметкерлерінің қосымша өкілеттіктері (бар болса) беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Ұйымның филиалдарында Талаптардың 8 және 9-тармақтарында көзделген функциялар мен өкілеттіктер толығымен немесе ішінара жүктелген қызметкерлер болған кезде осындай қызметкерлердің қызметін үйлестіруді жауапты қызметкер жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Жауапты қызметкердің, сондай-ақ ұйымның Талаптардың 8-тармағында көзделген функциялар жүктелген қызметкерлерінің функциялары ішкі аудит қызметінің не ішкі аудит жүргізуге уәкілетті өзге органның функцияларымен, сондай-ақ ұйымның операциялық (ағымдағы) қызметін жүзеге асыратын бөлімшелердің функцияларымен қоса атқарылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12. Ұйым КЖ/ТҚ/ЖҚҚТҚҚ мақсатында ішкі бақылау мәселелері бойынша процестерді автоматтандыру үшін мынадай талаптарға сәйкес келетін автоматтандырылған ақпараттық жүйелерді пайдаланады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z182" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оларға енгізілетін өзгерістерді (толықтыруларды) қоса алғанда, клиенттердің досьелерін (сауалнамаларын) жүргізу мүмкіндігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z183" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) КЖ/ТҚҚ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес қаржылық мониторингке жататын және КЖ/ТҚҚ туралы заңда белгіленген шекті сомаға (бұдан әрі – шекті операция) тең немесе одан асатын ақшамен және (немесе) өзге де мүлікпен шекті операцияларды, сондай-ақ Қазақстан Республикасының КЖ/ТҚҚ заңнамасының талаптарын, сондай-ақ ұйымның көрсетілетін қызметтерінің КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін бағалау нәтижелерін ескере отырып, алдын ала белгіленген өлшемшарттар бойынша күдікті операцияларды анықтау;</w:t>
-[...59 lines deleted...]
-      5) әрбір пайдаланушы жұмысының түрлендіруден қорғалған хаттамасын жүргізу.</w:t>
+        <w:t xml:space="preserve"> сәйкес қаржылық мониторингке жататын және КЖ/ТҚҚ туралы заңда белгіленген шекті сомаға (бұдан әрі – шекті операция) тең немесе одан асатын ақшамен және (немесе) өзге де мүлікпен шекті операцияларды, сондай-ақ Қазақстан Республикасының КЖ/ТҚҚ заңнамасының талаптарын, сондай-ақ ұйымның көрсетілетін қызметтерінің КЖ/ТҚ/ЖҚҚТҚҚ тәуекелдеріне ұшырау дәрежесін бағалау нәтижелерін ескере отырып, алдын ала белгіленген өлшемшарттар бойынша күдікті операцияларды анықтау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
+    <w:bookmarkStart w:name="z184" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ұйымның ішкі рәсімдеріне сәйкес, оның ішінде қаржылық мониторинг жөніндегі уәкілетті органның қылмыстық жолмен алынған кірістерді заңдастырудың (жылыстатудың), терроризмді қаржыландырудың және жаппай қырып-жою қаруын таратуды қаржыландырудың типологияларына, схемалары мен тәсілдеріне сәйкес сипаттамаларды ескере отырып, мыналарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z185" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КЖ/ТҚ/ЖҚҚТҚҚ-ға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z186" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      есірткінің заңсыз өндірілуіне, айналымына және (немесе) транзитіне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z187" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаржы пирамидаларының қызметін ұйымдастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z188" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметі цифрлық активтермен байланысты "Астана" халықаралық қаржы орталығының және Қазақстан Республикасы Ұлттық Банкінің ерекше реттеу режимінің қатысушылары болып табылмайтын цифрлық активтер қызметтерін провайдерлердің пайдасына төлемдер мен ақша аударымдарын жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z189" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасында ойын бизнесі саласындағы қызметпен айналысу құқығына лицензиясы жоқ электрондық казино мен интернет-казиноның, сондай-ақ шетелдік букмекерлік кеңселердің және (немесе) тотализаторлардың пайдасына төлемдерді және (немесе) ақша аударымдарын жүзеге асыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z190" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      адамдардың жас санаттарының тәуекелдеріне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z191" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сыбайлас жемқорлыққа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z192" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қаржылық мониторинг жөніндегі уәкілетті орган жасайтын ақшаны жылыстатуға қарсы күрестің қаржылық шараларын әзірлеу тобының (ФАТФ) ұсынымдарын орындамайтын не жеткіліксіз орындайтын мемлекеттердің (аумақтардың) операцияларына;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z193" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйымның ішкі құжаттарымен бекітілген өзге де өлшемшарттарға байланысты анықтауды қамтамасыз ету және шаралар қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z194" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) клиенттердің досьелері (сауалнамалары), жүргізілген операциялар, қаржылық мониторинг жөніндегі уәкілетті органға жіберілген хабарламалар бойынша дерекқордан ақпаратты алып тастау мүмкіндігінің болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z195" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ақпараттың резервтік көшірмесін жасау және сақтау жүйесінің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z196" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) әрбір пайдаланушы жұмысының түрлендіруден қорғалған хаттамасын жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Технологиялық жетістіктерді пайдалану тәуекелін қоса алғанда, клиенттердің тәуекелдерін және көрсетілетін қызметтерді қылмыстық мақсаттарда пайдалану тәуекелдерін ескеретін КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару бағдарламасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z67" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқаруды ұйымдастыру мақсатында ұйым КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару (тәуекелдерді бағалау) бағдарламасын әзірлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару бағдарламасында мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұйымның құрылымдық бөлімшелері бөлігінде КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқаруды ұйымдастыру тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z69" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) клиенттің тәуекел деңгейіне қатысты тәуекелдердің негізгі санаттарын (клиент түрі, елдік тәуекел және қызметтер/өнімдер тәуекелі бойынша), сондай-ақ ұйым қызметтерінің (өнімдерінің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін ескере отырып, КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін бағалау әдістемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z70" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) алдын алу іс-шараларының тізбесі, оларды жүргізу тәртібі мен мерзімдері, қабылданған шараларға сәйкес нәтижелерді бақылау көзделетін клиенттердің тәуекелдерін және ұйым өнімдерінің (қызметтерінің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесін тұрақты мониторингтеу, талдау және бақылау тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z71" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиенттер тәуекелдерінің деңгейлерін беру тәртібі, қайта қарау мерзімдері мен негіздері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z72" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) КЖ/ТҚҚ/ЖҚҚТҚ мақсатында ұйымның ішкі бақылау жүйесінің тиімділігін бағалау мәселесі бойынша тәуелсіз аудит жүргізуге ұйымның шешімі болған жағдайда тәуелсіз аудитпен өзара іс-қимыл жасау тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z73" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тәуекелдер санаттары мен факторларын ескере отырып, клиенттерді сыныптау бойынша шаралар қабылдау тәртібі, сондай-ақ ұйым белгілейтін тәуекелдердің өзге де санаттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z74" w:id="64"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z74" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жаңа, сол сияқты бұрыннан бар өнімдер үшін жаңа немесе дамып келе жатқан технологияларды берудің, сондай-ақ пайдаланудың жаңа тетіктерін қоса алғанда, жаңа өнімдер мен жаңа іскерлік тәжірибені әзірлеуге (іске қосуға) дейін туындайтын КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін анықтау және бағалау тәртібі қамтылады, бірақ олармен шектелмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-[...35 lines deleted...]
-      Ұйымның көрсетілетін қызметтерінің (өнімдерінің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырағыштық дәрежесін бағалау клиенттердің операцияларын сәйкестендіру және оларға мониторинг жүргізу рәсімдерін өзгертуді, операциялар жүргізуге лимиттер белгілеуді, көрсетілетін қызметтерді (өнімдерді) ұсыну талаптарын өзгертуді, көрсететін қызметтерді (өнімдерді) ұсынудан бас тартуды қоса алғанда, анықталған тәуекелдерді барынша азайтуға бағытталған ықтимал іс-шараларды сипаттаумен қатар жүреді.</w:t>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z75" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Ұйым КЖ/ТҚ/ЖҚҚТҚҚ тәуекелдерін бағалау есебін және кем дегенде тәуекелдердің мынадай ерекше санаттарын: клиенттердің типі бойынша тәуекелді, елдік (географиялық) тәуекелді, көрсетілетін қызметтің (өнімнің) және (немесе) оны беру тәсілінің тәуекелін ескере отырып, ұйымның көрсетілетін қызметтерінің (өнімдерінің) КЖ/ТҚ/ЖҚҚТҚҚ тәуекелдеріне ұшырау дәрежесін жыл сайынғы негізде бағалауды (бұдан әрі – Жыл сайынғы бағалау) жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйымның көрсетілетін қызметтерінің (өнімдерінің) КЖ/ТҚ/ЖҚҚТҚҚ тәуекелдеріне ұшырағыштық дәрежесін бағалау клиенттердің операцияларын сәйкестендіру және оларға мониторинг жүргізу рәсімдерін өзгертуді, операциялар жүргізуге лимиттер белгілеуді, көрсетілетін қызметтерді (өнімдерді) ұсыну талаптарын өзгертуді, көрсететін қызметтерді (өнімдерді) ұсынудан бас тартуды қоса алғанда, анықталған тәуекелдерді барынша азайтуға бағытталған ықтимал іс-шараларды сипаттаумен қатар жүреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым іскерлік қатынастарды клиент КЖ/ТҚ/ЖҚҚТҚҚ шеңберінде, сондай-ақ мәртебесі және (немесе) қызметі КЖ/ТҚ/ЖҚҚТҚҚ тәуекелі жоғары клиенттерге қатысты пайдаланады деген күдік болған жағдайда тәуекелді бағалауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жыл сайынғы бағалау қорытындылары (нәтижелері) төлем ұйымының ішкі құжаттарына және рәсімдеріне сәйкес құжатталады, сондай-ақ бұл туралы қаржылық мониторинг жөніндегі уәкілетті органға және уәкілетті органға күнтізбелік жылдан кейінгі бірінші тоқсаннан кешіктірілмей хабардар етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="66"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>15. Мәртебесінде және (немесе) қызметінде КЖ/ТҚ/ЖҚҚТҚҚ тәуекел деңгейін арттыратын клиенттердің түрлері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z198" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шетелдіктер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z78" w:id="68"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z199" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жария лауазымды адамдар, олардың жұбайы (зайыбы), жақын туыстары және өкілдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z200" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) шетелдік қаржы ұйымдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...176 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="77"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z201" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ойын бизнесін ұйымдастырушылар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z202" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) электрондық казино және интернет-казино қызметтерін ұсынатын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z203" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) соңғы 6 (алты) айдың ішінде жалпы сомасы 300 000 (үш жүз мың) теңгеден астам сомаға ойын бизнесін, оның ішінде шетелдік ойын бизнесін ұйымдастырушының пайдасына үш және одан да көп төлем жасаған тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z204" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасында ойын бизнесі саласындағы қызметпен айналысу құқығына лицензиясы жоқ шетелдік букмекерлік кеңселер мен тотализаторларға қызмет көрсететін тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z205" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) "өмірді сақтандыру" саласы бойынша қызметін жүзеге асыратын сақтандыру (қайта сақтандыру) ұйымдары, сақтандыру брокерлері (банк белгілеген КЖ/ТҚҚ бойынша талаптарды сақтайтын банктің еншілес ұйымдарын қоспағанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z206" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) қызметін сақтандыру агенті ретінде жүзеге асыратын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z207" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жылжымайтын мүлікті сатып алу-сату бойынша делдалдық қызметті жүзеге асыратын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z208" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) қорлар, діни бірлестіктер ұйымдық-құқықтық нысанындағы коммерциялық емес ұйымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z209" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Талаптардың 16-тармағында көрсетілген шет мемлекеттерде орналасқан (тіркелген) тұлғалар, сондай-ақ осындай тұлғалардың Қазақстан Республикасында орналасқан филиалдары мен өкілдіктері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z210" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) мәртебесі және (немесе) қызметі КЖ/ТҚ/ЖҚҚТҚҚ тәуекелін арттыратын ұйым айқындаған клиенттердің қосымша түрлері (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z211" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) микроқаржылық қызметті жүзеге асыратын ұйымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z212" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) адвокаттар және басқа да заң мәселелері жөніндегі тәуелсіз мамандар, олар клиенттің атынан немесе оның тапсырмасы бойынша КЖ/ТҚҚ туралы заңның 3-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген қызметке қатысты ақшамен және (немесе) мүлікпен жасалатын операцияларға қатысқан жағдайларда; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z213" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) бағалы қағаздар нарығының кәсіби қатысушылары (екінші деңгейдегі банктер белгілеген КЖ/ТҚҚ бойынша талаптарды сақтайтын екінші деңгейдегі банктердің еншілес ұйымдарын қоспағанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z214" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) қаржы лизингі бойынша қызмет көрсететін тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z215" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Қазақстан Республикасының бейрезиденттері – Қазақстан Республикасында тұруға ықтиярхаты не тұрақты тұруға рұқсаты жоқ (Қазақстан Республикасының аумағында тұрмайтын) шетел азаматы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z216" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) қызметі қару, жарылғыш заттарды өндірумен және (немесе) сатумен байланысты тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z217" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) қызметі бағалы металдарды, асыл тастарды не олардан жасалған бұйымдарды өндірумен және (немесе) өңдеумен, сондай-ақ сатып алу-сатумен байланысты тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z218" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21) Талаптардың 16-тармағында көрсетілген шет мемлекеттерде орналасқан (тіркелген) тұлғалар, сондай-ақ осындай тұлғалардың Қазақстан Республикасында орналасқан филиалдары мен өкілдіктері; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z219" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) қамтамасыз етілген цифрлық активтерді шығаруды және олардың айналысын жүзеге асыратын тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z220" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) "Астана" халықаралық қаржы орталығының аумағында қамтамасыз етілмеген цифрлық активтерді шығаруды және олардың айналымын жүзеге асыратын тұлғалар кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Ұйым осы тармақта көрсетілген шет мемлекеттерден клиенттерге қызметтерді (өнімдерді) көрсетумен және осындай шет мемлекеттердің қатысуымен ақшамен және (немесе) өзге мүлікпен операцияларды жүргізумен байланысты елдік (географиялық) тәуекелді бағалауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мыналар жүргізілген операциялары КЖ/ТҚ/ЖҚҚТҚ тәуекелін арттыратын шет мемлекеттер болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қаржы мониторингі жөніндегі уәкілетті орган жасайтын Ақшаны жылыстатумен күресудің қаржылық шараларын әзірлеу тобының (ФАТФ) ұсынымдарын орындамайтын не жеткілікті орындамайтын мемлекеттердің (аумақтардың) тізбесіне енгізілген шет мемлекеттер (аумақтар);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z89" w:id="79"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z89" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оларға қатысты Біріккен Ұлттар Ұйымының Қауіпсіздік Кеңесінің қарарларымен қабылданған халықаралық санкциялар (эмбарго) қолданылатын шет мемлекеттер (аумақтар);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z90" w:id="80"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z90" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мынадай оффшорлық аймақтар ретінде сипатталатын шет мемлекеттер және (немесе) шет мемлекеттер аумақтарының бөліктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Америка Құрама Штаттары (Америкалық Виргин аралдары, Вайоминг штаты, Гуам аралы, Делавэр штаты және Пуэрто-Рико Достастығы аумақтары бөлігінде ғана);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3570,498 +4678,616 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шри-Ланка Демократиялық Республикасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ямайка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="81"/>
+    <w:bookmarkStart w:name="z91" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ұйым басқа факторлардың (сыбайлас жемқорлық, есірткілердің заңсыз өндірілуі, айналымы және (немесе) транзиті деңгейі туралы мәліметтер, халықаралық терроризмді қолдау туралы мәліметтер және басқалар) негізінде КЖ/ТҚ/ЖҚҚТҚ жоғары тәуекелін көрсетуші ретінде анықтаған шет мемлекеттер (аумақтар).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z92" w:id="82"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z92" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Ұйымның КЖ/ТҚ/ЖҚҚТҚ жоғары тәуекеліне ұшыраған көрсетілетін қызметтерінде (өнімдерінде, операцияларында), сондай-ақ оларды ұсыну тәсілдерінде мыналар қамтылады, бірақ олармен шектелмейді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z93" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрондық терминалдар арқылы қызмет көрсетуді қоса алғанда, клиенттерге қашықтан қызмет көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z94" w:id="84"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z94" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақша жөнелтушінің банк шотын ашпай төлемді жүзеге асыру үшін бес жүз мың теңгеден асатын сомаға қолма-қол ақшамен төлемдер қабылдау қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z95" w:id="85"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z95" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электрондық ақшаны және төлем карточкаларын өткізу (тарату) бойынша қызметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z96" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тиісті қаржы жылына республикалық бюджет туралы заңда белгіленген айлық есептік көрсеткіштің елу есе мөлшеріне тең сомадан асатын электрондық ақшаны пайдалана отырып жасалатын төлемдерді қабылдау мен өңдеу қызметі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z97" w:id="87"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z97" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) клиент бастамашы болған электрондық нысандағы төлемдерді өңдеу және төлемді және (немесе) аударымды жүзеге асыру үшін банкке, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға қажетті ақпарат беру не осы төлемдер бойынша ақша қабылдау қызметі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z98" w:id="88"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z98" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Ұйымның көрсетілетін қызметтерінің (өнімдерінің) КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырағыштық дәрежесін Талаптардың 15, 16 және 17-тармақтарында көрсетілген тәуекелдердің санаттарына және факторларына сәйкес бағалау кезінде ұйым тәуекелдің қорытынды дәрежесіне ықпал ететін, мыналар кіретін, бірақ олармен шектелмейтін қосымша мәліметтерді ескереді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z99" w:id="89"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z99" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұйымның қаржы мониторингі жөніндегі уәкілетті органға клиенттердің күдікті операциялары туралы жіберген хабарламаларының саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z100" w:id="90"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z100" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұйымның қаржы мониторингі жөніндегі уәкілетті органға клиенттердің қолма-қол ақшамен жасаған шекті операциялары туралы жіберген хабарламаларының саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z101" w:id="91"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z101" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Ұйым КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін басқару (тәуекелдерін бағалау) бағдарламасын іске асыру шеңберінде Талаптардың 15, 16 және 17-тармақтарында көрсетілген тәуекелдердің санаттары мен факторларын, сондай-ақ ұйым белгілейтін тәуекелдердің өзге де санаттары мен факторларын ескере отырып, клиенттерді жіктеу бойынша шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым клиенттің (клиенттер тобының) тәуекел деңгейін клиенттердің операцияларын сәйкестендіру және мониторингі жөніндегі рәсімдер шеңберінде алынған клиент (клиенттер) туралы мәліметтерді талдаудың нәтижелері бойынша анықтайды және кемінде екі деңгейден тұратын тәуекел деңгейін айқындау шкаласы бойынша бағалайды (төмен, жоғары).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым клиенттің (клиенттер тобының) тәуекел деңгейін қайта қарауды клиент (клиенттер тобы) туралы мәліметтердің жаңартылуына қарай жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="92"/>
+    <w:bookmarkStart w:name="z102" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Клиенттерді сәйкестендіру бағдарламасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-[...37 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z103" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Клиенттің тәуекел деңгейіне қарай ұйым жүргізетін іс-шаралар дәрежесі КЖ/ТҚҚ туралы заңның </w:t>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="94"/>
+      20. Ұйым КЖ/ТҚ/ЖҚҚТҚҚ туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заңның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> клиентті тиісті тексеру жөніндегі талаптарын іске асыру мақсатында клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін сәйкестендіру бағдарламасын әзірлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру кезінде клиент (оның өкілі) туралы мәліметтерді тіркеу және олардың дұрыстығын тексеру, бенефициарлық меншік иесін анықтау және ол туралы мәліметтерді тіркеу, іскерлік қатынастардың немесе біржолғы операцияның (мәміленің) болжамды мақсатын белгілеу және тіркеу, сондай-ақ клиент (оның өкілі) және бенефициарлық меншік иесі туралы Талаптарда көзделген өзге де мәліметтерді алу және тіркеу жөніндегі іс-шараларды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Клиенттің тәуекел деңгейіне қарай ұйым жүргізетін іс-шаралардың дәрежесі КЖ/ТҚ/ЖҚҚТҚҚ туралы заңның 5-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін стандартты, жеңілдетілген не күшейтілген сәйкестендіруді жүргізу арқылы клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісті тексерудің жеңілдетілген не күшейтілген шараларын қолдануды білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бенефициарлық меншік иесін сәйкестендіру клиенттің бенефициарлық меншік иесінің жеке басын тексеру үшін тиісті (орынды) шаралар қабылдау, оның ішінде клиенттің түпкілікті бенефициарлық меншік иесі туралы қосымша мәліметтерді және (немесе) құжаттарды клиенттен сұрату жолымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бенефициарлық меншік иесін анықтау үшін клиент (оның өкілі) және бенефициарлық меншік иесі ұсынған мәліметтер қаржылық мониторинг жөніндегі уәкілетті орган айқындайтын тәртіпке сәйкес заңды тұлғалардың бенефициарлық меншік иелерінің тізілімінде көрсетілген мәліметтермен салыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиентті (оның өкілін) тәуекел-сәйкестендіру мақсатында ұйым (ерікті негізде) скоринг модулін – әртүрлі деректер көзінен алынған ақпаратты қамтитын автоматтандырылған жүйені пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Ұйым КЖ/ТҚҚ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 және 3-тармақтарының талаптарын ескере отырып, клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіруді жүргізеді, сондай-ақ мына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z105" w:id="95"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z105" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) айлық есептік көрсеткіштің жүз еселік мөлшерінен аспайтын сомада электрондық ақшаны өткізген, сондай-ақ сомасы екі жүз теңгеден аспайтын төлем карточкаларын таратуды қоспағанда, клиентпен іскерлік қатынастар орнатқан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z106" w:id="96"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z106" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) клиент мына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолма-қол ақшаны қабылдау үшін арналған жабдық (құрылғы) арқылы, оның ішінде күнтізбелік бір күнде бірнеше операцияны (мәмілені) жасау арқылы қолма-қол ақшаны жеке тұлғаның банктік шотына есепке алу үшін қабылдау кезінде бес жүз мың теңгеден асатын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4090,397 +5316,1693 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       банктік шотты пайдаланбай қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын қабылдау кезінде бес жүз мың теңгеден асатын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       банктік шотқа қолжеткізу құралы болып табылмайтын төлем карточкасын пайдалана отырып операцияларды жүзеге асырған кезде екі жүз мың теңгеден асатын сомаға біржолғы операция (мәміле) жасаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="97"/>
+    <w:bookmarkStart w:name="z107" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) клиент шекті операцияны (мәмілені) жасаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z108" w:id="98"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z108" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиенттің күдікті операциясы (мәмілесі) анықталған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z109" w:id="99"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z109" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жеке және заңды тұлғалар туралы бұрын алынған деректердің дәйектілігіне күмән туғызатын негіздер болған жағдайларда, іскерлік қатынастардың немесе біржолғы операцияның (мәміленің) болжамды мақсатын белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z110" w:id="100"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z221" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-1. Ұйым өзін құқыққа қарсы қызметке тартуға, КЖ/ТҚ/ЖҚҚТҚҚ тәуекелі жоғары операцияларды, "Астана" халықаралық қаржы орталығының қатысушылары болып табылмайтын, қызметі цифрлық активтер платформасын басқару бойынша қызмет көрсететін цифрлық активтер биржаларында қамтамасыз етілмеген цифрлық активтерді одан әрі сатып алуға байланысты операцияларды, Қазақстан Республикасының аумағында операцияларды жүзеге асыруға жол бермеу жөнінде шаралар қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 21-1-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z222" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21-2. Ұйым клиенттің ақшасын төлеу (немесе) аудару кезінде, егер төлем және (немесе) ақша аударымы: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z223" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Ойын бизнесі туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ойын бизнесін ұйымдастырушының пайдасына жүргізіліп жатса, оның ішінде қызметіне Қазақстан Республикасының аумағында тыйым салынған шетелдік бизнесті ұйымдастырушының пайдасына жүргізілсе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z224" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызметі іскерлік қатынастарға түсу кезінде көрсетілген, мәлімделген қызметке сәйкес келмейтін қызмет көрсетушінің пайдасына жүргізілсе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z225" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым көрсетілетін төлем қызметін берушімен, оның ішінде шетелдік көрсетілетін төлем қызметін берушімен өзара іс-қимыл шеңберінде бекіткен, төлем жасауға рұқсат етілген тауарлар/сервистер/қызметтер түрлерінің тізбесінен тыс жүзеге асырылса, төлемді және (немесе) ақша аударымын Қазақстан Республикасының заңнамасында және ішкі құжаттарда белгіленген өлшемшарттарға сәйкес күдікті деп пайымдауға негіздер болған кезде оны бұғаттайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 21-2-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z226" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21-3. Ұйым әлеуетті клиент онымен іскерлік қарым-қатынас орнату кезінде шетелдік қызмет көрсетуші болып табылған жағдайда оған қатысты КЖ/ТҚ/ЖҚҚТҚҚ туралы заңның 5-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тиісті тексеру бойынша күшейтілген шараларды қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 21-3-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z227" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-4. Қызмет көрсетуші ұйыммен іскерлік қарым-қатынас орнату кезінде төлемдерді өз пайдасына қабылдауды ұйымдастыру үшін көрсетілетін қызмет туралы, оның ішінде төлемдер қабылдауды жоспарлап отырған қызмет түрлерінің толық тізбесін нақтылай отырып, анық ақпарат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z228" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер қызмет көрсетуші шетелдік көрсетілетін төлем қызметін беруші болып табылса, ұйым қосымша мынадай шараларды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z229" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шетелдік көрсетілетін төлем қызметін берушінің төлем қызметін көрсету құқығын растайтын, шетелдік көрсетілетін төлем қызметін беруші резиденті болып табылатын мемлекеттің тиісті органының рұқсат беру құжатының (лицензиясы, тіркеуі және т.б.) бар-жоғын тексереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z230" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) ашық көздерден мәліметтер жинау арқылы шетелдік көрсетілетін төлем қызметін берушінің, оның ішінде оның құрылтайшылары мен басшыларының мінсіз іскерлік беделінің бар екенін тексереді; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z231" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) КЖ/ТҚ/ЖҚҚТҚҚ мақсатында көрсетілетін төлем қызметін беруші, оның ішінде шетелдік көрсетілетін төлем қызметін беруші қабылдаған шараларды бағалайды; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z232" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ішкі құжаттарда көзделген өзге де шараларды қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 21-4-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z233" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-5. Ұйым төлем карточкасын пайдалана отырып жасалған төлемдерді өңдеу кезінде өзінің автоматтандырылған жүйесінде әрбір операцияның параметрлері туралы толық ақпаратты, оның ішінде мынадай ақпаратты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z234" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Ұйымның жүйесі беретін транзакция сәйкестендіргішін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z235" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) операцияның күні мен уақытын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z236" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оауда нүктесі санатының кодын (Merchant Category Code);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z237" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) бірегей 12 таңбалы операцияны сәйкестендіргішті (Reference Retrieval Number немесе Receiver Reference Number) және өзге де техникалық деректемелерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z238" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қысқартусыз, сауда белгілерінсіз, екіұшты түсінуге жол беретін аббревиатуралар мен кодтарсыз Ұйымның атауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z239" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қысқартусыз, сауда белгілерінсіз, екіұшты түсінуге жол беретін аббревиатуралар мен кодтарсыз сауда орнының атауын;7) операцияға үшінші тарап – көрсетілетін төлем қызметін беруші, оның ішінде шетелдік көрсетілетін төлем қызметін беруші қатысқан кезде олардың атауын қысқартусыз, сауда белгілерінсіз, екіұшты түсінуге жол беретін аббревиатуралар мен кодтарсыз қалыптастыруды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 21-5-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z240" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-6. Электрондық ақшаны пайдалана отырып жасалған операцияларды өңдеуді жүзеге асыратын ұйым өзінің автоматтандырылған жүйесінде электрондық ақшаны пайдалана отырып жасалған әрбір операцияның параметрлері туралы толық ақпаратты, оның ішінде мынадай ақпаратты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z241" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Электрондық ақша жүйесі ішіндегі транзакция сәйкестендіргішін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z242" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Операцияның күні мен уақытын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z243" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Жөнелтушінің және алушының электрондық әмияны туралы мәліметтерді (бірегей сәйкестендіргіш, иесінің сәйкестендіру мәртебесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z244" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Электрондық ақшаны жөнелтуші туралы мәліметтерді (болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z245" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Электрондық ақшаны алушы туралы мәліметтерді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z246" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Операцияны белгілеу кодын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z247" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Есебіне электрондық ақша жүйесінде қызмет көрсетуші ретінде ұсынылмаған үшінші тұлғалардың қызметтерін төлеу үшін жөнелтушіден электрондық ақша аударымы жүзеге асырылатын көрсетілетін төлем қызметін берушінің (төлем делдалы), оның ішінде шетелдік көрсетілетін төлем қызметін берушінің атауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z248" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Электрондық ақшаны өтеу туралы мәліметтерді (банк, банк шотының/төлем карточкасының нөмірі) қалыптастыруды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z249" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық ақша жүйесінде қызмет көрсетуші ретінде ұсынылмаған үшінші тұлғалардың қызметтеріне ақы төлегені үшін жөнелтушіден көрсетілетін төлем қызметін берушінің (төлем делдалының), оның ішінде шетелдік көрсетілетін төлем қызметін берушінің есебіне ақша аударымын жүзеге асыру кезінде Ұйым төлем құжатында (чекте, түбіртекте, толық ақпарат берілетін құжатта) операцияға қатысушылардың толық тізбегінің көрсетілуін қамтамасыз етуге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 21-6-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-7. Ұйым шетелдік көрсетілетін төлем қызметін берушілермен (төлем делдалымен) өзара іс-қимыл шеңберінде оның есебіне үшінші тұлғалардың тауарлары/сервистері/қызметтері үшін төлемдерді қабылдау кезінде ұйым жасалатын шартқа қосымша түрінде төлеуге болатын тауарлар/сервистер/қызметтер түрлерінің тізбесін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z251" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қосымшада мыналар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z252" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шарт шеңберінде төлеуге болатын тауарлардың, жұмыстардың немесе көрсетілетін қызметтердің түрлері (ЭҚЖЖ/санаттарын көрсете отырып);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z253" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сату жүзеге асырылатын платформалардың немесе сайттардың атаулары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z254" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) төлеуге тыйым салынған санаттар тізбесі (жеке бөлімде);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z255" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қаражат қабылданатын сауда орындарының сәйкестендіргіштері немесе кодтары туралы ақпарат болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z256" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін төлем қызметін беруші (төлем делдалы), оның ішінде шетелдік көрсетілетін төлем қызметін беруші ұйым бекіткен, төлемге жол берілетін тауарлар/сервистер/ қызметтер түрлерінің тізбесі бойынша төлемдерді қабылдау жөніндегі міндеттемелерді бұзған жағдайда Ұйым осы көрсетілетін төлем қызметін берушімен (төлем делдалымен) іскерлік қатынастарды тоқтата тұру жөнінде дереу шаралар қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 21-7-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z257" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-8. Электрондық ақша жүйесінің операторы болып табылатын ұйым бір электрондық ақша жүйесінің шеңберінде бір электрондық ақшаның иесіне үштен аспайтын электрондық әмиян ашуға мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z258" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым бір электрондық ақша жүйесінің шеңберінде екі және одан да көп электрондық әмиянның иесі – клиенттердің операцияларына күшейтілген мониторинг жүргізу жөнінде шаралар қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 21-8-тармақпен толықтырылды - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Уәкiлеттi органға, сондай-ақ өз құзыретiне сәйкес өзге де мемлекеттiк органдарға уақтылы қолжетімді болуы үшiн оларды сотта дәлелдемелер ретiнде пайдалану мүмкiндiгiн ескере отырып, Талаптардың 21-тармағына сәйкес алынған мәліметтерді ұйым клиенттің досьесіне енгізеді (қосады), ол ұйымда клиентпен іскерлік қатынастардың барлық кезеңі бойы және олар аяқталған не біржолғы операция (мәміле) жасалған күннен бастап кемінде бес жыл сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақшамен және (немесе) өзге мүлікпен жасалатын операциялар, оның ішінде қаржы мониторингі жасалуы тиіс операциялар, күдікті операциялар туралы құжаттар мен мәліметтер, сондай-ақ күрделі, әдеттегіден тыс ірі және басқа да әдеттегіден тыс операцияларды зерделеу нәтижелерін ұйымдар операция жасалғаннан кейін кемінде бес жыл сақтауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="101"/>
+    <w:bookmarkStart w:name="z111" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Ұйым КЖ/ТҚҚ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тармағының талаптарын ескере отырып жеңілдетілген сәйкестендіруді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z112" w:id="102"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z112" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) екінші деңгейдегі банктермен, сақтандыру (қайта сақтандыру) ұйымдарымен, Қазақстан Республикасының резиденттері – бағалы қағаздар нарығының кәсіби қатысушыларымен іскерлік қарым-қатынастар орнату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z113" w:id="103"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z113" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) клиентке КЖ/ТҚ/ЖҚҚТҚ тәуекелінің төмендетілген деңгейін беру кезінде жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КЖ/ТҚ/ЖҚҚТҚ жоғары тәуекеліне күдік болған кезде ұйым оңайлатылған сәйкестендіруді қолданбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="104"/>
+    <w:bookmarkStart w:name="z114" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">24. Ұйым: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z116" w:id="105"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z116" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) клиентке жоғары тәуекел деңгейі тағайындалған кезде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z117" w:id="106"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z117" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) күшетілген сәйкестендіру қаржы мониторингі жөніндегі уәкілетті органға осындай операция туралы хабарламаның жіберілуі туралы оның абайсызда хабардар болуына апаратын жағдайларды қоспағанда, мониторинг жүргізу және клиенттің операцияларын зерделеу барысында күдікті операцияны (мәмілені) не оны жасау әрекетін анықтаған кезде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z118" w:id="107"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z118" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) КЖ/ТҚҚ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағында белгіленген шекті мәннен асатын сома операцияларын жүргізу кезінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z119" w:id="108"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z119" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиент ұсынған мәліметтердің дәйектілігінде күмән болған кезде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z120" w:id="109"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z120" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) ұйымның ішкі құжаттарында белгіленген жағдайларда, оның ішінде жауапты қызметкердің шешімі бойынша күшейтілген сәйкестендіруді жүргізеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z121" w:id="110"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z121" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Клиентті сәйкестендіру (бенефициарлық меншік иесін анықтау) процесінде ұйым КЖ/ТҚҚ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4495,369 +7017,369 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес алынатын терроризмді және экстремизмді қаржыландыруға байланысты ұйымдар мен тұлғалардың тізбесінде (бұдан әрі – ТҚ тізбесі) және КЖ/ТҚҚ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес алынатын жаппай қырып-жою қаруын таратуды қаржыландыруға байланысты ұйымдар мен тұлғалардың тізбесінде (бұдан әрі – ЖҚҚТҚ тізбесі) осындай клиенттің (бенефициарлық меншік иесінің) болуына тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ұйымда шет мемлекетің азаматтығы болуы туралы мәліметтер болған шетелдіктерге, өзге тұлғаларға, сондай-ақ азаматтығы жоқ адамдарға қатысты ұйым клиентті сәйкестендіру (бенефициарлық меншік иесін анықтау) процесінде осындай клиенттің (бенефициарлық меншік иесінің) жария лауазымды тұлғаға, оның зайыбына (жұбайына) және жақын туыстарына жататынын тексереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="111"/>
+    <w:bookmarkStart w:name="z122" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Клиент (оның өкілі) ұсынатын құжаттар клиент (оның өкілі) және бенефициарлық меншік иесі туралы мәліметтерді растау мақсатында олардың шынайылығына тексеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z123" w:id="112"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z123" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру бағдарламасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z124" w:id="113"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z124" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) іскерлік қатынастар орнатудан және (немесе) операция жүргізуден бас тартуды, сондай-ақ іскерлік қатынастарды тоқтату рәсімі мен негіздерін қоса алғанда, клиенттерді қызмет көрсетуге қабылдау рәсімін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z125" w:id="114"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z125" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру рәсімін, оның ішінде клиентті тиісінше тексерудің оңайлатылған және күшейтілген шараларын қолдану рәсімдерінің ерекшеліктерін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z126" w:id="115"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z126" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) қызмет көрсетудегі немесе қызмет көрсетуге қабылданатын жеке тұлғалар арасында жария лауазымды тұлғаларды, олардың жұбайы-зайыптарын және жақын туыстарын анықтауға және осындай клиенттерді қызмет көрсетуге қабылдауға (ұйымның лауазымды тұлғаларының жазбаша рұқсатымен) бағытталған шаралардың сипаттамасын; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z127" w:id="116"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z127" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиентті (оның өкілін) және бенефициарлық меншік иесін ТҚ тізбесінде және ЖҚҚТҚ тізбесінде бар-жоғын тексеру рәсімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z128" w:id="117"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z128" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) іскерлік қатынастарды қашықтықтан орнату кезіндегі сәйкестендіру ерекшеліктерін (клиенттің немесе оның өкілінің жеке қатысуынсыз);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z129" w:id="118"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z129" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру процесінде алынған мәліметтерді ұйымға бақылау жасайтын заңды тұлға белгілеген КЖ/ТҚҚ/ЖҚҚТҚ бойынша талаптарды орындау шеңберінде алмасу ерекшеліктерін (болған жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z130" w:id="119"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z130" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру мақсатында қосымша ақпарат көздерінің, оның ішінде мемлекеттік органдар ұсынатын ақпарат көздерінің сипаттамасын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z131" w:id="120"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z131" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) клиент (оның өкілі) және бенефициарлық меншік иесі туралы мәліметтердің дұрыстығын тексеру рәсімін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z132" w:id="121"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z132" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) клиент досьесінің нысанына, мазмұнына және жүргізу тәртібіне, мәліметтерді жаңарту кезеңділігін көрсете отырып, досьеде қамтылған мәліметтерді жаңартуға қойылатын талаптарды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z133" w:id="122"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z133" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) сәйкестендіру жүргізу кезінде алынған ақпаратқа ұйым қызметкерлерінің қол жеткізуін қамтамасыз ету рәсімін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z134" w:id="123"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z134" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) клиенттің тәуекел деңгейін бағалау рәсімін, осындай тәуекелді бағалау негіздерін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z135" w:id="124"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z135" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) клиенттен сұратылатын құжаттар мен ақпараттың тізбесін қоса алғанда, ұйымның клиенттердің бенефициарлық меншік иесін анықтауға және сәйкестендіруге бағытталған шаралар (рәсімдер) тізбесін, ұйымның жеке тұлғаны бенефициарлық меншік иесі деп тану туралы шешім қабылдау тәртібін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z136" w:id="125"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z136" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) ұйым бағдарламаға енгізген клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру бойынша қосымша шараларды (бар болса) қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер ұйым шарт негізінде КЖ/ТҚҚ туралы заңға сәйкес өзге тұлғаға ұйымның клиенттеріне қатысты КЖ/ТҚҚ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5052,128 +7574,128 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ұйымдар басқа қаржы мониторингінің субъектісі немесе шетелдік қаржы ұйымдары Ақшаны жылыстатуға қарсы күрестің қаржылық шараларын әзірлеу тобының (ФАТФ) ұсынымдарын орындамаған және (немесе) жеткілікті түрде орындамаған мемлекетте (аумақта) тіркелген, келген немесе орналасқан жағдайда КЖ/ТҚҚ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6, 6-1 және 8-тармақтарында көзделген әрекеттерді жасамайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="126"/>
+    <w:bookmarkStart w:name="z137" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Ұйым КЖ/ТҚҚ туралы заңның 6-бабының талаптарын ескере отырып, іскерлік қатынастар орнатылғанға дейін клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіруді жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z138" w:id="127"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z138" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Клиенттердің күрделі, әдеттегіден тыс ірі және басқа да әдеттегіден тыс операцияларын зерделеуді қоса алғанда, клиенттердің операцияларына мониторинг жасау және зерделеу бағдарламасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z139" w:id="128"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z139" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Ұйым клиентті тиісінше тексеру бойынша, сондай-ақ шекті және күдікті операциялар туралы хабарларды анықтау және оларды қаржы мониторингі жөніндегі уәкілетті органға жіберу бойынша КЖ/ТҚҚ туралы заңның талаптарын іске асыру мақсатында клиенттердің операцияларына мониторинг жасау және зерделеу бағдарламасын әзірлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z140" w:id="129"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z140" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Ұйым клиенттердің операцияларына мониторинг жасау және зерделеу бағдарламасы шеңберінде клиенттер (олардың өкілдері) және бенефициарлық меншік иелері туралы қосымша мәліметтерді жаңарту және (немесе) алу бойынша, сондай-ақ клиенттердің операцияларын зерделеу және шекті және күдікті операцияларды анықтау бойынша іс-шаралар жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиенттің операцияларын зерделеудің жиілігі, тереңдігі және қарқындылығы клиенттің тәуекел деңгейін ескере отырып, клиент қызметінің мөлшері, маңыздылығы, сипаты, ауқымы және күрделілігі туралы мәліметтерді, сондай-ақ клиент жасайтын операцияларды қаржыландыру көзі және (немесе) клиент пайдаланатын қызметтердің КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырау дәрежесі, клиенттің қаржылық мониторингке жататын, сондай-ақ ұйымда бар КЖ/ТҚ/ЖҚҚТҚ сценарийлерін (схемаларын) және (немесе) әдеттегіден тыс және күдікті операциялардың белгілерін ескере отырып, операциялар (операция) жасауы (жасауға әрекет жасауы) туралы мәліметтерді талдау негізінде айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5184,522 +7706,522 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым клиенттердің операцияларына мониторинг жасау және зерделеу нәтижелерін ұйымның көрсетілетін қызметтерінің КЖ/ТҚ/ЖҚҚТҚ тәуекелдеріне ұшырағыштық дәрежесін жыл сайын бағалау үшін, сондай-ақ клиенттер тәуекелдерінің деңгейлерін қайта қарау үшін пайдаланады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиенттердің күрделі, әдеттегіден тыс ірі және басқа да әдеттегіден тыс операцияларын зерделеуді қоса алғанда, клиент операцияларына мониторинг жасау және зерделеу бағдарламасын іске асыру шеңберінде алынған мәліметтер клиенттің досьесіне енгізіледі және клиентпен іскерлік қатынастардың барлық кезеңі ішінде және олар аяқталған не біржолғы операция (мәміле) жасалған күннен бастап кемінде бес жыл ұйымда сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="130"/>
+    <w:bookmarkStart w:name="z141" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Клиент (оның өкілі) және бенефициарлық меншік иесі туралы қосымша мәліметтерді жаңарту кезеңділігін және (немесе) алу қажеттілігін ұйым клиенттің (клиенттер тобының) тәуекел деңгейін және (немесе) клиент пайдаланатын ұйым қызметтерінің ұшырағыштық дәрежесін, КЖ/ТҚ/ЖҚҚТҚ тәуекелдерін ескере отырып белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекел деңгейі жоғары клиент (оның өкілі) және бенефициарлық меншік иесі туралы мәліметтерді жаңарту жылына кемінде бір рет жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиенттің (бенефициарлық меншік иесінің) ТҚ тізбесінде және ЖҚҚТҚ тізбесінде болуын тексеру (ТҚ тізбесіне және ЖҚҚТҚ тізбесіне еңгізу) клиенттің тәуекел деңгейіне байланысты емес және ТҚ тізбесіне және ЖҚҚТҚ тізбесіне өзгерістер енгізу шамасына қарай (ТҚ тізбесін және ЖҚҚТҚ тізбесін жаңарту) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="131"/>
+    <w:bookmarkStart w:name="z142" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Клиент операцияларын мониторингтеу және зерделеу бағдарламасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z143" w:id="132"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z143" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) КЖ/ТҚҚ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағына сәйкес Қаржы мониторингі жөніндегі уәкілетті орган бекіткен күдікті операцияларды айқындау белгілері негізінде жасалатын ерекше және күдікті операциялар тізбесін, сондай-ақ ұйым дербес әзірлеген ерекше және күдікті операциялар белгілерінің тізбесін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z144" w:id="133"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z144" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) КЖ/ТҚҚ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тармағына сәйкес қаржы мониторингі жөніндегі уәкілетті орган бекіткен қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар клиенттің операцияларын анықтау рәсімін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z145" w:id="134"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z145" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Талаптарда көзделген жағдайларда клиент (оның өкілі) және бенефициарлық меншік иесі туралы бұрын алынған мәліметтерді жаңарту және (немесе) қосымша мәліметтерді алу бойынша ұйымның қызметкерлері арасында міндеттерді бөлуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z146" w:id="135"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z146" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ұйым қызметкерлері арасында шекті, ерекше және күдікті операциялар, сондай-ақ қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар операциялар туралы мәліметтерді анықтау және қызметкерлер арасында беру бойынша міндеттерді бөлуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z147" w:id="136"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z147" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) шекті, әдеттен тыс және күдікті операцияларды анықтау кезінде бөлімшелердің өзара іс-қимыл тетігін, сондай-ақ қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар операцияларды сипаттауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z148" w:id="137"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z148" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жауапты қызметкердің клиент операциясының біліктілігі туралы шешім қабылдау рәсімін, негіздерін және мерзімін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z149" w:id="138"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z149" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) клиенттің операциясын жүргізуден бас тарту туралы (клиенттің, бенефициарлық меншік иесінің ТҚ тізбесінде және ЖҚҚТҚ тізбесінде болуына байланысты бас тартуды қоспағанда), сондай-ақ клиентпен іскерлік қатынастарды тоқтату туралы шешім қабылдау бойынша қызметкерлердің өзара іс-қимыл рәсімін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z150" w:id="139"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z150" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) ТҚ тізбесіндегі және ЖҚҚТҚ тізбесіндегі клиенттер мен бенефициарлық меншік иелерін анықтау бойынша, сондай-ақ осындай клиенттердің ақшасымен және (немесе) өзге мүлкімен операцияларға дереу тыйым салу бойынша ұйым бөлімшелерінің (қызметкерлерінің) өзара іс-қимыл рәсімін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z151" w:id="140"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z151" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) ерекше операцияларды зерделеу нәтижелері туралы мәліметтерді, сондай-ақ шекті және күдікті операциялар (оның ішінде операция сомасы, операция валютасы) және қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар операциялар туралы мәліметтерді тіркеу (оның ішінде тіркеу тәсілдері) және сақтау рәсімін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z152" w:id="141"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z152" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) қаржы мониторингі жөніндегі уәкілетті органға шекті және күдікті операциялар туралы хабарламаларды ұсыну рәсімін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z153" w:id="142"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z153" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) шекті және күдікті операцияны анықтау туралы ұйымның уәкілетті органдары мен лауазымды тұлғаларын хабардар ету рәсімін (қажет болған жағдайда);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z154" w:id="143"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z154" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) клиент әдеттен тыс және (немесе) күдікті операцияларды жүйелі және (немесе) елеулі көлемде жүзеге асырған жағдайда клиентке және оның операцияларына қатысты қабылданатын шараларды қабылдау рәсімі мен сипаттамасын қамтиды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z155" w:id="144"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z155" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) ұйым бағдарламаға енгізген клиенттің операцияларын бақылау және зерделеу бойынша қосымша шараларды (бар болса) қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z156" w:id="145"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z156" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Операцияны шекті ретінде саралаудың заңдылығы бөлігінде күмән туындаған кезде, сондай-ақ әдеттен тыс немесе күдікті операциялар мен қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар операциялар анықталған кезде, көрсетілген операцияны анықтаған ұйымның қызметкері осындай операция туралы жауапты қызметкерге (КЖ/ТҚҚ жөніндегі бөлімшеге) ұйымның ішкі құжаттарында белгіленген тәртіппен, нысанда және мерзімде хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірнеше операциялар туралы ақпарат бір хабарламада немесе бірнеше хабарламада жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым осы тармақтың бірінші бөлігінде көрсетілген операциялар туралы хабарламаларды, сондай-ақ оларды зерттеудің нәтижелерін клиентпен іскерлік қатынастар тоқтатылған не біржолғы операция (мәміле) жасалған күннен бастап кем дегенде бес жыл сақтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="146"/>
+    <w:bookmarkStart w:name="z157" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. КЖ/ТҚҚ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тармағының 2) тармақшасына сәйкес клиенттің барлық операциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       КЖ/ТҚҚ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5802,228 +8324,228 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым қаржылық мониторинг жөніндегі уәкілетті органға ақшамен және (немесе) өзге мүлікпен күдікті операция жасалғаны туралы хабарларды ұйымның өз платформасында қаржылық мониторинг жөніндегі уәкілетті органмен электрондық өзара іс-қимылы арқылы электрондық тәсілмен ұйым тиісті шешімді қабылдаған (әрекетті жасаған) күннен кейінгі жұмыс күнінен кешіктірмей ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақшамен және (немесе) өзге мүлікпен жасалған, олар өткізілгенге дейін күдікті деп танылмаған операциялар туралы хабарлар ұйым операцияны күдікті деп танығаннан кейін жиырма төрт сағаттан кешіктірмей қаржылық мониторинг жөніндегі уәкілетті органға ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="147"/>
+    <w:bookmarkStart w:name="z158" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. КЖ/ТҚҚ/ЖҚҚТҚ саласында қаржылық мониторинг субъектілерін даярлау және оқыту бағдарламасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z159" w:id="148"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z159" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Қызметкерлерді КЖ/ТҚҚ/ЖҚҚТҚ мәселелері бойынша даярлау және оқыту бағдарламасының (бұдан әрі – Оқыту бағдарламасы) мақсаты ұйым қызметкерлерінің КЖ/ТҚҚ/ЖҚҚТҚ саласындағы заңнаманың талаптарын, сондай-ақ КЖ/ТҚҚ/ЖҚҚТҚ саласындағы ішкі бақылау қағидаларын және субъектінің өзге де ішкі құжаттарын орындауына қажетті білім алуы мен дағдыларды қалыптастыруы болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z160" w:id="149"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z160" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Қызметкерлерді КЖ/ТҚҚ/ЖҚҚТҚ саласында даярлау және оқыту бағдарламасы мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z161" w:id="150"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z161" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оқыту тақырыптарын, оқыту жүргізу әдістерін, мерзімдерін және оқытуды өткізуге жауапты бөлімшені (тұлғаны) қамтитын қызметкерлерді оқыту тәртібін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z162" w:id="151"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z162" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қызметкерлері оқытылатын ұйым бөлімшелерінің (қызметкерлерінің) тізімін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z163" w:id="152"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z163" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оқыту нәтижелерін сақтау тәртібі мен нысандарын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z164" w:id="153"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z164" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) КЖ/ТҚҚ/ЖҚҚТҚ мәселелері бойынша қызметкерлердің білімін тексеру тәртібі мен нысандарын қамтиды, бірақ олармен шектелмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z165" w:id="154"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z165" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. КЖ/ТҚҚ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тармағына сәйкес Оқыту бағдарламасы қаржылық мониторинг жөніндегі уәкілетті орган бекітетін субъектілер қызметкерлерін даярлау және оқыту жөніндегі талаптарға сәйкес әзірленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24472,55 +26994,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -24846,31 +27368,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>