--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b30056f" w14:textId="b30056f">
+    <w:p w14:paraId="018843e" w14:textId="018843e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,161 +85,276 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Шығыс Қазақстан облысында ортақ су пайдалану ережелерін белгілеу туралы" Шығыс Қазақстан облыстық мәслихатының 2017 жылғы 6 қазандағы № 14/156-VI шешіміне өзгерістер мен толықтыру енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Шығыс Қазақстан облыстық мәслихатының 2021 жылғы 14 желтоқсандағы № 12/102-VII шешімі. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 5 қаңтарда № 26368 болып тіркелді</w:t>
+        <w:t>Шығыс Қазақстан облыстық мәслихатының 2021 жылғы 14 желтоқсандағы № 12/102-VII шешімі. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 5 қаңтарда № 26368 болып тіркелді. Күші жойылды - Шығыс Қазақстан облыстық мәслихатының 2025 жылғы 18 қарашадағы № 25/203-VIII шешімімен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Шығыс Қазақстан облыстық мәслихатының 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25/203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шығыс Қазақстан облыстық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Шығыс Қазақстан облысында ортақ су пайдалану ережелерін белгілеу туралы" Шығыс Қазақстан облыстық мәслихатының 2017 жылғы 6 қазандағы № 14/156-VI (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5262 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай өзгерістер мен толықтыру енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      аталған </w:t>
+      аталған шешіммен бекітілген Шығыс Қазақстан облысында ортақ су пайдалану </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>шешіммен</w:t>
+        <w:t>ережелерінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бекітілген Шығыс Қазақстан облысында ортақ су пайдалану ережелерінде:</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -496,51 +613,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11197 болып тіркелген) бекітілген Шағын көлемді кемелерді және олар тоқтауға арналған базаларды (құрылыстарды) пайдалану қағидаларына және Қазақстан Республикасы Ішкі істер министрінің 2015 жылғы 19 қаңтардағы № 34 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10335 болып тіркелген) бекітілген Су айдындарындағы қауіпсіздік қағидаларына сәйкес жүзеге асырылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген Ережелерге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -555,91 +689,106 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z13" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы шешімнің 2-қосымшасына сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшамен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> толықтырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -741,206 +890,229 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Д. Рыпаков</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...16 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
-[...25 lines deleted...]
-          <w:p/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"КЕЛІСІЛДІ"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы Денсаулық сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрлігі Санитарлық-эпидемиологиялық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">комитетінің Шығыс Қазақстан облысы </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитарлық-эпидемиологиялық департаменті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "КЕЛІСІЛДІ"</w:t>
-[...71 lines deleted...]
-      санитарлық-эпидемиологиялық департаменті</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -976,27534 +1148,113 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шығыс Қазақстан облыстық</w:t>
+              <w:t>Шығыс Қазақстан облыстық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мәслихатының</w:t>
+              <w:t>2021 жылғы 14 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2021 жылғы 14 желтоқсандағы</w:t>
-[...11 lines deleted...]
-              </w:rPr>
               <w:t>№ 12/102-VII шешіміне</w:t>
-            </w:r>
-[...89 lines deleted...]
-              <w:t>ортақ су пайдалану ережелеріне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z3" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Шығыс Қазақстан облысының аумағында орналасқан су объектілерінде шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару жүзеге асырылмайтын жерлер</w:t>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...27316 lines deleted...]
-    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -28537,113 +1288,23508 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шығыс Қазақстан облыстық</w:t>
+              <w:t xml:space="preserve">Шығыс Қазақстан облысында ортақ </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мәслихатының</w:t>
+              <w:t xml:space="preserve">су пайдалану ережелеріне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2021 жылғы 14 желтоқсандағы</w:t>
-[...25 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шығыс Қазақстан облысының аумағында орналасқан су объектілерінде шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару жүзеге асырылмайтын жерлер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+     № р/н</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су объектісінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауылдық округ, жақын орналасқан елді мекен, аудан (координаттары)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ертіс өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Колос", "Урал" саяжайлар қоғамдары ауданында (49058′ 20.20′′С; 82031′51.62′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өскемен су электр станциясы ауданында (49054′12.69′′С; 82043′36.79′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сол жағалау ауданында (49056′26.32′′С; 82038′52.83′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәулет Серікбаев атындағы Шығыс Қазақстан техникалық университеті ауданында (49057′18.52′′ С; 82034′ 30.26′′ В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Самар тас жолы ауданы (49055′01.03′′С; 82038′55.02′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лесхоз кенті ауданында (49056′50.43′′С; 82041′55.57′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ертіс өзенінің ағысы, қазаншұңқыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кенсіз материалдар комбинаты ауданында (49059′34.52′′С; 82032′29.26′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бабкина Мельница шағын ауданында (49059′02.98′′С; 82039′01.70′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Семей қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ертіс өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Солнечная поляна саяжайлар алабы ауданында. Прииртышье лагері (50028′38.82″С; 8006′59.07″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұрат саяжайлар алабы ауданында (50026′5.53″С; 80010′0.29″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бобровка саяжайлар алабы ауданында (50025′53.87″С; 80012′6.45″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Семей кемеқұрлыс-кемежөндеу зауыты ауданында (50027′9.36″С; 80012′41.78″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аквапарк ауданында (50024′53.10″С; 80013′19.48″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аквапарктің сол жағалауы бөлігі (сол жағалау) (50024′32.03″С; 80013′18.87″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Смычка суқақпасы мен бұрынғы понтон көпірінің арасы ауданында (50023′59.71″С; 80015′2.71″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Абай көшесіндегі орталық мешіт ауданында, Хасанов аралы (50023′56.25″С; 80015′49.40″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұлпар көлік базарынан кейін орналасқан шығыс кенті ауданында (жеке тұрғын сектор) (50024′8.66″С; 80016′30.85″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Смычка суқақпасы мен ат-арба көлік көпірі (ескі көпір) арасы ауданында (50023′39.74″С; 80017′43.60″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейбітшілік аралы (биологиялық орталықтан кейін) (50023′2.06″С; 80017′56.05″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығыс кенті саяжайлар алабы ауданында (саяжайлар) (50023′2.52″С; 80017′58.94″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+понтон көпірінің сол жағалау бөлігі, Мелькомбинат ауданы (50023′1.90″С; 80015′20.23″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Колхозка көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Озерка ауылы, Озерский аулыдық округі (50023′31.68″С; 80028′35.74″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 Мұрат қазаншұңқыры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұрат кентіндегі Бобровка мен 35-ші колония арасында (50025′50.25″С; 8008′2.52″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 Мұрат қазаншұңқыры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұрат кентіндегі Бобровка мен 35-ші колония арасында (50026′7.35″С; 8008′5.96″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курчатов қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ертіс өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курчатов қаласының әкімдігі ауданында (50075′61.42′′С; 78055′14.96′′ В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 1 және № 2 мектептер ауданында (50075′12.59′′ С; 780 55′56.96′′ В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Курчатов қаласындағы саяжай алабы ауданы (50073′88.81′′ С; 78056′76.76′′ В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Риддер қаласы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тихая өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірінші аудан бөгетінен төмендегі көпір ауданында (50032′16.28′′С; 83043′23.30′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлбі өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ульбастрой ауылындағы көпір ауданында (50025′89.87′′С; 83031′82.50′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ульбастрой ауылы (50025′87.53′′С, 83029′06.51′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ульбастрой ауылындағы теміржол көпірі ауданында (50025′86.17′′С; 83028′73.28′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Быструха өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алтай және Филипов көшелеріндегі көпір ауданында (50025′32.81′′С, 83052′27.90′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гавань ауданында (50020′8.5′′С; 8300′0.78′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Быструха және Журавлиха екі өзендердің біріккен ауданында (50020′8.3′′С; 83000′7.6′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаравка өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гравиемойки ауданында (50035′65.11′′С; 83048′03.20′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Абай ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарашоқы өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеңгірбайби ауылдық округі (49084′09.42″С; 79079′25.23″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оспанкөл көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеңгірбайби ауылдық округі (49017′55.95″С; 79028′65.10″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алтай ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұқтырма өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұқтырма көпірі ауданында, Малеевск ауылдық округі (49048′12.92′′С; 84015′46.25′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Быково ауылы, Малеевск ауылдық округі (49043′59.89′′С; 84033′46.12′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғұсын ауылдық округі (49045′57.82′′С; 84001′09.21′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теміржол көпірі ауданында, Парыгин ауылдық округі (49048′12.66′′С; 84015′48, 63′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чапаевск ауылдық округі (49044′53.18′′С; 84002′59.05′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Хамир өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Путинцево ауылы, Малеевск ауылдық округі (49048′12.56′′С; 84009′30.46′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бұрынғы Зырян кенішіндегі карьер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алтай қаласы (49043′50.52′′С; 84017′32.26′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет сарайы ауданында, Жаңа-Бұқтырма кенті (49042′52.44′′С; 84015′59.67′′ В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ қазаншұңқыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алтай қаласының оң жақ бөлігіндегі саяжайлар ауданында (49044′13.08′′С; 84013′38.58′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Березовка өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соловьев ауылдық округі (49037′11.56′′С; 84020′51.30′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Крестовка өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чапаевск ауылдық округі (49044′53.18′′С; 84002′59.05′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Копань тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Октябрь кенті (49037′44.70′′С; 83038′37.47′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғұсын өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+теміржол көпірі ауданында, Парыгин ауылдық округі (49048′ 16.58′′С; 84009′41.79′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ қазаншұңқыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Саулет LTD" жауапкершілігі шектеулі серіктестігі карьері ауданында, Парыгин ауылынан 1 километр (49047′20.59′′С; 84006′14.99′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аягөз ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аягөз өзенінің бойында орналасқан "3 скалка" орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аягөз қаласы (47056′20.59′′С; 80039′14.99′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аягөз өзенінің бойында орналасқан "Спартак" орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамырсу ауылы (47056′27.54′′С; 80023′14.99′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бесқарағай ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ертіс өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глуховка ауылы (50029′09.11′′С, 79052′50.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стеклянка ауылы (50049′79.25′′С, 79093′71.19′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірлік ауылы (50030′56′′С, 79042′44′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белокаменка ауылы (50056′63.44′′С, 79059′71.22′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Долонь ауылы (50056′63.44′′С, 79059′71.22′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мостик ауылы (50041′15′′С, 79006′44′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Черемушки ауылы (50029′09.11′′С, 79052′50.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бөдене ауылы (50056′63.44′′С, 79059′71.22′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Грачи ауылы (50029′09.11′′С, 79052′50.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жетіжар ауылы (50029′09.11′′С, 79052′50.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кривинка ауылы (50029′09.11′′С, 79052′50.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ көл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Канонерка ауылы (50056′63.44′′С, 79059′71.22′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ көл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Беген ауылы (50029′09.11′′С, 79052′50.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шошқалы көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бесқарағай ауылы (51015′52.11′′С, 78043′26.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бородулиха ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Большое көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бородулиха ауылы (50076′50.73′′С; 80094′58.92′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Абдулка су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бородулиха ауылы (50077′37.58′′С; 80098′41.72′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Горчак көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл станциясы ауданында (51001′16.81′′С; 81000′88.66′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ су айдыны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дмитриевка ауылы шетінде (50074′44.20′′С; 80082′40.00′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ тоған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ивановка ауылы (50054′4′′С; 81031′5′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неміс тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Переменовка ауылы (50048′30′′С; 81021′49′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Веселов тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңа Шүлбі ауылының оңтүстік-батыс бөлігі (50052′88.70′′С; 81031′16.16′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ тоған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерновка ауылы (50052′67.34′′С; 81012′88.95′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерновка өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерновка ауылының оңтүстік ауданында (50051′33.55′′С; 81012′88.95′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Казенное көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орман алқабының шетінде, Жерновка ауылынан 1,5 километр (50049′17.41′′С; 81010′70.69′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Черемушное көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орман алқабының шетінде, Жерновка ауылынан 6 километр (50049′17.41′′С; 81010′70.69′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оба өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Красный Яр ауылы (50051′61.05′′С; 81069′60.55′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңа Шүлбі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уба-Форпост ауылы (50028′05.64′′С; 81062′11.92′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Михайловск көлдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Семей орманы территориясы, Михайловка ауылы ауданында (50066′25.25′′С; 80068′01.60′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дюкала көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Семей орманы территориясы, Камышенка ауылы ауданында (50067′78.59′′С; 80082′67.59′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ қазаншұңқыр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Камышенка ауылының солтүстік-шығыс бөлігі (50071′30.20′′С; 80077′53.50′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Старый тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шелехово ауылы (50079′04.87′′С; 80051′39.63′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кіші Палевск тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шелехово ауылы (50079′22.53′′С; 80048′84.47′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первый 1 тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шелехово ауылы (50081′66.87′′С; 80049′20.93′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Первый 2 тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орловка ауылы (50082′52.38′′С; 80056′41.01′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Троицкое 1 тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шелехово ауылы (50078′15.22′′С; 80041′51.47′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Троицкое 2 тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шелехово ауылы (50078′91.98′′С; 80039′62.62′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бригадный тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орловка ауылы (50083′31.43′′С; 80056′33.58′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Летний тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орловка ауылы (50083′31.43′′С; 80056′33.58′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызылтай 1 тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орловка ауылы (50078′15.22′′С; 80041′51.47′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызылтай 2 тоғаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орловка ауылы (50078′91.98′′С; 80039′62.62′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ су айданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаңырақ көшесі ауданында, Новопокровка ауылы (50068′37.33′′С; 80045′60.56′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глубокое ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ертіс өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Паром өткелінің ауданында Предгорное ауылы (50°14'08.0"С; 82°12'45.4"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уварово ауылы (50°04'16.9"С; 82°22'01.8"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прапорщиково ауылы (50°02'25.1"С; 82°27'40.7"В) (50°02'23.3"С; 82°27'50.3"В) (50°02'14.5"С; 82°28'08.0"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлбі өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тарханка ауылы (50°06'58.9"С; 82°57'05.6"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменный Карьер ауылы (50°00'20.5"С; 82°49'12.2"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Черемшанка ауылы, Алтай ауданына қарай шығудағы гидротехникалық құрылыс (50°16'20.2"С; 83°02'17.7"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші Үлбі өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Горная Ульбинка ауылы (49°59'13.3"С; 82°55'01.9"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ново-Ульбинка ауылы (50°01'07.5"С; 82°52'04.0"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Малоубинка өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Быструха ауылы (50°22'38.0"С; 82°43'04.6"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Малоубинка ауылы (50°26'59.1"С; 82°39'58.8"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бражин бұлағындағы су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Опытное поле ауылы (50003′28.4′′С; 820 32′21.9′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бобровка өзеніндегі тоған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бобровка ауылы (50011′08.2′′С; 82046′06.9′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Маховка бұлағындағы тоған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Солнечное ауылы (50002′48.5′′С; 82042′41.1′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+атауы жоқ тоған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белокаменка ауылынан 2 километр (50012′18.8′′С; 820 35′05.0′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Красноярка өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алтай кенті (50°15'16.4"С; 82°21'47.5"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Веселовка бұлағындағы тоған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Веселовка ауылы (50°18'56.1"С; 82°20'24.7"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ертіс өзенінің ағысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бұрынғы "жағажай" ауданында, Глубокое кенті (50°09'10.6"С; 82°16'58.4"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 1 Демидовка өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кожохово ауылы (50°12'13.1"С; 82°18'05.1"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 2 Демидовка өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кожохово ауылы (50°12'05.2"С; 82°17'42.0"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Крутиха өзеніндегі тоған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Веселое ауылы (50°06'09.6"С; 82°51'35.8"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+атауы жоқ су айдыны </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ушаново ауылы, Алтай ауданына қарай шығудағы гидротехникалық құрылыс (49°58'23.8"С; 82°44'14.9"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Секисовка өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Секисовка ауылы (50°21'08.4"С; 82°35'27.9"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Церковка бұлағындағы № 1 тоған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Секисовка ауылы (50°20'35.1"С; 82°34'27.0"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Церковка бұлағындағы № 2 тоған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Секисовка ауылы (50°20'31.5"С; 82°34'12.0"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глубочанка өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Белоусовка кенті (50°08'15.9"С; 82°32'49.3"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жарма ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шар өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Суықбұлақ кенті (49°47'42"С; 80°49'30"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаөзен ауылы (49°19'18"С; 81°28'11"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шар қаласы (49°35'19"С; 81°02'43"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шар су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалбатау ауылы (49°19'41"С; 81°34'14"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ортабұлақ су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалбатау ауылы (49°19'41"С; 81°34'14"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызылсу өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шалабай ауылы (49°41'59"С; 81°30'25"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зайсан ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үйдене су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зайсан қаласы (47036′74.86′′С; 84077′79.27′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару, жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кіші бөгет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зайсан қаласы (47045′55.68′′С; 84087′24.78′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару, жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+кіші бөгет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеңсай ауылдық округі (47046′49.86′′С, 84078′41.09′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару, жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Катон-Қарағай ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұқтырма су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приморск ауылы (490 12′19.79″ С; 84020′20.09″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свинчатка ауылы (49005′22.38″ С; 84011′54.45″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көкпекті ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұқтырма су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сарыбел ауылының жанындағы бұғаз ауданында, Сарыбел ауылдық округі (49010′69.49′′С; 84002′34.78′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Новостройка ауылындағы астық қабылдау пунктінің ескі пирс ауданында, Сарыбел ауылдық округі (49005′70.78′′С; 830 87′30.87′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Казнаковка өткелі ескі паромдық айлақ ауданында, Құлынжон ауылдық округі (48082′28.58′′С; 830 42′95.76′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәлмен өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көкпекті-Васильев өткелі автожолындағы Тәлмен өзені арқылы өтетін көпір ауданында, Аухадиев атындағы ауылдық округі (48083′61.47′′С; 820 72′63.67′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лайлы су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Самар ауылы, Самар ауылдық округі (49003′98.13′С; 830 35′86.42′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күршім ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күршім өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күршім ауылы (48058′54.26′′С; 83066′00.48′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қара Ертіс өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Боран ауылы (47099′60.19′′С; 85020′83.73′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұқтырма су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құйған ауылы (48063′53.75′′С; 83051′50.48′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зайсан көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақсуат ауылы (48021′61.31′′С; 83070′51.61′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үржар ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егінсу ауылындағы су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егінсу ауылы (46°57'39.99"С; 81°28'17.71"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлан ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дресвянка өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменка ауылынан оңтүстікке қарай 9 километр (49°85'42.99"С; 81°94'61.71"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Крупа өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Привольное ауылынан солтүстік-батысқа қарай 1,5 километр (49°85'42.99"С; 81°94'61.71"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарасу өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Привольное ауылынан жоғары қарай 7 километр (50°08'25.03"С; 81°57'53.39"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Митрофановка ауылынан жоғары қарай 2 километр (50°02'82.12"С; 81°61'24.65"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жартас өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гагарино ауылынан оңтүстікке қарай 3,5 километр (50°11'90.74"С; 81°89'31.72"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлан өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанұзақ ауылынан жоғары қарай 15 километр (49°62'76.50"С; 82°12'34.61"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айыртау ауылынан жоғары қарай 3 километр (49°80'13.05"С; 82°24'10.68"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлан өзеніндегі "Алебастр" су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айыртау ауылынан төмен қарай 7 километр (49°86'80.78"С; 82°33'79.81"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолбала өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бестерек ауылынан оңтүстікке қарай 4,5 километр (49°60'99.92"С; 82°66'61.96"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Маймекен өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменка ауылынан оңтүстікке қарай 7 километр (49°86'19.86"С; 81°90'99.87"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұғұл өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тройницк ауылынан оңтүстік-батысқа қарай 5 километр (49°91'56.85"С; 81°70'52.19"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Песчанка өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таврия ауылынан оңтүстікке қарай 4 километр (50°10'85.56"С; 82°06'13.04"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аблакетка өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамай батыр ауылынан солтүстікке қарай 3,5 километр (49°79'35.63"С; 82°62'05.22"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тайынты өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төменгі Тайынты ауылынан жоғары қарай 0,2 километр (49°43'71.97"С; 83°04'71.01"В 49°44'42.89"С; 83°06'29.85"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұқтырма су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Манат ауылы (49°55'74.89"С; 83°47'43.88"В) (49°55'86.62"С; 83°46'23.54"В) (49°55'12.09"С; 83°44'34.37"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+109</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төменгі Тайынты су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төменгі Тайынты ауылы (49°44'08.39"С; 83°04'98.11"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шыбындыкөл көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғарғы Тайынты ауылы (49°36'96.34"С; 83°03'01.35"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сібе және Садыркөл көлдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алғабас ауылы (49°45'13.85"С; 82°59'23.41"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төртқара көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алғабас ауылы (49°44'48.59"С; 82°61'44.23"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шалқар көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алғабас ауылы (49°43'74.57"С; 82°63'32.88"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қоржынкөл көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алғабас ауылы (49°42'68.39"С; 82°65'13.51"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дұбығалы көлі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гагарин ауылы (50°06'40.97"С; 81°79'02.71"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шемонаиха ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оба өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Усть-Таловка кенті (50°33'36"С; 81°50'34"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шомылу, ауыз су және тұрмыстық қажеттіліктерге су алу, мал суару жүзеге асырылмайды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Верх-Уба ауылы (50°29'17"С; 82°24'53"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Убинка ауылы (50°19'15"С; 81°43'47"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Камышинка ауылы (50°33'42"С; 81°47'30"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Волчанка ауылы (50°33'39"С; 82°08'19"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Большая Речка ауылы (50°34'22"С; 82°21'49"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
@@ -28654,822 +24800,887 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шығыс Қазақстан облысында</w:t>
+              <w:t>Шығыс Қазақстан облыстық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ортақ су пайдалану ережелеріне</w:t>
+              <w:t>2021 жылғы 14 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 12/102-VII шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Шығыс Қазақстан облысында ортақ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>су пайдалану ережелеріне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шығыс Қазақстан облысының аумағында орналасқан су объектілерінде шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайтын жерлер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="946"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...36 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+     № р/н</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су объектісінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауылдық округ, жақын орналасқан елді мекен, аудан (координаттары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өскемен қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меновное көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сол жағалау кешені жағажайы (49055′ 59′′ С; 82036′32′′ В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жағажайлар мен акваториялар учаскелерінің (белдеулерінің) шекарасынан 50 метрден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ертіс өзені</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Самал" жағажайы (49°55'59"С; 82°36'32"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...91 lines deleted...]
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алтай ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұқтырма су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңа Бұқтырма кенті (49°61'38"5С; 83°51'19"7В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -29481,7829 +25692,5868 @@
 жағажайлар мен акваториялар учаскелерінің (белдеулерінің) шекарасынан 50 метрден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прибрежный кенті (49°65'25"6С; 83°77'54"5В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...54 lines deleted...]
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бородулиха ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шүлбі су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерновка ауылдық округі (50°38'55"04С; 81°12'01"34В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жағажайлар мен акваториялар учаскелерінің (белдеулерінің) шекарасынан 50 метрден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Глубокое ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Малоубинка өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...73 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Толағай" жазғы лагері, Малоубинка ауылы (50°44'41"39С; 82°68'16"13В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зайсан ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үйдене су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зайсан қаласы (47036′74.86′′С; 84077′79.27′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кіші бөгет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зайсан қаласы (47045′55.68′′С; 84087′24.78′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="946" w:type="dxa"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кіші бөгет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кенсай ауылдық округі (47046′49.86′′С, 84078′41.09′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="13"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көкпекті ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұқтырма су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...73 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Черемушки" демалыс базасы, Сарыбел ауылдық округі (49038′46′′С; 84019′48′′В;)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жағажайлар мен акваториялар учаскелерінің (белдеулерінің) шекарасынан 50 метрден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Рубин" демалыс базасы, Сарыбел ауылдық округі (49038′46′′С; 84019′48′′В;)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Бухтарминская лилия" демалыс базасы, Сарыбел ауылдық округі (49038′46′′С; 84019′48′′В;)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...90 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Майами" демалыс базасы, Сарыбел ауылдық округі (49038′46′′С; 84019′48′′В;)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Простоквашино" демалыс базасы, Сарыбел ауылдық округі (49038′46′′С; 84019′48′′В;)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Оригон" демалыс базасы, Сарыбел ауылдық округі (49038′46′′С; 84019′48′′В;)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Поющий берег" демалыс базасы, Сарыбел ауылдық округі (49038′46′′С; 84019′48′′В;)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Золотые пески" демалыс базасы, Палатцы ауылдық округі (53017′48′′С; 48049′29′′В;)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Балауса-2" балалар сауықтыру лагері (49005′07′′78С; 83087′30′′87В;)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үржар ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алакөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...73 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабанбай ауылы (46°07'28.03"С; 82°03'25.23"В) (46°06'87.93"С; 82°03'39.65"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жағажайлар мен акваториялар учаскелерінің (белдеулерінің) шекарасынан 50 метрден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлан ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...158 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дресвянка өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменка ауылынан оңтүстікке қарай 9 километр (49°85'42.99"С; 81°94'61.71"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...158 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Крупа өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Привольное ауылынан солтүстік-батысқа қарай 1,5 километр (49°85'42.99"С; 81°94'61.71"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...80 lines deleted...]
-            <w:gridSpan w:val="3"/>
+              <w:t>
+Қарасу өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Привольное ауылынан жоғары қарай 7 километр (50°08'25.03"С; 81°57'53.39"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-шағын кемелерде және басқа да жүзу құралдарында жүзу</w:t>
-[...17 lines deleted...]
-жүзеге асырылмайды</w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Митрофановка ауылынан жоғары қарай 2 километр (50°02'82.12"С; 81°61'24.65"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...54 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...158 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жартас өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гагарино ауылынан оңтүстікке қарай 3,5 километр (50°11'90.74"С; 81°89'31.72"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...98 lines deleted...]
-            <w:gridSpan w:val="2"/>
+              <w:t>
+Ұлан өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанұзақ ауылынан жоғары қарай 15 километр (49°62'76.50"С; 82°12'34.61"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-шағын кемелерде және басқа да жүзу құралдарында жүзу</w:t>
-[...17 lines deleted...]
-жүзеге асырылмайды</w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айыртау ауылынан жоғары қарай 3 километр (49°80'13.05"С; 82°24'10.68"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-          </w:p>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлан өзеніндегі "Алебастр" су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...121 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айыртау ауылынан төмен қарай 7 километр (49°86'80.78"С; 82°33'79.81"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...158 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолбала өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бестерек ауылынан оңтүстікке қарай 4,5 километр (49°60'99.92"С; 82°66'61.96"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...158 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Маймекен өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Каменка ауылынан оңтүстікке қарай 7 километр (49°86'19.86"С; 81°90'99.87"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...158 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұғұл өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тройницк ауылынан оңтүстік-батысқа қарай 5 километр (49°91'56.85"С; 81°70'52.19"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...176 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Песчанка өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таврия ауылынан оңтүстікке қарай 4 километр (50°10'85.56"С; 82°06'13.04"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...158 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аблакетка өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамай батыр ауылынан солтүстікке қарай 3,5 километр (49°79'35.63"С; 82°62'05.22"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...194 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тайынты өзеніндегі су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төменгі Тайынтыдан жоғары қарай 0,2 километр (49°43'71.97"С; 83°04'71.01"В) (49°44'42.89"С; 83°06'29.85"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұқтырма су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...91 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Манат ауылы (49°55'74.89"С; 83°47'43.88"В) (49°55'86.62"С; 83°46'23.54"В) (49°55'12.09"С; 83°44'34.37"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жағажайлар мен акваториялар учаскелерінің (белдеулерінің) шекарасынан 50 метрден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-          </w:p>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...158 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төменгі Тайынты су қоймасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төменгі Тайынты ауылы (49°44'08.39"С; 83°04'98.11"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шыбындыкөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...103 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғарғы Тайынты ауылы (49°36'96.34"С; 83°03'01.35"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сібе және Садыркөл көлдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...103 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алғабас ауылы (49°45'13.85"С; 82°59'23.41"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төртқара көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...103 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алғабас ауылы (49°44'48.59"С; 82°61'44.23"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шалқар көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алғабас ауылы (49°43'74.57"С; 82°63'32.88"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоржынкөл көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алғабас ауылы (49°42'68.39"С; 82°65'13.51"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дұбығалы көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...102 lines deleted...]
-жүзеге асырылмайды</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гагарин ауылы (50°06'40.97"С; 81°79'02.71"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="13"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шемонайха ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оба өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...54 lines deleted...]
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Усть-Таловка кенті (50°33'36"С 81°50'34"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...54 lines deleted...]
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Верх-Уба ауылы (50°29'17"С 82°24'53"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...54 lines deleted...]
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Убинка ауылы (50°19'15"С 81°43'47"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...54 lines deleted...]
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Камышинка ауылы (50°33'42"С 81°47'30"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...54 lines deleted...]
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Волчанка ауылы (50°33'39"С 82°08'19"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 шағын кемелерде және басқа да жүзу құралдарында жүзу жүзеге асырылмайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...54 lines deleted...]
-            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Большая Речка ауылы (50°34'22"С 82°21'49"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37357,55 +31607,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -37735,35 +32007,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>