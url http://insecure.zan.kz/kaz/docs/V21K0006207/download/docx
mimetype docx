--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7ebd2ac" w14:textId="7ebd2ac">
+    <w:p w14:paraId="08a0211" w14:textId="08a0211">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -286,51 +286,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қарағанды облыстық мәслихатының 18.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -730,139 +730,139 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қарағанды облыстық мәслихатының</w:t>
+              <w:t>Қарағанды облыстық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2021 жылғы 25 ақпандағы №34</w:t>
+              <w:t>мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шешіміне</w:t>
+              <w:t>2021 жылғы 25 ақпандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>№34 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасы азаматтарының жекелеген санаттарына амбулаториялық емдеу кезінде қосымша ұсынылатын тегін медициналық көмектің кепілдік берілген көлемі, оның ішінде дәрілік заттардың, медициналық бұйымдар</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы азаматтарының жекелеген санаттарына қосымша берілетін амбулаториялық емдеу кезінде қосымша тегін медициналық көмектің кепілдік берілген көлемі, оның ішінде дәрілік заттар, медициналық бұйымдар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қарағанды облыстық мәслихатының 11.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қарағанды облыстық мәслихатының 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 307</w:t>
+        <w:t>№ 349</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1307,94 +1307,154 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) "Ланаделумаб", "С1 эстераза тежегіші" дәрілік заттар - "Бастапқы иммундық тапшылық. Комплемент жүйесіндегі ақау" диагнозында;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23) "Адам иммуноглобулині" дәрілік заты - "Басқа да қабынбалы полинейропатиялар" диагнозында.</w:t>
+      23) "Адам иммуноглобулині" дәрілік заты - "Басқа да қабынбалы полинейропатиялар" диагнозында;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      24) "Вандетаниб" дәрілік заты - "Онкологиялық аурулар. Қалқанша безінің обыры, IVA сатысы, Т4аNIM0" диагнозында;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) "Теклистамаб" дәрілік заты - "Көптеген миелома және қатерлі плазма жасушалық ісіктер" диагнозында;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) "Алглюкозидаза-альфа" дәрілік заты - "Гликоген жинақталу аурулары (Помпе ауруы)" диагнозында.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       2. Амбулаториялық емдеу кезінде медициналық бұйымдар келесі диагнозбен тегін: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       медициналық бұйымдар (рецепт бойынша) "Буллезді эпидермолиз" диагнозы бар азаматтарға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1499,602 +1559,602 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 34</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешімге 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қарағанды облыстық мәслихатының күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қарағанды облыстық мәслихатының 2013 жылғы 27 маусымдағы № 184 "Азаматтардың жекелеген санаттарына амбулаториялық емделу кезінде тегін дәрілік заттарды қосымша беру туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2349 болып тіркелген, 2013 жылғы 13 шілдедегі № 117-118 (21524) "Индустриальная Караганда" және 2013 жылғы 13 шілдедегі № 96 (21429) "Орталық Қазақстан" газеттерінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қарағанды облыстық мәслихатының 2014 жылғы 15 сәуірдегі № 278 "Қосымша мамандандырылған емдік өнімдерді беру туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2592 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2014 жылғы 25 сәуірде, 2014 жылғы 19 сәуірдегі № 65 (21586) "Индустриальная Караганда" және 2014 жылғы 19 сәуірдегі № 73 (21707) "Орталық Қазақстан" газеттерінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қарағанды облыстық мәслихатының 2014 жылғы 4 қыркүйектегі № 314 "Дәрілік затты қосымша беру туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2740 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2014 жылғы 29 қыркүйекте, 2014 жылғы 23 қыркүйектегі № 168 (21689) "Индустриальная Караганда" және 2014 жылғы 23 қыркүйектегі № 182 (21816) "Орталық Қазақстан" газеттерінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қарағанды облыстық мәслихатының 2014 жылғы 11 желтоқсандағы № 358 "Дәрілік затты қосымша беру туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2871 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 20 қаңтарда, 2014 жылғы 20 желтоқсандағы № 221-222 (21742-21743) "Индустриальная Караганда" және 2014 жылғы 20 желтоқсандағы № 242-243 (21877) "Орталық Қазақстан" газеттерінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қарағанды облыстық мәслихатының 2015 жылғы 29 шілдедегі № 419 "Дәрілік затты, мамандандырылған емдік өнімдерді қосымша беру туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 3360 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 14 тамызда, 2015 жылғы 11 тамыздағы №111-112 (21862-21863) "Индустриальная Караганда" және 2015 жылғы 11 тамыздағы № 126-127 (22012) "Орталық Қазақстан" газеттерінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Қарағанды облыстық мәслихатының 2016 жылғы 12 желтоқсандағы VI сессиясының № 143 "Дәрілік заттарды қосымша беру туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №4068 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде электрондық түрде 2017 жылғы 10 қаңтарда, 2017 жылғы 05 қаңтардағы № 1 (22114) "Индустриальная Караганда" және 2017 жылғы 05 қаңтардағы № 1 (22 306) "Орталық Қазақстан" газеттерінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қарағанды облыстық мәслихатының 2017 жылғы 30 наурыздағы № 168 "Дәрілік заттарды қосымша беру туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №4207 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде электрондық түрде 2017 жылғы 20 сәуірде, 2017 жылғы 13 сәуірдегі № 40 (22153) "Индустриальная Караганда" және 2017 жылғы 13 сәуірдегі № 40 (22 347) "Орталық Қазақстан" газеттерінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Қарағанды облыстық мәслихатының 2017 жылғы 29 маусымдағы № 200 "Мамандандырылған емдеу өнімдерін, медициналық бұйымдарды, дәрілік заттарды қосымша беру туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №4295 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде электрондық түрде 2017 жылғы 11 шілдеде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Қарағанды облыстық мәслихатының 2018 жылғы 9 тамыздағы № 331 "Дәрілік заттарды қосымша беру туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №4904 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде электрондық түрде 2018 жылғы 25 тамызда, 2018 жылғы 28 тамыздағы № 95 (22354) "Индустриальная Караганда" және 2018 жылғы 28 тамыздағы № 95 (22 547) "Орталық Қазақстан" газеттерінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Қарағанды облыстық мәслихатының 2019 жылғы 28 ақпандағы № 398 "Дәрілік заттарды қосымша беру туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №5211 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде электрондық түрде 2019 жылғы 15 наурызда, 2019 жылғы 16 наурыздағы № 29 (22433) "Индустриальная Караганда" және 2019 жылғы 16 наурыздағы № 29 (22 625) "Орталық Қазақстан" газеттерінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Қарағанды облыстық мәслихатының 2019 жылғы 8 тамыздағы № 440 "Дәрілік заттарды қосымша беру туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №5427 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде электрондық түрде 2019 жылғы 15 тамызда, 2019 жылғы 17 тамыздағы № 90 (22494) "Индустриальная Караганда" және 2019 жылғы 17 тамыздағы № 90 (22 686) "Орталық Қазақстан" газеттерінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Қарағанды облыстық мәслихатының 2020 жылғы 2 шілдедегі № 553 "Қарағанды облыстық мәслихатының кейбір шешімдеріне өзгерістер енгізу және Қарағанды облыстық мәслихатының кейбір шешімдерінің күші жойылды деп тану туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №5929 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде электрондық түрде 2020 жылғы 7 шілдеде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>