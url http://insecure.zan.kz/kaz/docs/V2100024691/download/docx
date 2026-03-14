--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="572cf4a" w14:textId="572cf4a">
+    <w:p w14:paraId="d4d6cbf" w14:textId="d4d6cbf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -811,310 +811,1294 @@
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ауыл шаруашылығы министрлігінің өзгерістер енгізілетін кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Күші жойылды - ҚР Ауыл шаруашылығы министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z23" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. "Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына әкелуге және Қазақстан Республикасының аумағынан әкетуге әкімшілік органнның рұқсаттар беру қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 27 ақпандағы №18-03/143 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тізілімінде № 11935 болып тіркелді) мынадай өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z24" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына әкелуге және Қазақстан Республикасының аумағынан әкетуге әкімшілік органнның рұқсаттар беру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-        <w:jc w:val="both"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға әкімшілік органның рұқсаттар беру" мемлекеттік қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігі Орман шаруашылығы және жануарлар дүниесі комитеті және Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігі Балық шаруашылығы комитеті атынан әкімшілік орган (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік қызмет стандартында жазылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Ішкі және сыртқы нарықтардағы сауда үшін бекіре тұқымдас балық түрлерінің уылдырығын таңбалау қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 14 қаңтардағы №18-04/14 </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "13. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте көрсетілетін қызметті беруші, лауазымды адам, шешімге, әрекетке (әрекетсіздікке) шағым жасайды, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ол тіркелген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағым жасалғаннан кейін жол беріледі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы тізбенің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z30" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы тізбенің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. "Жануарлар дүниесін пайдалануға рұқсаттар беру қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2014 жылғы 19 желтоқсандағы № 18-04/675 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілердің мемлекеттік тізілімінде № 10397 болып тіркелді) мынадай өзгерістер енгізілсін:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 30 қаңтарда № 10168 тіркелді) мынадай өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z32" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Ішкі және сыртқы нарықтардағы сауда үшін бекіре тұқымдас балық түрлерінің уылдырығын таңбалау </w:t>
+      көрсетілген бұйрықпен бекітілген Жануарлар дүниесін пайдалануға рұқсаттар беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>12-тармақ</w:t>
+        <w:t>9-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z34" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "12. Қазақстан Республикасының ішкі нарығында сауда үшін бекіре тұқымдас балық түрлері уылдырығының таңбасын беру мемлекеттік көрсетілетін қызметі (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Экология, геология және табиғи ресурстар Министрлігінің Балық шаруашылығы комитеті (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+      "9. Көрсетілетін қызметті алушының электрондық-цифрлы қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған жануарлар дүниесін пайдалануға рұқса беруге арналған өтінім (бұдан әрі - өтінім) электрондық түрде www.egov.kz "электрондық үкіметтің" веб-порталы арқылы жіберіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) жануарлар дүниесін пайдалануға (кәсіпшілік балық аулауға, ғылыми зерттеу үшін аулауға, мелиоративтік аулауға) рұқсат беру кезінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өсімін молайту мақсатында аулауға, әуесқойлық (спорттық) балық аулауға);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жануарлар дүниесін пайдалануға (аң аулауға, жануарларды ғылыми, мәдени-ағарту, тәрбиелік, эстетикалық мақсаттарда пайдалануға, сондай-ақ індеттің алдын алу мақсатында, жануарлар түрлерін өсімін молайту мақсатында пайдалануға) рұқсаттар беру кезінде жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пайдалану түріне байланысты қосымша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аң аулауға (алғаш рет жүгінген кезде):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлар дүниесі объектілерін алып қою шетелдіктердің қатысуымен жүргізілген жағдайда – аңшылық шаруашылығы субъектісінің шетелдіктермен аң аулауды ұйымдастыруға арналған шартының электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ғылыми-зерттеу үшін аулауға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бейіндеуші ғылыми ұйымның ғылыми кеңесі бекіткен ғылыми жұмыстарды жүргізу негіздемесінің және ғылыми-зерттеу жұмыстары бағдарламасының электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлар дүниесі объектілерін алып қоюдың болжамды көлемін негіздейтін есептердің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұдан бұрын берілген рұқсаттарды пайдалану нәтижелері туралы есептің электрондық көшірмесі (берілген рұқсаттар жағдайында);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өсімін молайту мақсатында аулауға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      балық ресурстарын молайтуға мемлекеттік тапсырысты орындау мақсатында аулау жағдайларын қоспағанда, бейіндеуші ғылыми ұйымның ғылыми кеңесі бекіткен биологиялық негіздеменің электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жануарларды ғылыми, мәдени-ағартушылық, тәрбиелік, эстетикалық мақсаттарда, сондай-ақ індеттің алдын алу мақсатында пайдалануға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      індет мониторингінен басқа, бейіндеуші ғылыми ұйымның ғылыми кеңесі бекіткен ғылыми-тақырыптық жоспардан үзіндінің және ғылыми-зерттеу жұмыстары бағдарламасының электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      індетті болдырмау мақсатында Қазақстан Республикасында жануарлар аурулары індетінің мониторингі үшін ветеринария саласындағы уәкілетті органның мемлекеттік ветеринариялық ұйымының жыл сайынғы жұмыс жоспарының электрондық көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлар дүниесі объектілерін алып қоюды негіздейтін материалдардың электрондық көшірмесі (мемлекеттік экологиялық сараптаманың оң қорытындысы бар биологиялық негіздеме);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жануарлар түрлерін өсімін молайту мақсатында пайдалануға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жануарлар дүниесі объектілерін алып қоюды негіздейтін материалдардың электрондық көшірмесі (мемлекеттік экологиялық сараптаманың оң қорытындысы бар биологиялық негіздеме) беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, дара кәсіпкерді мемлекеттік тіркеу туралы не жеке кәсіпкер ретінде қызметті бастау туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген құжаттарды тапсырған кезде көрсетілетін қызметті алушының "жеке кабинетіне" портал арқылы нәтижені беру күнін көрсете отырып, мемлекеттік қызметті көрсету үшін сұрау салудың қабылданғаны туралы мәртебе жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға 8-қосымшаға сәйкес нысанда мемлекеттік көрсетілетін қызмет стандартында жазылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлемақы сомасы жануарлар дүниесін пайдалануға рұқсат алған жер бойынша бюджетке төленеді. Төлеу бюджетке төленуге жататын төлемақы сомасы ағымдағы жылғы кәсіпшілік балық аулау объектілерін алып қою квоталары бойынша айлық есептік көрсеткіштің 350 еселенген мөлшерінен астам сомада асып кеткен кезде кәсіпшілік балық аулау объектілері болып табылатын жануарлар түрлерін пайдаланғаны үшін төлемақыны қоспағанда, рұқсат алынғанға дейін екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы аудару жолымен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кәсіпшілік балық аулау объектілері болып табылатын жануарлар түрлерін пайдаланғаны үшін төлемақы төлеу бюджетке төленуге жататын төлемақы сомасы ағымдағы жылғы кәсіпшілік балық аулау объектілерін алып қою квоталары бойынша айлық есептік көрсеткіштің 350 еселенген мөлшерінен астам сомада асып кеткен кезде мынадай мерзімдерде үлестермен жүргізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ағымдағы жылдың 25 желтоқсанына дейін – ағымдағы жылы берілген жалпы квотаның 20 пайызы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квота берілген жылдан кейінгі жылдың 25 наурызына дейін – ағымдағы жылы берілген жалпы квотаның 40 пайызы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      квота берілген жылдан кейінгі жылдың 25 маусымына дейін – ағымдағы жылы берілген жалпы квотаның 40 пайызы.";</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1127,2214 +2111,164 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
-[...76 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өтінішке (қызметті алушының ЭЦҚ-мен куәландырылған) мынадай құжаттар қоса беріледі:</w:t>
-[...1 lines deleted...]
-    </w:p>
+      "13. Егер балық шаруашылығын жүргізуге арналған шарттың талаптары бойынша балық аулау бірнеше балық шаруашылығы су айдындарында және (немесе) учакелерінде, сондай-ақ бірнеше кемеде, бригадада немесе буындарда жүзеге асырылатын болса, өтініш беруші "жеке кабинет" арқылы кәсіпшілік, әуесқойлық (спорттық), ғылыми-зерттеу, мелиорациялық аулауға, өсімін молайту мақсатында аулауға, балық аулау аймағында және ортақ су кеңістігінде аулауға әрбір учаскеге, кемеге, бригадаға немесе буынға жеке-жеке рұқсатты басып шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) егер өтініш жасалған уылдырық:</w:t>
-[...183 lines deleted...]
-      Портал арқылы тапсырған кезде көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік қызметті көрсетуге арналған сұранымның қабылданғаны туралы мәртебе жіберіледі.</w:t>
+      Әрбір учаскеге, кемеге, бригадаға немесе буынға басып шығарылған рұқсат уәкілетті орган және (немесе) жергілікті атқарушы орган берген рұқсаттың телнұсқасы болып табылады.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>16-тармақ</w:t>
+        <w:t>15-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...1789 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "15. "Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3566,184 +2500,107 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...115 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      Нысан</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның күші жойылды - ҚР Ауыл шаруашылығы министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3779,1816 +2636,177 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Экология, геология</w:t>
+              <w:t xml:space="preserve">Ауыл шаруашылығы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және табиғи ресурстар </w:t>
+              <w:t xml:space="preserve">министрлігінің өзгерістер </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>министрлігі Балық</w:t>
+              <w:t>енгізілетін кейбір</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шаруашылығы комитеті</w:t>
+              <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кімнен ______________________</w:t>
-[...207 lines deleted...]
-              <w:t>жеке сәйкестендіру нөмірі)</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="26"/>
-[...1445 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      _____________________________________________________________________ </w:t>
-[...35 lines deleted...]
-      субъектісі болып табылатын адамдарды қоспағанда))</w:t>
+      Ескерту. 2-қосымшаның күші жойылды - ҚР Ауыл шаруашылығы министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5663,77 +2881,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">министрлігінің өзгерістер </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>енгізілетін кейбір</w:t>
+              <w:t xml:space="preserve">енгізілетін кейбір </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5754,103 +2972,220 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ішкі және сыртқы нарықтардағы</w:t>
+              <w:t>Құрып кету қаупі төнген жабайы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сауда үшін бекіре тұқымдас </w:t>
+              <w:t>фауна мен флора түрлерімен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">балық түрлерінің уылдырығын </w:t>
+              <w:t>халықаралық сауда туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">таңбалау қағидаларына </w:t>
+              <w:t xml:space="preserve">конвенцияның күші </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
+              <w:t xml:space="preserve">қолданылатын </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жануарлар түрлерін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аумағына импорттауға,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аумағынан экспорттауға және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(немесе) кері экспорттауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкімшілік органның рұқсаттар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
@@ -5869,51 +3204,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Қазақстан Республикасының ішкі нарығында сауда үшін бекіре тұқымдас балық түрлері уылдырығының таңбасын беру" көрсетілетін мемлекеттік қызмет стандарты</w:t>
+"Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға әкімшілік органның рұқсаттар беруі" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5982,51 +3317,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Балық шаруашылығы комитеті (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
+Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті және Балық шаруашылығы комитеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6059,87 +3394,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті ұсыну тәсілі</w:t>
+Көрсетілетін мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтінішті қабылдау "электрондық үкіметтің" www. egov. kz веб-порталы арқылы (бұдан әрі – портал), ал мемлекеттік қызметті көрсету нәтижесін беру мемлекеттік корпорация арқылы жүзеге асырылады</w:t>
+Өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру www. egov. kz (бұдан әрі-портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6172,87 +3507,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету мерзімі</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 (екі) жұмыс күні</w:t>
+3 (үш) жұмыс күні.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6285,87 +3620,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесін беру нысаны</w:t>
+Мемлекеттік қызметтікөрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (толық автоматтандырылған).</w:t>
+электрондық (толық автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6434,69 +3769,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының ішкі нарығындағы сауда үшін бекіре тұқымдас балық түрлері уылдырығының таңбалары немесе дәлелді бас тарту.</w:t>
+осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат не дәлелді бас тарту.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Порталдағы "жеке кабинетке" электрондық құжат нысанында көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ-мен қол қойылған мемлекеттік қызмет көрсету нәтижесінің дайындығы туралы хабарлама жіберіледі</w:t>
+Порталда көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасымен (бұдан әрі-ЭЦҚ) қол қойылған электрондық құжат нысанында мемлекеттік қызмет көрсету нәтижесі туралы хабарлама жіберіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6529,87 +3864,143 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлемақы мөлшерін және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет жеке және заңды тұлғаларға ақылы түрде көрсетіледі. Ішкі нарыққа арналған таңбалардың құны және төлемақысының мөлшері жасауға жұмсалған шығындарды ескере отырып анықталады және Экология, геология және табиғи ресурстар министрлігінің www. gov. kz интернет-ресурсындағы "Мемлекеттік көрсетілетін қызметтер" бөлімінің "Мемлекеттік көрсетілетін қызметтер стандарттары" кіші бөлімінде орнастырылады. Төлемақы жасау екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы қолма қол ақшалай немесе қолма қол ақшасыз нысанда жүзеге асырылады, немесе "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) арқылы жүзеге асырылады.</w:t>
+Мемлекеттік көрсетілетін қызмет жеке және заңды тұлғаларға ақылы негізде көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсаттар бергені үшін мемлекеттік баж "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" 2017 жылғы 25 желтоқсандағы Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>615-бабының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) тармақшасына сәйкес алынады және 2 айлық есептік көрсеткішті құрайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Төлем қолма-қол немесе қолма-қол емес нысанда екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ электрондық үкіметті төлем шлюзі (бұдан әрі – ЭҮТШ) порталы арқылы жүргізіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6678,127 +4069,163 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) Көрсетілетін қызметті беруші – Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының 2001 жылғы 23 қаңтардағы Заңының </w:t>
+Көрсетілетін қызметті беруші – Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" 2001 жылғы 13 желтоқсандағы Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес жексенбі және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, белгіленген жұмыс кестесіне сәйкес сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (мемлекеттік көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына және Заңның </w:t>
+Портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына және "Қазақстан Республикасындағы мерекелер туралы" 2001 жылғы 13 желтоқсандағы Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+              <w:t xml:space="preserve"> сәйкес сағат 18.00-ден кейін немесе демалыс және мереке күндері жүгінген кезде, өтінішті қабылдау және мемлекеттік көрсетілетін қызмет нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету орындарының мекенжайлары порталда орналастырылған.</w:t>
+Мемлекеттік көрсетілетін қызмет орындарының мекенжайлары:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің интернет-ресурсында- www.eсogeo.gov. kz "Мемлекеттік көрсетілетін қызметтер" бөлімі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) порталда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6831,195 +4258,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету үшін қажетті құжаттар тізбесі</w:t>
+Мемлекеттік көрсетілетін қызмет үшін қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша көрсетілетін қызметті алушының ЭЦҚ-сымен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+1) өтініш берушінің ЭЦҚ-сымен куәландырылған осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат алуға арналған электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) егер өтініш жасалған уылдырық: табиғи болса-сатып алу-сату шартының электрондық көшірмесі; тәркіленген болса- бекіре тұқымдас балықтарды табиғи мекендеу ортасынан алу, оларды сатып алу, олардың уылдырығын және өнімнің басқа да түрлерін өңдеу және экспорттау жөніндегі қызметті жүзеге асыратын мемлекеттік монополия субъектісінен сатып алынғанын растайтын құжаттың, сондай-ақ тәркілеу туралы сот актісінің көшірмелері;</w:t>
+2) импорттауды, экспорттауды және (немесе) кері экспорттауға жеке мақсаттары үшін жүзеге асыратын адамдарды қоспағанда, осы импорттауды, экспорттауды және (немесе) кері экспорттауды жүзеге асыру ниетін растайтын экспорттаушы мен импорттаушы арасындағы келісімшарттың немесе шарттың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жасанды болса – осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша бекіре тұқымдас балықтардың уылдырығын алу туралы ақпараттың электрондық көшірмесі;</w:t>
+3) үлгілерді Қазақстан Республикасының аумағына импорттау кезінде, егер үлгі Конвенцияның 1, 2, 3-қосымшаларына енгізілген жағдайда, экспорттауға арналған рұқсаттың немесе кері экспорттауға арналған сертификаттың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) таңбалар үшін ақы төлеу туралы төлем тапсырмасының электрондық көшірмесі.</w:t>
+4) ғылыми ұйым қорытындысының электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке басын куәландыратын құжаттар туралы, заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, жеке кәсіпкерді мемлекеттік тіркеу туралы не жеке кәсіпкер ретінде қызметінің басталғаны туралы, балықтың қайдан ауланғаны туралы, Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына түрлері енгізілген жануарларды қолдан өсіруді жүзеге асыратын жеке және заңды тұлғалардың әкімшілік органда тіркелуі туралы және (немесе) қолдан өсіру жөніндегі қызметтің басталғаны немесе тоқтатылғаны жөніндегі хабарлама туралы, Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына әкелуге және Қазақстан Республикасының аумағынан әкетуге және (немесе) кері әкетуге рұқсаттар туралы мәліметтерді көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік жүйелерден алады.</w:t>
+5) бюджетке мемлекеттік баждың төленгенін растайтын мәліметтер;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Порталда көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік қызметті көрсету үшін сұрау салудың қабылданғаны туралы мәртебе, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетілген хабарлама жіберіледі.</w:t>
-[...17 lines deleted...]
-Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қысқа мәтіндік хабарлама жіберу арқылы алынады.</w:t>
+6) жануарлар түрлері, олардың бөліктері мен дериваттары Қазақстан Республикасының аумағындағы табиғи мекендеу ортасынан алынған жағдайда, аң аулауға арналған рұқсаттың электрондық көшірмесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7052,141 +4461,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасымен белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігінің анықталуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің осы Қағидалардың талаптарына келмеуі сәйкес;</w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің осы Қағидалардың талаптарына сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+3) көрсетілетін қызметті алушыға қатысты белгілі бір мемлекеттік қызметті алуды талап ететін қызметке немесе жекелеген қызмет түрлеріне тыйым салу туралы заңды күшіне енген сот шешімінің (үкімінің) болуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+4) көрсетілетін қызметті алушыға қатысты заңды күшіне енген сот шешімі бар, соның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алуға байланысты арнайы құқықтан айырылуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7219,123 +4628,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік, оның ішінде электрондық нысанда және мемлекеттік корпорация арқылы көрсетілетін қызметті көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметті алушы портал арқылы мемлекеттік көрсетілетін қызметті электронды нысан түрінде ЭЦҚ болған жағдайда ала алады. Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты порталдағы "жеке кабинеті" арқылы қашықтықтан қол жеткізу режимінде, сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның VІ бабының талаптарына жауап береді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметтер көрсету мәселелері жөніндегі анықтама қызметінің байланыс телефондары көрсетілетін қызметті берушінің интернет-ресурсында көрсетіледі. Бірыңғай байланыс орталығының телефоны 1414, 8 800 080 7777.</w:t>
+Көрсетілетін қызметті алушының ЭЦҚ-сы болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен статусы туралы ақпаратты порталдағы "жеке кабинет" құралы бойынша қашықтықтан қол жеткізу режимінде, сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтерінің байланыс телефондары көрсетілетін қызметті берушінің интернет-ресурсында орналастырылған. Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8 800 080 7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7413,77 +4840,77 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">министрлігінің өзгерістер </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">енгізілетін кейбір </w:t>
+              <w:t>енгізілетін кейбір</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрықтарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7673,2368 +5100,409 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қызмет көрсетушінің атауы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кімнен______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(заңды тұлғаның толық атауы),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жеке тұлғаның аты, әкесінің аты </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бар болса), тегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(жеке кәсіпкердің)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адрес_______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(индекс, облыс, қала, аудан, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көше, үй №, №</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пәтер (бар болса), телефон)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">деректемелері </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бизнес сәйкестендіру нөмірі/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеке сәйкестендіру нөмірі)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z48" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның күші қолданылатын жануарлар түрлерін Қазақстан Республикасының аумағына импорттауға, Қазақстан Республикасының аумағынан экспорттауға және (немесе) кері экспорттауға рұқсат алуға арналған өтініш Үлгілерді __________________________________ импорттауға,  (қажеттісінің астын сызу керек) экспорттауға және (немесе) кері экспорттауға  рұқсат беруді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...2284 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -10928,55 +6396,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>