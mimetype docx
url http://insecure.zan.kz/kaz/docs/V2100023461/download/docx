--- v0 (2025-11-15)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6660ed2" w14:textId="6660ed2">
+    <w:p w14:paraId="e45b45b" w14:textId="e45b45b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,124 +77,86 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Өнеркәсіптік қауіпсіздік саласындағы мамандарды, жұмыскерлерді даярлау, қайта даярлау және білімін тексеру қағидаларын бекіту туралы</w:t>
+        <w:t>Өнеркәсіптік қауіпсіздік саласындағы басшыларды, мамандар мен жұмыскерлерді даярлау, қайта даярлау және білімін тексеру қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Төтенше жағдайлар министрінің 2021 жылғы 9 шілдедегі № 332 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 12 шiлдеде № 23461 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың тақырыбы жаңа редакцияда көзделген – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -304,307 +266,293 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған өнеркәсіптік қауіпсіздік саласындағы басшыларды, мамандар мен жұмыскерлерді даярлау, қайта даярлау және білімін тексеру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...102 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Төтенше жағдайлар министрлігінің Өнеркәсіптік қауіпсіздік комитеті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Төтенше жағдайлар министрлігінің интернет-ресурсына орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Төтенше жағдайлар министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Төтенше жағдайлар вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -997,538 +945,302 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2021 жылғы 9 шілдедегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 332 бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өнеркәсіптік қауіпсіздік саласындағы басшыларды, мамандар мен жұмыскерлерді даярлау, қайта даярлау және білімін тексеру қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалардың тақырыбы жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Өнеркәсіптік қауіпсіздік саласындағы басшыларды, мамандарды, жұмыскерлерді даярлау, қайта даярлау және білімін тексеру қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Үкіметінің 2020 жылғы 23 қазандағы № 701 қаулысымен бекітілген Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы ереженің 16-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>104) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және өнеркәсіптік қауіпсіздік саласындағы басшыларды, мамандарды және жұмыскерлерді даярлау, қайта даярлау және емтихан тапсырудың тәртібін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...189 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда келесі негізгі түсініктер қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Өнеркәсіптік қауіпсіздік саласындағы мамандарды, жұмыскерлерді даярлау, қайта даярлау және білімін тексеру қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Үкіметінің 2020 жылғы 23 қазандағы № 701 қаулысымен бекітілген Қазақстан Республикасы Төтенше жағдайлар министрлігі туралы ереженің 16-тармағының </w:t>
-[...225 lines deleted...]
-      1) оқу ұйымы/орталығы (бұдан әрі – оқу ұйымы) – өнеркәсіптік қауіпсіздік саласындағы мамандарды, жұмыскерлерді даярлауды, қайта даярлауды жүргізу құқығына "Азаматтық қорғау туралы" Қазақстан Республикасының Заңының (бұдан әрі – Заң) </w:t>
+      1) оқу ұйымы/орталығы (бұдан әрі – оқу ұйымы) – өнеркәсіптік қауіпсіздік саласындағы басшыларды, мамандарды және жұмыскерлерді даярлауды, қайта даярлауды жүргізу құқығына "Азаматтық қорғау туралы" Қазақстан Республикасының Заңының (бұдан әрі – Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>72-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес аттестатталған заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1547,168 +1259,62 @@
       2) желілік технология – оқу-әдістемелік материалдармен қамтамасыз етуді, білім алушылардың оқытушымен және бір-бірімен интерактивті өзара іс-қимыл нысандарын, сонымен қатар Интернет желісін пайдалану негізінде оқу процесін әкімшілендіруді қамтитын технология;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заңды тұлғаларды өнеркәсіптік қауіпсіздік саласындағы жұмыстарды жүргізу құқығына аттестаттау – өнеркәсіптік қауіпсіздік саласындағы уәкілетті органның заңды тұлғаның өнеркәсіптік қауіпсіздік саласындағы жұмыстарды орындау құқығын ресми тануы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...116 lines deleted...]
-      4) өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган – өнеркәсіптік қауіпсіздік саласындағы мемлекеттік саясатты әзірлеуді және іске асыруды, басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган - өнеркәсіптік қауіпсіздік саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) өнеркәсіптік қауіпсіздік саласындағы уәкілетті органның ведомствосы - орталық атқарушы органның өнеркәсіптік қауіпсіздік саласындағы мемлекеттік саясатты және бақылау, қадағалау функцияларын іске асыруды жүзеге асыратын ведомствосы; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1784,184 +1390,210 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді – ҚР Төтенше жағдайлар министрінің 14.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 382</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейiн күнтізбелік он күн өткен соң қолданысқа енгiзiледi); 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі)  бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Персоналы өнеркәсіптік қауіпсіздік мәселелері бойынша емтихан тапсыруға жататын заңды және (немесе) жеке тұлғалардың басшылары, мамандары мен жұмыскерлері өнеркәсіптік қауіпсіздік саласында даярлау, қайта даярлау тәртібі оқытудың үздіксіз негізінде белгіленеді, онда оқыту сапасы тестілеу арқылы компьютерлік бағдарламаларды пайдалана отырып немесе жазбаша түрде емтихан тапсыратын адамдардың таңдауы бойынша мемлекеттік немесе орыс тілдерінде тексеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...82 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Даярлау, қайта даярлау оқу жоспарын және бағдарламаларын оқу ұйымдары осы Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1996,577 +1628,523 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау, қайта даярлау оқу жоспары) және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау, қайта даярлау бойынша бағдарламасы) сәйкес осы оқу ұйымдарының басшысы бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Даярлау, қайта даярлау персоналдың өнеркәсіптік қауіпсіздік мәселелері бойынша білім деңгейін арттыруға, сондай-ақ қауіпті өндірістік объектілерде пайдалануды, техникалық қызмет көрсетуді, техникалық куәландыруды, монтаждауды, жөндеудің түрлі түрлерін және басқа да жұмыстарды жүзеге асыру кезінде қауіпті өндірістік объектілердегі авариялық жағдайлардың туындау қауіп-қатерінің деңгейін төмендетуге бағытталған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау, қайта даярлау және емтихандарды тапсыру мамандықтар бойынша білім мен дағдыларды беруге бағытталмаған. Тиісті мамандықтар бойынша оқытуды мамандандырылған білім беру ұйымдарында жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Даярлауды, қайта даярлауды ұйымдастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қауіпті өндірістік объектінің технологиялық процесіне қатысатын, қауiптi өндiрiстiк объектiлерді пайдаланатын, техникалық қызмет көрсетуді, техникалық куәландыруды, монтаждауды және жөндеуді орындайтын, қауіпті өндірістік объектілерге жұмысқа кіретін, сондай-ақ қауіпті өндірістік объектілердегі жұмысқа тартылатын аттестатталған ұйымдардағы, жобалау ұйымдары мен өзге де ұйымдардағы басшылар, мамандар және жұмыскерлер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қауіпті өндірістік объектілердегі жұмыстарды орындайтын жұмыскерлер – ұзақтығы кемінде он сағаттық бағдарлама бойынша алдын ала оқытыла отырып, жыл сайын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) басшылар, мамандар мен инженерлік-техникалық жұмыскерлер – ұзақтығы кемінде қырық сағаттық бағдарлама бойынша алдын ала оқытыла отырып, үш жылда бір рет даярлауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінің 2) тармақшасында аталған адамдар өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган бекітетін үлгілік бағдарлама бойынша оқытуды дербес жүзеге асыра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Қауіпті өндірістік объектінің технологиялық процесіне қатысатын, қауiптi өндiрiстiк объектiлерді пайдаланатын, техникалық қызмет көрсетуді, техникалық куәландыруды, монтаждауды және жөндеуді орындайтын, сондай-ақ қауіпті өндірістік объектілердегі жұмысқа тартылатын аттестатталған ұйымдардағы, жобалау ұйымдары мен өзге де ұйымдардағы басшылар, мамандар және жұмыскерлер он сағаттық бағдарлама бойынша алдын ала оқытылып, Заңның 79-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жағдайларда қайта даярлануға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      7-тармақ жаңа редакцияда көзделген – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 442</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...77 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...136 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғалар және (немесе) жеке кәсіпкерлер жыл сайын өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау, қайта даярлау және емтихан тапсыруға жататын кестені жасайды. Оқу және емтихан тапсыру кестесін ұйым басшысы бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Емтихан тапсыруды ұйымдастыруды және өткізуді бекітілген кестеге сәйкес олардың басшылары қамтамасыз етеді. Емтихан тапсыруға жататын адамдар оқу басталғанға дейін 30 (отыз) күнтізбелік күн бұрын кестемен жазбаша түрде таныстырылады. Емтихан тапсыру оқу аяқталғаннан кейін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмысқа жаңадан қабылданғандар, лауазымға тағайындалған күннен бастап бір айдан кешіктірмей өнеркәсіптік қауіпсіздік саласында даярлаудан, қайта даярлаудан және емтихан тапсырудан өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау, қайта даярлау және емтихан тапсыруды оқу ұйымы күндізгі немесе қашықтықтан оқыту формасында жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Оқу, оқу ұйымының базасында, арнайы жабдықталған сыныптарда жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Өнеркәсіптік қауіпсіздік саласында даярлауды, қайта даярлауды және емтихан тапсыруды өткізу үшін оқу ұйымында, өнеркәсіптік қауіпсіздік саласында даярлау және қайта даярлаудың өнімді және қауіпсіз процесін қамтамасыз ету үшін қажетті жабдықтармен, құрылғылармен және материалдармен жабдықталған оқу сыныптарын (меншікті немесе жалға алынған) жасайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Өндірістік қауіпсіздік саласында даярлау, қайта даярлау блогын, тақырыптарын меңгеруді қамтамасыз ету үшін оқу ұйымы оқу-әдістемелік базасын (меншікті немесе жалға алынған) әзірлейді, ол өнеркәсіптік қауіпсіздік саласындағы даярлау, қайта даярлау мақсаттарын жүзеге асыруға көмектеседі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оқу-әдістемелік база мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2649,70 +2227,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әдістемелік құралдар және нормативтік құжаттар базасы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оқу ұйымы оқу-әдістемелік база элементтерінің аталған тізбесін толықтыра алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Қашықтықтан оқытуды оқу ұйымы осы Қағидаларда белгіленген барлық нормалар мен талаптарды сақтай отырып, ақпараттық платформаның "on-line" режиміндегі желілік технология арқылы ұсынады. Мұндай жағдайларда емтихан тапсыру осы Қағидаларда белгіленген барлық нормалар мен талаптарды сақтай отырып, бағдарламалық қамтамасыз етудің көмегімен қашықтықтан жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қашықтықтан оқыту нысаны бойынша оқу процесін ұйымдастыру үшін оқу орталығында Интернет желісі арқылы "on-line" режимінде (бейнеконференция) оқыту жүргізу мүмкіндігі бар мультимедиялық сыныптардың болуы қажет.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2759,190 +2337,190 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) дыбыс сапасы 160 кбит/с кем емес;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оқуға қатысушылардың арасында бейнесі бар екі жақты байланыс орнату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Тестілеуге арналған бағдарламалық қамтамасыз ету мынадай параметрлерге сәйкес келеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z59" w:id="20"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z59" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) емтихан тапсыруға тестке қолжетімділік емтихан тапсырушының жеке деректері мен жеке нөмірі енгізгеннен кейін ашылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z60" w:id="21"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z60" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тест сұрақтарын көп нұсқалы етіп ұсыну функциясы орнатылған (мерзімді араластыру);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z61" w:id="22"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z61" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тест сұрақтарының бір тест аясында қайталануына жол берілмейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z62" w:id="23"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z62" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы Қағидалардың 2-тарауының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уақыт шектеуі бар таймер орнатылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z63" w:id="24"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z63" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) тестілеу уақыты аяқталғаннан кейін "тапсырды"/"тапсырған жоқ" деген тестілеу нәтижесін көрсете отырып бағдарламамен жасалған хаттама шығару функциясы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2961,110 +2539,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Даярлау, қайта даярлау заңды тұлғалар және (немесе) жеке кәсіпкерлер қызметінің ерекшелігін ескере отырып, даярлау бағдарламалары бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z29" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Даярлау және қайта даярлау бағдарламасы шеңберінде қаралатын тақырыптар өнеркәсіп саласын ескере отырып әзірленеді және өнеркәсіптік қауіпсіздік саласындағы Қазақстан Республикасының заңнамасының талаптарына негізделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z30" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Даярлау және қайта даярлау бағдарламаларында дәрістер, демонстрациялық материалдар бар, сондай-ақ тренингтер, тақырыптық ойындар түріндегі практикалық жаттығулар жүргізу және тренажерларда дағдыларды үйрену (қажет болған жағдайда) мүмкіндіктерін қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Практикалық оқыту оқу орнының өндірістік базасында немесе келісім негізінде тиісті өндірістік базасы бар ұйымда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3111,128 +2689,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау, қайта даярлау оқу жоспары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау, қайта даярлау бойынша бағдарламалардан тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Емтихан өткізу үшін (күндізгі/қашықтықтан) емтихан сұрақтарын оқу ұйымы әзірлейді және басшысы бекітеді. Тест сұрақтарының саны қырық сағаттық бағдарлама бойынша емтихан тапсыру үшін кемінде жүз және он сағаттық бағдарламада емтихан тапсыру үшін кемінде алпыс болады. Бір тест сұрағының жауап нұсқаларының саны кемінде төрт және алтыдан көп болмайды, оның біреуі дұрыс болады. Тест сұрақтары жылына бір рет жалпы сұрақтар санының кемінде 10 (он) пайызына жаңартылады. Тест тапсырмасын орындау уақыты қырық сағаттық бағдарлама бойынша емтихан тапсыру үшін жүз жиырма минутты және он сағаттық бағдарлама бойынша емтихан тапсыру үшін тоқсан минутты құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тестілеу түрінде емтихандарды жазбаша тапсыру кезінде берілген сәйкестендіру нөмірлері бар емтихан жұмыстары жұмыстың авторын көрсететін шартты белгілерге жол берілмейтін парақтарда орындалады. Емтихан аяқталғаннан кейін барлық жазбаша емтихан жұмыстары тұрақты жұмыс істейтін емтихан комиссия (бұдан әрі – ТЖЕК) мүшелеріне тапсырылады. Жазбаша емтихан жұмыстарын ТЖЕК мүшелері емтихан күні тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Емтихан тапсыруы үшін оқу ұйымының бұйрығымен осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасында көзделген мамандардан тұратын құрамында кемінде 3 (үш) адамнан тұратын тұрақты жұмыс істейтін комиссия құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ТЖЕК жұмысы туралы ережені оқу ұйымы әзірлейді және басшысы бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3269,111 +2847,111 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Күндізгі және қашықтықтан емтихан тапсыру кезінде емтихан тапсырушы адамдарға басқа адамдармен сөйлесуге, материалдармен алмасуға, қағаз және электрондық тасығыштардағы ақпарат пен байланыс құралдарын пайдалануға, ғимараттан шығуға рұқсат берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z34" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Дұрыс жауаптардың шекті деңгейі тапсырмадағы сұрақтардың жалпы санының 70 (жетпіс) пайызын және одан астамын құрайды, осы деңгейге жеткен жағдайда емтихан тапсырылған болып есептеледі. Емтихан нәтижелері белгіленген шекті деңгейден төмен болған жағдайда, емтихан тапсырылмаған болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z35" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Емтихан тапсыру қорытындылары емтихан тапсыратын адамға сұрақтар бойынша дұрыс жауаптардың санын және әрбір сұрақ бойынша жауаптардың нақты нәтижелерін көрсете отырып, емтихан өтетін күні беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z36" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Емтихан нәтижесі осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3388,51 +2966,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қағаз жеткізгіште немесе "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес келетін электрондық цифрлық қолтаңба арқылы куәландырылған электрондық құжат нысанында екі данада хаттамамен ресімделеді. Хаттамаға емтихан комиссиясының төрағасы немесе оны ауыстырушы тұлға және барлық ТЖЕК мүшелері емтихан тапсырған күні қол қояды. Хаттаманың бір данасы білім алушының жұмыс орны бойынша ұйымға жіберіледі және кезекті емтихан тапсырғанға дейін сақталады, екінші данасы мен емтихан нәтижелерінің көшірмесі оқу ұйымында сақталады. Хаттаманың сақтау мерзімі он сағаттық бағдарлама бойынша білім алушыға кемінде 1 (бір) жылды құрайды, қырық сағаттық бағдарлама бойынша білім алушыға сақтау мерзімі кемінде 3 (үш) жылды құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3451,51 +3029,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Емтихан тапсыру нәтижесі оң болған жағдайда оқу ұйымы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3510,683 +3088,501 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қағаз жеткізгіште немесе "Электрондық құжат және электрондық цифрлық қолтаңба туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес келетін электрондық цифрлық қолтаңба арқылы куәландырылған электрондық құжат нысанында 5 (бес) күнтізбелік күннен кешіктермей куәлік ресімдейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Куәлікке ТЖЕК төрағасы немесе оны ауыстырушы тұлға қол қояды. Қағаз тасығышта ресімделген куәлік, оқу ұйымының мөрімен куәландырылады. Куәлік Қазақстан Республикасының аумағында онда көрсетілген мерзім ішінде қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық цифрлық қолтаңба арқылы куәландырылған электрондық құжат нысанындағы куәлікті пайдаланатын ұйымдар оқытудан және білімді тексеруден өткені туралы ақпаратты қамтитын автоматтандырылған ақпараттық жүйені (деректер базасын) жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Емтихан тапсыру жөніндегі хаттама мен куәліктің нысандары, сондай-ақ, басшылар мен ТЖЕК мүшелерін қоспағанда, өнеркәсіптік қауіпсіздікті декларациялайтын заңды тұлғалардың басшылары, мамандары мен жұмыскерлері үшін де ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 17.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Куәлік белгіленген нысандағы беттер аяқталғанға дейін пайдаланылады және куәлік иесі жұмыс орнын ауыстырған жағдайда ауыстырылуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z39" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Емтиханнан өте алмаған адамдар емтиханды қайта тапсыруға тиіс. Емтиханды қайта тапсыру емтиханды тапсырған күннен бастап бір ай ішінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z40" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Емтихан тапсырмаған адамдар оны қайта тапсырғанға дейін жұмысқа жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескертпе жаңа редакцияда көзделген – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 17.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 229</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 442</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...201 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Оқу ұйымы емтиханды қайта тапсырмаған емтихан тапсырушы адамдар туралы ақпаратты емтихан нәтижелерін қоса бере отырып, персоналы өнеркәсіптік қауіпсіздік мәселелері бойынша емтиханнан құлаған заңды тұлғалар және (немесе) жеке кәсіпкерлердің басшысына 5 (бес) күнтізбелік күннен кешіктермей жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z42" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Егер емтихан тапсырушылар емтихан нәтижелерімен келіспеген жағдайда, онда емтихан тапсырған күннен бастап 3 (үш) жұмыс күні ішінде емтихан тапсырушылар өнеркәсіптік қауіпсіздік саласындағы тестілеу мен емтиханды қабылдаған оқу ұйымына апелляцияға өтініш беру арқылы алынған нәтижелерге шағымдануға құқықты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z43" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Апелляцияға өтінішті қарау үшін оқу ұйымы басшысының бұйрығымен өнеркәсіптік қауіпсіздік саласындағы емтихан мен тестілеудің нәтижелері бойынша кемінде 3 (үш) адамнан тұратын апелляциялық комиссияның құрамы және ережесі бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Апелляциялық комиссия туралы ереже комиссия мүшелерінің өкілеттіктеріне, олардың құқықтары және міндеттеріне, қарау рәсіміне, құжаттамалық ресімделуіне қойылатын талаптарды, сондай-ақ тараптардың мүдделер қақтығысын болдырмауға қойылатын талаптарды көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Апелляцияға өтінішті апелляциялық комиссия өтініш түскен күннен бастап 5 (бес) жұмыс күні ішінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оқу ұйымы өтініш келіп түскен күннен бастап 2 (екі) жұмыс күні ішінде өтініш берушіге апелляциялық комиссия отырысының күні туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Апелляциялық комиссия өтінішті қарау қорытындысы бойынша осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша екі дана апелляциялық комиссия отырысының хаттамасын ресімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Апелляциялық комиссия отырысы хаттамасының бір данасы апелляциялық комиссия отырысы өткізілген сәттен бастап 2 (екі) жұмыс күнінен кешіктірілмейтін мерзімде өтініш берушіге жіберіледі, екінші данасы және емтихан нәтижелерінің көшірмесі оқу ұйымында сақталады. Апелляциялық комиссия отырысы хаттамасының сақтау мерзімі он сағаттық бағдарлама бойынша білім алушыға кемінде 1 (бір) жылды құрайды, қырық сағаттық бағдарлама бойынша білім алушыға сақтау мерзімі кемінде 3 (үш) жылды құрайды.</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4235,162 +3631,245 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өнеркәсіптік қауіпсіздік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағы мамандарды,</w:t>
+              <w:t>саласындағы басшыларды,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жұмыскерлерді даярлау, қайта</w:t>
+              <w:t>мамандар мен қызметкерлерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>даярлау және білімін тексеру</w:t>
+              <w:t>даярлау, қайта даярлау және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>олардың білімін тексеру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Үлгілік бағдарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 17.06.2024 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 229</w:t>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4426,147 +3905,158 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бекітілді Даярлау, қайта даярлау </w:t>
+              <w:t>Бекітілді</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Даярлау, қайта даярлау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жөніндегі ұйымның басшысы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20__ жылғы "__" ________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ _____</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау, қайта даярлау оқу жоспары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...33 lines deleted...]
-      Тыңдаушылар санаты: Қауіпті өндірістік объектілердің, аттестатталған; ғылыми-зерттеу; жобалау-конструкторлық және қауіпті өндірістік объектілерінде жұмыс істеуге тартылатын өзге де ұйымдардың техникалық басшылары, мамандары және жұмыскерлері, сондай-ақ оқу ұйымдарының тұрақты жұмыс істейтін комиссия мүшелері.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мақсаты: Қауіпсіздік ережелерін бұзу авариялық немесе жарақаттануға әкелгеніне немесе әкелмегеніне қарамастан, қауіпті өндірістік объектілердің басшыларына, мамандары мен қызметкерлеріне қауіпсіздік ережелерін бұзғаны үшін жауапты екенін жеткізу Қауіпті өндірістік нысандардағы авариялардың, жарақаттанудың және жұмыс жүргізу технологиясының бұзылуының, төтенше жағдайлардың алдын алу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдаушылар санаты: Қауіпті өндірістік объектілердің, аттестатталған; ғылыми-зерттеу; жобалау-конструкторлық және қауіпті өндірістік объектілерінде жұмыс істеуге тартылатын өзге де ұйымдардың басшылары, мамандары және жұмыскерлері, сондай-ақ оқу ұйымдарының тұрақты жұмыс істейтін комиссия мүшелері.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дайындау мерзімі: кемінде қырық/он сағат.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4634,87 +4124,157 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р.с.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р.с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Модульдердің, тақырыптардың атауы1)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Модульдердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тақырыптардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> атауы1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4952,164 +4512,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3-модуль</w:t>
+1-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнеркәсіптік қауіпсіздік саласындағы талаптарды орындамауға жауапкершілік</w:t>
+Техникалық реттеу туралы заңнама</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4-модуль</w:t>
+3-модуль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнеркәсіптік қауіпсіздік талаптарын қамтамасыз ету</w:t>
+Өнеркәсіптік қауіпсіздік саласындағы талаптарды орындамауға жауапкершілік</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5141,2463 +4701,2585 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...18 lines deleted...]
-мамандарын, жұмыскерлерін даярлау және қайта даярлау тәртібі</w:t>
+              <w:t xml:space="preserve">
+Қазақстан Республикасының "Әкімшілік құқықбұзушылық туралы" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2-тақырып</w:t>
+4-модуль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қауіпті өндірістік объектілердегі авариялар және жазатайым оқиғалар себебін тексеру тәртібі</w:t>
+Өнеркәсіптік қауіпсіздік талаптарын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3-тақырып</w:t>
+1-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қауіпті техникалық құрылғыларды есепке алу және есептен шығару</w:t>
+Өнеркәсіптік қауіпсіздік мәселелері бойынша қауіпті өндірістік объектілер және өзге ұйымдардың басшыларын, мамандарын, жұмыскерлерін даярлау және қайта даярлау тәртібі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4-тақырып</w:t>
+2-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қауіпті өндірістік объектінің өнеркәсіптік қауіпсіздігін міндетті декларациялау</w:t>
+Қауіпті өндірістік объектілердегі авариялар және жазатайым оқиғалар себебін тексеру тәртібі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-тақырып</w:t>
+3-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнеркәсіптік қауіпсіздік талаптарын орындауды өндірістік бақылау</w:t>
+Қауіпті техникалық құрылғыларды есепке алу және есептен шығару</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6-тақырып</w:t>
+4-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнеркәсіптік қауіпсіздіктің сараптамасы</w:t>
+Қауіпті өндірістік объектінің өнеркәсіптік қауіпсіздігін міндетті декларациялау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7-тақырып</w:t>
+5-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнеркәсіптік қауіпсіздікті қамтамасыз етуге ұйымның міндеттері</w:t>
+Өнеркәсіптік қауіпсіздік талаптарын орындауды өндірістік бақылау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-модуль</w:t>
+6-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнеркәсіптік қауіпсіздік саласындағы арнайы Қағидалар және талаптар2)</w:t>
+Өнеркәсіптік қауіпсіздіктің сараптамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1-тақырып</w:t>
+7-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Компрессорлық станцияларды пайдалану кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Өнеркәсіптік қауіпсіздікті қамтамасыз етуге ұйымның міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2-тақырып</w:t>
+5-модуль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жүк көтергіш механизмдерді пайдалану кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Өнеркәсіптік қауіпсіздік саласындағы арнайы Қағидалар және талаптар2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3-тақырып</w:t>
+1-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қысыммен жұмыс істейтін жабдықтарды пайдалану кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Компрессорлық станцияларды пайдалану кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4-тақырып</w:t>
+2-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Газдарды дайындау және қайта өңдеу жөніндегі қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Жүк көтергіш механизмдерді пайдалану кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5-тақырып</w:t>
+3-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Теңізде мұнай операцияларын жүргізуді жүзеге асыратын қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Қысыммен жұмыс істейтін жабдықтарды пайдалану кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6-тақырып</w:t>
+4-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнеркәсіптің мұнай және газ салаларының қауіпті өндірістік объектілері үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Газдарды дайындау және қайта өңдеу жөніндегі қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7-тақырып</w:t>
+5-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Магистральдық құбырларды пайдалану кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Теңізде мұнай операцияларын жүргізуді жүзеге асыратын қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8-тақырып</w:t>
+6-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тау-кен және геологиялық барлау жұмыстарын жүргізетін қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Өнеркәсіптің мұнай және газ салаларының қауіпті өндірістік объектілері үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9-тақырып</w:t>
+7-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көмір шахталарының қауіпті өндірістік объектілері үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Магистральдық құбырларды пайдалану кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-тақырып</w:t>
+8-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қауіпті өндірістік объектілердің қалдық және қоқыр шаруашылықтары үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Тау-кен және геологиялық барлау жұмыстарын жүргізетін қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11-тақырып</w:t>
+9-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қатты пайдалы қазбаларды қайта өңдеу жөніндегі жұмыстарды жүргізетін қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Көмір шахталарының қауіпті өндірістік объектілері үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12-тақырып</w:t>
+10-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қара, түсті, бағалы металдардың балқымаларын және осы металдардың негізіндегі қорытпаларды өндіру жөніндегі қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Қауіпті өндірістік объектілердің қалдық және қоқыр шаруашылықтары үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13-тақырып</w:t>
+11-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өнеркәсіптің химия саласындағы қауіпті өндірістік объектілері үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Қатты пайдалы қазбаларды қайта өңдеу жөніндегі жұмыстарды жүргізетін қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14-тақырып</w:t>
+12-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өсімдік шикізатын сақтауға және өңдеуге арналған қауіпті өндірістік объектілердің өнеркәсіптік қауіпсіздігін қамтамасыз ету қағидалары</w:t>
+Қара, түсті, бағалы металдардың балқымаларын және осы металдардың негізіндегі қорытпаларды өндіру жөніндегі қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15-тақырып</w:t>
+13-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жарылыс жұмыстарын жүргізетін қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Өнеркәсіптің химия саласындағы қауіпті өндірістік объектілері үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16-тақырып</w:t>
+14-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мұнай-химия, мұнай өңдеу салаларындағы, мұнай базалары және жанармай бекеттеріндегі қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Өсімдік шикізатын сақтауға және өңдеуге арналған қауіпті өндірістік объектілердің өнеркәсіптік қауіпсіздігін қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17-тақырып</w:t>
+15-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бериллийді, оның қосындыларын және олардан жасалған бұйымдарды өндіру кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Жарылыс жұмыстарын жүргізетін қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18-тақырып</w:t>
+16-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иондаушы сәулелену көздерімен жұмыс істеу кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Мұнай-химия, мұнай өңдеу салаларындағы, мұнай базалары және жанармай бекеттеріндегі қауіпті өндірістік объектілер үшін өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19-тақырып</w:t>
+17-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Фторсутекті қышқылды өндіру кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Бериллийді, оның қосындыларын және олардан жасалған бұйымдарды өндіру кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20-тақырып</w:t>
+18-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уранды геологиялық барлау, өндіру және қайта өңдеу кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Иондаушы сәулелену көздерімен жұмыс істеу кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21-тақырып</w:t>
+19-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Газбен жабдықтау жүйесінің объектілеріне қойылатын қауіпсіздік талаптары</w:t>
+Фторсутекті қышқылды өндіру кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22-тақырып</w:t>
+20-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мұнай және мұнай өнімдеріне арналған резервуарларды пайдалану және жөндеу кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+Уранды геологиялық барлау, өндіру және қайта өңдеу кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23-тақырып</w:t>
+21-тақырып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технологиялық құбыржолдарды пайдалану кезіндегі қауіпсіздік жөніндегі нұсқаулығы</w:t>
+Газбен жабдықтау жүйесінің объектілеріне қойылатын қауіпсіздік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Тақырыптар персоналы өнеркәсіптік қауіпсіздік мәселелері бойынша даярлануға, қайта даярлануға және емтихандар тапсыруға жататын заңды тұлғалар және (немесе) жеке кәсіпкеолер қызметінің бағыттары ескеріле отырып, бөлінуі, қайта топтастырылуы және толықтырылуы мүмкін.</w:t>
-[...1 lines deleted...]
-          </w:p>
+22-тақырып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Қағидалар мен талаптардың тізбесін өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау және қайта даярлау кезінде білім беру ұйымы жаңартады және жеке құрамы өндірістік қауіпсіздік мәселелері бойынша даярлауға, қайта даярлауға және емтихан тапсыруға жататын заңды тұлғалар және (немесе) жеке кәсіпкерлердің қызмет бағыттарына байланысты оқу жоспарына енгізіледі.</w:t>
+Мұнай және мұнай өнімдеріне арналған резервуарларды пайдалану және жөндеу кезіндегі өнеркәсіптік қауіпсіздікті қамтамасыз ету қағидалары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23-тақырып</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Технологиялық құбыржолдарды пайдалану кезіндегі қауіпсіздік жөніндегі нұсқаулығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Тақырыптар персоналы өнеркәсіптік қауіпсіздік мәселелері бойынша даярлануға, қайта даярлануға және емтихандар тапсыруға жататын заңды тұлғалар және (немесе) жеке кәсіпкеолер қызметінің бағыттары ескеріле отырып, бөлінуі, қайта топтастырылуы және толықтырылуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қағидалар мен талаптардың тізбесін өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау және қайта даярлау кезінде білім беру ұйымы жаңартады және жеке құрамы өндірістік қауіпсіздік мәселелері бойынша даярлауға, қайта даярлауға және емтихан тапсыруға жататын заңды тұлғалар және (немесе) жеке кәсіпкерлердің қызмет бағыттарына байланысты оқу жоспарына енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау, қайта даярлау бойынша бағдарламасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-модуль. Өнеркәсіптік қауіпсіздіктің жалпы мәселелері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7670,72 +7352,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-модуль. Өнеркәсіптік қауіпсіздік саласындағы нормативтік-техникалық реттеу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>. Техникалық реттеу объектілері. Техникалық регламент түсінігі. Жалпы және арнайы техникалық регламенттер. Ұлттық стандарттар және стандарттау жөніндегі өзге құжаттар. Сәйкестікті бағалаудың формалары және әдістері. Техникалық регламенттерді әзірлеу, сәйкестендіру және қабылдау тәртібі</w:t>
+        <w:t>
+      1-тақырып. Техникалық реттеу туралы заңнама. Техникалық реттеу объектілері. Техникалық регламент түсінігі. Жалпы және арнайы техникалық регламенттер. Ұлттық стандарттар және стандарттау жөніндегі өзге құжаттар. Сәйкестікті бағалаудың формалары және әдістері. Техникалық регламенттерді әзірлеу, сәйкестендіру және қабылдау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-модуль. Өнеркәсіптік қауіпсіздік саласындағы талаптарды орындамауға жауапкершілік </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7783,105 +7445,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-модуль. Өнеркәсіптік қауіпсіздік талаптарын қамтамасыз ету</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1-тақырып. Өнеркәсіптік қауіпсіздік мәселелері бойынша қауіпті өндірістік объектілер мен өзге ұйымдардың техникалық басшыларын, мамандарын, жұмыскерлерін даярлау және қайта даярлау және емтихан тапсыру тәртібі</w:t>
+      1-тақырып. Өнеркәсіптік қауіпсіздік мәселелері бойынша қауіпті өндірістік объектілер мен өзге ұйымдардың басшыларын, мамандарын, жұмыскерлерін даярлау және қайта даярлау және емтихан тапсыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау, қайта даярлау және емтихан тапсыру мәселелерін регламенттейтін нормативтік құқықтық актілер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өзге ұйымдардың техникалық басшыларын, мамандарын, жұмыскерлерін оқыту және білімін тексеру. Өнеркәсіптік қауіпсіздік саласындағы даярлау, қайта даярлауды жүзеге асыратын ұйымдарға қойылатын талаптар.</w:t>
-[...17 lines deleted...]
-      Өнеркәсіптік қауіпсіздік саласындағы мамандарды, жұмыскерлерді даярлауды, қайта даярлауды жүргізу құқығына ие аттестатталған ұйымдарда емтихан тапсыруды ұйымдастыру және жүргізу.</w:t>
+      Өзге ұйымдардың басшыларын, мамандарын, жұмыскерлерін оқыту және білімін тексеру. Өнеркәсіптік қауіпсіздік саласындағы даярлау, қайта даярлауды жүзеге асыратын ұйымдарға қойылатын талаптар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнеркәсіптік қауіпсіздік саласындағы басшыларды, мамандарды, жұмыскерлерді даярлауды, қайта даярлауды жүргізу құқығына ие аттестатталған ұйымдарда емтихан тапсыруды ұйымдастыру және жүргізу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өнеркәсіптік қауіпсіздік мәселелері бойынша емтихан тапсыру нәтижелерін ресімдеу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8845,167 +8507,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23-тақырып. Технологиялық құбыржолдарды пайдалану кезіндегі қауіпсіздік жөніндегі нұсқаулық 0,001 Мегапаскаль (шаршы сантиметрге 0,01 килограмм күш) қалдық қысымнан (вакуумнан) 20 Мегапаскаль (шаршы сантиметрге 3200 килограмм күш) шартты қысымға дейін және минус 196 градус Цельсийден 700 градус Цельсийге дейінгі диапазонда жұмыс температурасынан газ тәрізді, бу тәрізді және сұйық ортаны тасымалдауға арналған технологиялық құбыржолдарды қауіпсіз пайдалануды қамтамасыз ету тәртібін нақтылайды*</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * тақырыптар даярлықтан, қайта даярлықтан өтетін техникалық басшылар, мамандар дәне жұмыскерлердің нақты санаттарының қызмет бағытын ескере отырып ашылады.</w:t>
-[...115 lines deleted...]
-</w:t>
+      * тақырыптар даярлықтан, қайта даярлықтан өтетін басшылар, мамандар дәне жұмыскерлердің нақты санаттарының қызмет бағытын ескере отырып ашылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9054,90 +8600,103 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өнеркәсіптік қауіпсіздік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағы мамандарды,</w:t>
+              <w:t>саласындағы басшыларды,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жұмыскерлерді даярлау, қайта</w:t>
+              <w:t>мамандар мен қызметкерлерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>даярлау және білімін тексеру</w:t>
+              <w:t>даярлау, қайта даярлау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>және олардың білімін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тексеру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9177,68 +8736,138 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkStart w:name="z50" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау, қайта даярлау оқу жоспары</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="46"/>
+        <w:t xml:space="preserve"> Өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қайта даярлау оқу жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9298,175 +8927,179 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жөніндегі ұйымның басшысы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>20__ жылғы "___" ___________</w:t>
+              <w:t>20__ жылғы "___" ________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ______</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      (бағдарламаның, бөлімнің атауы)</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу жоспары</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бағдарламаның, бөлімнің атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мақсаты __________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Тыңдаушылар санаты _______________________________________________ </w:t>
+      Тыңдаушылар санаты ______________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Дайындық мерзімі ________________________________________________ </w:t>
-[...17 lines deleted...]
-      Оқыту түрі _________________________________________________________ </w:t>
+      * Дайындық мерзімі ________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *Оқыту түрі ______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сабақ режимі ______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -9504,199 +9137,389 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р.с.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р.с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бөлімдердің, пәндер мен тақырыптардың атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бөлімдердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тақырыптардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлық сағат</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оның ішінде</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бақылау түрі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бақылау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -11194,149 +11017,62 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...97 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Оқытудың мерзімі мен нысаны өнеркәсіптік қауіпсіздік саласындағы басшыларды, мамандарды және қызметкерлерді даярлау, қайта даярлау және олардың білімін тексеру қағидаларына сәйкес айқындалады</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11385,90 +11121,103 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өнеркәсіптік қауіпсіздік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағы мамандарды,</w:t>
+              <w:t>саласындағы басшыларды,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жұмыскерлерді даярлау, қайта</w:t>
+              <w:t>мамандар мен қызметкерлерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>даярлау және білімін тексеру</w:t>
+              <w:t>даярлау, қайта даярлау және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>олардың білімін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тексеру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11567,430 +11316,351 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бекітілді Даярлау,</w:t>
+              <w:t>Бекітілді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қайта даярлау жөніндегі</w:t>
+              <w:t>Даярлау, қайта даярлау жөніндегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ұйымның басшысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="47"/>
+    <w:bookmarkStart w:name="z52" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өнеркәсіптік қауіпсіздік мәселелері бойынша даярлау, қайта даярлау бойынша бағдарламасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ___________________________________________________________ </w:t>
-[...17 lines deleted...]
-      (даярлау, қайта даярлау жөніндегі ұйымның атауы)</w:t>
+      Ескерту. 3-қосымша жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Курстың немесе пәннің бағдарламасы ___________________________________________________________ </w:t>
-[...143 lines deleted...]
-      6. Курсты немесе пәнді оқыту бойынша әдістемелік ұсыныстар </w:t>
+      _____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (даярлау, қайта даярлау жөніндегі ұйымның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Курстың немесе пәннің бағдарламасы _____________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       (атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Кіріспе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 1-бөлім (оқу материалын баяндаудың мазмұны және жүйелілігі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 1-тақырып</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 2-тақырып</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 3-тақырып</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Курсты немесе пәнді оқыту бойынша әдістемелік ұсыныстар</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Әдебиеттер тізімі</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12039,103 +11709,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өнеркәсіптік қауіпсіздік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағы мамандарды,</w:t>
+              <w:t>саласындағы басшыларды,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жұмыскерлерді даярлау, қайта</w:t>
-[...38 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>мамандар мен қызметкерлерді даярлау, қайта даярлау және олардың білімін тексеру қағидаларына 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12162,264 +11793,327 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> № _____ХАТТАМА  _____________________________________________  заңды немесе жеке тұлғаның атауы</w:t>
-[...14 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> № _____ХАТТАМА _____________________________________________  заңды немесе жеке тұлғаның атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      20___ жылғы "___" ______________ </w:t>
-[...17 lines deleted...]
-      Комиссия құрамы:</w:t>
+      Ескерту. 4-қосымша жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Төраға: _____________________________________________________________ </w:t>
-[...143 lines deleted...]
-      __________________________________________________________________</w:t>
+      20___ жылғы "___"______________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия құрамы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Төраға: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Комиссия мүшелері: ______________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________________________________________________________________  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қазақстан Республикасының заңдарында және нормативтік құқықтық актілерінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>белгіленген өнеркәсіптік қауіпсіздік талаптары бойынша білімі тексерілді*:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -12436,195 +12130,473 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р./с.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ р./с.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әкесінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ол</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лауазымы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Білімі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Комиссия қорытындысы (тапсырды, тапсырған жоқ)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Комиссия </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қорытындысы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тапсырды</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тапсырған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13125,204 +13097,153 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Комиссия төрағасы: ______________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...152 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">       (қолы, тегі, аты, әкесінің аты (ол болған жағдайда)) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия мүшелері: _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (комиссияның әр мүшесінің қолы, тегі, аты, әкесінің аты (ол болған жағдайда)) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       *Хаттамада оқытатын ұйымның ерекшелігі мен салалық тиістілігі және осы хаттамаға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енгізілген мамандықтардың барлық түрлері ескеріле отырып, өнеркәсіптік қауіпсіздік</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мәселелерін көрсететін барлық заңнамалық және нормативтік құқықтық актілердің тізімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>келтірілген.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13371,90 +13292,103 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өнеркәсіптік қауіпсіздік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағы мамандарды,</w:t>
+              <w:t>саласындағы басшыларды,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жұмыскерлерді даярлау, қайта</w:t>
+              <w:t>мамандар мен қызметкерлерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>даярлау және білімін тексеру</w:t>
+              <w:t>даярлау, қайта даярлау және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>олардың білімін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тексеру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13494,1350 +13428,1220 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өнеркәсіптік қауіпсіздік мәселелері бойынша білімін тексеру туралы куәлік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 17.06.2024 </w:t>
+      Ескерту. 5-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 229</w:t>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="6642100" cy="8267700"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId4"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="6642100" cy="8267700"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. КУӘЛІК/УДОСТОВЕРЕНИЕ №____</w:t>
-[...426 lines deleted...]
-        </w:tc>
+2. Тұрақты жұмыс істейтін емтихандық</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>комиссияның хаттамасы /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Протокол постоянно действующей экзаменационной комиссии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№_________ "____" ________20____ж (г).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действительно до 20_____ж (г) "___"_____________ дейін жарамды</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комиссия төрағасы /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председатель комиссии ________ (м.о. / м.п. (қолы/подпись)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...136 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. КУӘЛІК / УДОСТОВЕРЕНИЕ №_____</w:t>
-[...251 lines deleted...]
- (м.о./м.п.) (қолы/подпись)</w:t>
+3. КУӘЛІК / УДОСТОВЕРЕНИЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№_____</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(жұмыс орны / место работы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(лауазымы / должность)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Біліміне қайта тексеру жүргізілді /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Повторная проверка знаний проведена</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№___ Хаттама/Протокол (от) 20__ж (г)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___" ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действительно до</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20_____ж (г) "___"________ дейін</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жарамды</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(оқыту ұйымы/орталығының атауы /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование учебной</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации/центра)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комиссия төрағасы /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председатель комиссии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(м.о./м.п.) (қолы/подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. КУӘЛІК / УДОСТОВЕРЕНИЕ №____</w:t>
-[...251 lines deleted...]
-(м.о./м.п.) қолы/подпись)</w:t>
+4. КУӘЛІК / УДОСТОВЕРЕНИЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№____</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>( жұмыс орны / место работы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(лауазымы / должность)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Біліміне қайта тексеру жүргізілді /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Повторная проверка знаний </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведена</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№___ Хаттама /Протокол (от) 20__ж</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(г) "__" ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Действительно до</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20____ж (г) "__"______дейін</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жарамды</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(оқыту ұйымы/орталығының атауы /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наименование учебной</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организации/центра)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комиссия төрағасы /</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председатель комиссии</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(м.о./м.п.) қолы/подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Қағаз жеткізгіштегі куәліктерге қойылатын талаптар: </w:t>
+        <w:t>
+      Қағаз жеткізгіштегі куәліктерге қойылатын талаптар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Куәліктің мұқабасы көк түсті, қатты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -14938,166 +14742,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ID картаның алдыңғы бөлігінде картаның нөмірі, емтихан тапсырған маманның Т.А.Ә. (ол болған жағдайда) және фотосуреті көрсетіледі; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Электрондық куәлікте мынадай ақпараттар болады: ID картаның нөмірі, емтихан тапсырған маманның Т.А.Ә. (ол болған жағдайда) және фотосуреті, тұрақты жұмыс істейтін емтихандық комиссияның хаттамасы мен куәлігінің нөмірі, жұмыс орны, лауазымы, куәліктің қолдану мерзімі, оқудан өткен оқу ұйымының немесе орталықтың атауы, өткен курстың атауы, курстан өту кезеңі және комиссия төрағасының цифрлық қолы.</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15146,90 +14834,103 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өнеркәсіптік қауіпсіздік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағы мамандарды,</w:t>
+              <w:t>саласындағы басшыларды,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жұмыскерлерді даярлау, қайта</w:t>
+              <w:t>мамандар мен қызметкерлерді</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>даярлау және білімін тексеру</w:t>
+              <w:t>даярлау, қайта даярлау және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>олардың білімін</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тексеру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15269,372 +14970,466 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Апелляциялық комиссия отырысының хаттамасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-[...29 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Апелляциялық комиссия _________________________________________ </w:t>
-[...125 lines deleted...]
-      20___ жылғы "__" ________ өткен өнеркәсіптік қауіпсіздік саласындағы білімдерін тексеру.</w:t>
+      Ескерту. 6-қосымша жаңа редакцияда – ҚР Төтенше жағдайлар министрінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20__ жылғы "__" ________ № ____                         _________ қаласы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Апелляциялық комиссия (оқу орталығының/ұйымның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өнеркәсіптік қауіпсіздік саласындағы емтихандарды (компьютерлік бағдарламаны қолдана </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>отырып немесе жазбаша нысанда тестілеу) тапсыру құрамы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (комиссия құрамы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтініш бойынша өнеркәсіптік қауіпсіздік саласындағы емтихандарды тапсыру нәтижелері </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бойынша материалдарды қарап: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Апелляциялық комиссия ________________________ шешім қабылдады. </w:t>
-[...125 lines deleted...]
-      қолы            .(м.о.) тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________(өтініш берушінің тегі, аты, әкесінің аты (ол болған жағдайда), </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жеке сәйкестендіру нөмірі, лауазымы, жұмыс орны (ұйымның толық атауы)) 20___ жылғы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"__"______ өткен өнеркәсіптік қауіпсіздік саласындағы білімдерін тексеру.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Апелляциялық комиссия ________________________ шешім қабылдады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (таңдау: қанағаттандыру/қанағаттандырусыз қалдыру) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________ ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       қолы                   тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _____________ _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       қолы                   тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       _______________ ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       қолы .            (м.о.) тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -15642,55 +15437,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>