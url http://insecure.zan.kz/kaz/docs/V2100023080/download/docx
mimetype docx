--- v0 (2025-11-18)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="607bad4" w14:textId="607bad4">
+    <w:p w14:paraId="9b772cb" w14:textId="9b772cb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1048,51 +1048,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Сапаға жоспардан тыс сыртқы бақылау: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) аудиторлардың, аудиторлық ұйымдардың және кәсіптік ұйымдардың әрекеттеріне (әрекетсіздігіне) өтініш кәсіби кеңес немесе кәсіби ұйыммен алған жағдайда;</w:t>
+      1) аудиторлардың, аудиторлық ұйымдардың және кәсіптік ұйымдардың әрекеттеріне (әрекетсіздігіне) өтініш алған жағдайда;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) аудиторлар және (немесе) аудиторлық ұйымдар жұмысының нәтижелерімен келіспеген жағдайда; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
@@ -1126,74 +1126,198 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аудиторлардың, аудиторлық ұйымдардың және кәсіптік ұйымдардың қызметіне байланысты келіп түскен өтініштерге сәйкес уәкілетті органның бастамасы бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Аудиторлардың, аудиторлық ұйымдардың және кәсіптік ұйымдардың әрекеттеріне (әрекетсіздігіне) шағымдану бойынша сапаға жоспардан тыс сыртқы бақылау жүргізу туралы шешім өтініште жазылған нақты деректер қаралғаннан кейін 2 (екі) жұмыс күні ішінде шығарылады. </w:t>
+        <w:t>
+      Аудиторлардың, аудиторлық ұйымдардың және кәсіптік ұйымдардың әрекеттеріне (әрекетсіздігіне) шағымдану бойынша сапаға жоспардан тыс сыртқы бақылау жүргізу туралы шешім өтініште жазылған нақты деректер қаралғаннан кейін 2 (екі) жұмыс күні ішінде шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Қаржы министрінің 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 719</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әрбір аудиторлық ұйым бойынша жоспарлы және (немесе) жоспардан тыс сапаға сыртқы бақылау жүргізу мерзімдерін кәсіби кеңестің сапаны бақылау комитеті және (немесе) тиісті кәсіби ұйым бекітілген ішкі жоспарға сәйкес айқындайды. Бұл ретте кәсіби кеңестің сапаны бақылау комитетінің және кәсіби ұйымның сапаға сыртқы бақылау жүргізу мерзімі 10 (он) жұмыс күнінен аспайды, ал сапаны сыртқы бақылау нәтижелері бойынша бағалауды айқындау үшін – 2 (екі) айдан аспайды. Уәкілетті орган сұрау салған жағдайда сапаға сыртқы бақылау жүргізу мерзімі 7 (жеті) жұмыс күнінен аспайды, ал сапаны сыртқы бақылау нәтижелері бойынша бағалауды айқындау үшін – 15 (он бес) жұмыс күнінен аспайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақтың орыс тіліндегі мәтініне өзгеріс енгізілді, қазақ тіліндегі мәтіні өзгермейді - ҚР Қаржы министрінің 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 719</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жоспарлы сыртқы сапа бақылауына жататын кезең (қамту) алдыңғы сыртқы сапа бақылауының нәтижелері туралы қорытынды күнінен бастап есептеледі және 3 (үш) жылдан аспауға тиіс. Сыртқы сапа бақылауынан өту нәтижелері туралы қорытындының ресімдеу күні – бағалауды айқындау сыртқы сапа бақылау қорытындысының күні болып саналады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1208,310 +1332,372 @@
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Аудиторлық ұйымдардың сапасына сыртқы бақылау жүргізудің үлгілік қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Аудиторлық ұйымдардың сапасына сыртқы бақылау жүргізу тәртібі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkStart w:name="z63" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) сапаға сыртқы бақылау рәсімдерін ұйымдастыру бойынша мәселелерді; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkStart w:name="z64" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сапаға сыртқы бақылау рәсіміне қатысқан бақылаушының не басқа адамдарды шеттетудің (өздігінен бас тартудың) негізін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkStart w:name="z65" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сапаға сыртқы бақылауды жүргізудің бағдарламасы мен кезеңдерін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z66" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) онда құрылтайшы және құқық белгілеуші құжаттар, лицензиялар, аудиторлардың біліктілік куәліктері, аудиторлардың біліктілігін арттыру бойынша құжаттар, кадрлық құрам жөніндегі құжаттар, аудит сапасына сыртқы бақылау жөніндегі ішкі құжаттар, орындалған аудиторлық тапсырмалар бойынша жұмыс құжаттары қамтылатын аудиторлық ұйымның сапасына сыртқы бақылауды жүргізуге жататын құжаттарының тізбесін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkStart w:name="z67" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сапаға сыртқы бақылауға жататын аудит бойынша жобаларды іріктеу, сондай-ақ мүдделер қақтығысын болдырмайтын бақылаушыларды іріктеу өлшемшарттарын (тәуелсіздікті қамтамасыз ету);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkStart w:name="z68" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) аудиторлық қызмет көрсету шартын орындауға аудиторлық ұйым жолдаған ресурстардың жеткіліктілігін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkStart w:name="z69" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7) аудиторлық ұйымның сапасына ішкі бақылау жүйесін, "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
+      7) аудиторлық ұйымның сапасына ішкі бақылау жүйесін, "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, "Қаржылық емес сектор үшін қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Қаржылық мониторинг агенттігі Төрағасының 2021 жылғы 6 тамыздағы № 4 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> талаптарын сақталуын (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде № 23942 болып тіркелген), сондай-ақ аудиторлық қызмет туралы заңнама талаптарының сақталуын тексеру мәселелерін;</w:t>
+        <w:t xml:space="preserve">, "Қаржылық емес сектор үшін қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Қаржылық мониторинг агенттігі Төрағасының 2021 жылғы 6 тамыздағы № 4 бұйрығының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>талаптарын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сақталуын (нормативтік құқықтық актілерді мемлекеттік тіркеу Тізілімінде № 23942 болып тіркелген), сондай-ақ аудиторлық қызмет туралы заңнама талаптарының сақталуын тексеру мәселелерін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkStart w:name="z70" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) жекелеген аудиторлық тапсырмалардың сапасын сыртқы бақылау мәселелерін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkStart w:name="z71" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сапаны бақылау комитеті мен кәсіби ұйым сапаға сыртқы бақылау жүргізу барысында қол жеткізген ақпаратты қорғауды қамтамасыз ету жөніндегі шараларды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkStart w:name="z72" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) бақылаушылардың есептілігі мен аудиторлық ұйымның сапаға сыртқы бақылаудан өту нәтижелерін ресімдеуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkStart w:name="z73" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) аудиторлық ұйымның сапаны сыртқы бақылаудан өту нәтижелерін іске асыруы жөніндегі шараларды қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Қаржы министрінің 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 719</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Аудиторлық ұйымдардың және олардың клиенттерінің мүдделерінің қорғалуын қамтамасыз ету мақсатында аудиторлық ұйымдардың сапасына сыртқы бақылауды жүргізудің тәртібі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1704,54 +1890,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) жүргізілген сапаға сыртқы бақылау нәтижелері бойынша аудиторлық ұйым "4" бағасынан төмен баға алған жағдайда кәсіби кеңестің сапаны бақылау комитетіне және (немесе) кәсіби ұйымға кемшіліктерді жою бойынша іс-шаралар жоспарын, сондай-ақ оны орындау бойынша есептерді екі ай ішінде ұсынуды қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z50" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Жүргізілген сапаға сыртқы бақылау нәтижелері бойынша сапаға сыртқы бақылауды жүргізу тәртібінде Қағидалар қосымшасына сәйкес аудиторлық ұйымның аудит бойынша қызметін бағалау өлшемі және бағаның анықталатын цифрлық баламасы көзделген.</w:t>
+      9. Жүргізілген сапаға сыртқы бақылау нәтижелері бойынша сапаға сыртқы бақылауды жүргізу тәртібінде осы Үлгілік қағидалардың қосымшасына сәйкес аудиторлық ұйымның аудит бойынша қызметін бағалау өлшемі және бағаның анықталатын цифрлық баламасы көзделген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Қаржы министрінің 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 719</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z51" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Жүргізілген сапаға сыртқы бақылау нәтижесінде айқындалған аудиторлық ұйымның бағасы кәсіби кеңестің және кәсіби ұйымның сайтында жарияланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z52" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2801,55 +3049,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>