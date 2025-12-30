--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="43f1eca" w14:textId="43f1eca">
+    <w:p w14:paraId="0fed652" w14:textId="0fed652">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3458,50 +3458,176 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Rmin – бір іріктемелі жиынтыққа (іріктемеге) кіретін субъектілер (объектілер) бойынша субъективті өлшемшарттар бойынша тәуекел дәрежесінің шәкілі бойынша ең төменгі ықтимал мән (шәкілдің төменгі шекарасы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Rарал – осы Өлшемшарттардың 17-тармағына сәйкес есептелген субъективті өлшемшарттар бойынша тәуекел дәрежесінің аралық көрсеткіші.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 676</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 07.11.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2025 № 120 (алғашқы ресми жарияланған күнiнен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6851,50 +6977,57 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы министрінің 19.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 238</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 20.05.2025 № 30 (алғашқы ресми жарияланған күнiнен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7986,50 +8119,185 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 676</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 120 (алғашқы ресми жарияланған күнiнен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16158,50 +16426,185 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 676</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 120 (алғашқы ресми жарияланған күнiнен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21717,50 +22120,186 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Қаржы министрінің 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 676</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 120 (алғашқы ресми жарияланған күнiнен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>