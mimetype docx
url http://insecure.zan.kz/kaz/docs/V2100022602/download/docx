--- v1 (2025-12-30)
+++ v2 (2026-03-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0fed652" w14:textId="0fed652">
+    <w:p w14:paraId="cc0e0f9" w14:textId="cc0e0f9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3458,176 +3458,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Rmin – бір іріктемелі жиынтыққа (іріктемеге) кіретін субъектілер (объектілер) бойынша субъективті өлшемшарттар бойынша тәуекел дәрежесінің шәкілі бойынша ең төменгі ықтимал мән (шәкілдің төменгі шекарасы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Rарал – осы Өлшемшарттардың 17-тармағына сәйкес есептелген субъективті өлшемшарттар бойынша тәуекел дәрежесінің аралық көрсеткіші.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...124 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3674,162 +3548,149 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Бухгалтерлік есеп және </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қаржылық есептілік </w:t>
+              <w:t>қаржылық есептілік саласындағы тәуекел</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағы тәуекел</w:t>
+              <w:t>дәрежесін бағалау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">дәрежесін бағалау </w:t>
+              <w:t>өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>өлшемшарттарына</w:t>
-[...12 lines deleted...]
-              <w:t>1 қосымша</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z134" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Профилактикалық бақылау жүргізу үшін нормативтік құқықтық актілер талаптарының бұзылу дәрежесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - ҚР Қаржы министрінің 19.05.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Қаржы министрінің 06.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 238</w:t>
+        <w:t>№ 676</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 20.05.2025 № 30 (алғашқы ресми жарияланған күнiнен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 07.11.2025 № 120 (алғашқы ресми жарияланған күнiнен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3844,123 +3705,173 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бұзушылық дәрежесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұзушылық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4148,51 +4059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық есептілікті белгіленген мерзімді бұзбай ұсыну не оны құрылтай құжаттарына сәйкес ұйымдардың құрылтайшыларына (қатысушыларына), тіркелген жері бойынша мемлекеттік статистика саласындағы уәкілетті органға, мемлекеттік бақылау органдарына дәлелді себеппен және қаржылық есептілік депозитарийіне ұсынбау</w:t>
+Қаржылық есептілікті және (немесе) аудиторлық есепті белгіленген мерзімді бұзбай ұсыну не оны құрылтай құжаттарына сәйкес ұйымдардың құрылтайшыларына (қатысушыларына), тіркелген жері бойынша мемлекеттік статистика саласындағы уәкілетті органға, мемлекеттік бақылау органдарына дәлелді себеппен және қаржылық есептілік депозитарийіне ұсынбау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4261,51 +4172,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жария мүдделі ұйымдардың бас бухгалтерінде кәсіби бухгалтер сертификатының болуы</w:t>
+Жария мүдделі ұйымдардың бас бухгалтерінде кәсіби бухгалтер сертификатының болуы, біліктілікті арттырудан және кәсіби ұйымдарға мүшелікке өту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4534,385 +4445,385 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-2. Бухгалтерлердің аккредиттелген кәсіби ұйымдары бойынша</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бухгалтерлiк есептi жүргiзудi және қаржылық есептiлiктi жасауды шарт негiзiнде бухгалтерлiк немесе аудиторлық ұйымға немесе кәсiби бухгалтерге бермеуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Болмашы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Бухгалтерлердің аккредиттелген кәсіби ұйымдары бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өз қызметін Кәсіби бухгалтерлердің әдеп кодексіне сәйкес жүзеге асыру</w:t>
+Бухгалтерлердің кәсіби ұйымы аккредиттелген кезден бастап бір ай ішінде Консультативтік органның құрамына бухгалтерлік және (немесе) аудиторлық қызмет саласында кемінде жеті жыл жұмыс тәжірибесін, Assocіatіon of Chartered Certіfіed Accountants (ACCA) (Зэ Исоушиэйшн оф Чартерд Сертифаид Экаунтэнтс) (ЭЙСИСИЭЙ), не Certіfіed Publіc Accountant (CPA) (Сертифаид Паблик Экаунтэнт) (СИПИЭЙ) толық біліктілігін, не Dіploma іn the Іnternatіonal Fіnancіal Reportіng (DіpІFR ACCA) (Диплоумэ ин зэ Интернашнэл Файнаншл Рипортин) (ДИайпиАЙЭФАР ЭЙСИСИЭЙ) дипломының, не "аудитор" біліктілігін беру туралы біліктілік куәлігінің, не кәсіби бухгалтер сертификатының, экономика, қаржы, бухгалтерлік есеп, аудит саласындағы (ғылыми) дәрежесінің бар екенін растай отырып бір өкілді ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеулі</w:t>
+Болмашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бухгалтерлерді кәсіби сертификаттау жөніндегі аккредиттелген бір немесе бірнеше ұйымдармен өзара іс-қимыл туралы келісім жасасу</w:t>
+Өз қызметін Кәсіби бухгалтерлердің әдеп кодексіне сәйкес жүзеге асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4945,200 +4856,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бухгалтерлердің аккредиттелген кәсіби ұйымына кірген (шыққан) бухгалтерлердің, кәсіби бухгалтерлердің және бухгалтерлік ұйымдардың саны туралы есепті уәкілетті органға есепті жылдан кейінгі жылдың 15 наурызына дейінгі мерзімде ұсыну</w:t>
+Бухгалтерлерді кәсіби сертификаттау жөніндегі аккредиттелген бір немесе бірнеше ұйымдармен өзара іс-қимыл туралы келісім жасасу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өрескел</w:t>
+Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бухгалтерлердің аккредиттелген кәсіби ұйымы мүшелерінің біліктілігін арттыру туралы есепті уәкілетті органға есепті жылдан кейінгі жылдың 15 наурызына дейінгі мерзімде ұсыну</w:t>
+Бухгалтерлердің аккредиттелген кәсіби ұйымына кірген (шыққан) бухгалтерлердің, кәсіби бухгалтерлердің және бухгалтерлік ұйымдардың саны туралы есепті уәкілетті органға есепті жылдан кейінгі жылдың 15 наурызына дейінгі мерзімде ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5171,87 +5082,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бухгалтерлік есеп пен есептілік саласында халықаралық ұйымдармен ынтамақтастық туралы есепті уәкілетті органға есепті жылдан кейінгі жылдың 15 наурызына дейінгі мерзімде ұсыну</w:t>
+Бухгалтерлердің аккредиттелген кәсіби ұйымы мүшелерінің біліктілігін арттыру туралы есепті уәкілетті органға есепті жылдан кейінгі жылдың 15 наурызына дейінгі мерзімде ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5284,87 +5195,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бухгалтерлердің аккредиттелген кәсіби ұйымының жұмыс органдары құрылымының өзгеруі туралы есепті уәкілетті органға есепті жылдан кейінгі жылдың 15 наурызына дейінгі мерзімде ұсыну</w:t>
+Бухгалтерлік есеп пен есептілік саласында халықаралық ұйымдармен ынтамақтастық туралы есепті уәкілетті органға есепті жылдан кейінгі жылдың 15 наурызына дейінгі мерзімде ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5397,468 +5308,468 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы, ұйымдық-құқықтық нысаны өзгерген, қайта ұйымдастырылған жағдайда аккредиттеу рәсімінен өту</w:t>
+Бухгалтерлердің аккредиттелген кәсіби ұйымының жұмыс органдары құрылымының өзгеруі туралы есепті уәкілетті органға есепті жылдан кейінгі жылдың 15 наурызына дейінгі мерзімде ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеулі</w:t>
+Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңды мекенжайы өзгерген жағдайда бухгалтерлердің кәсіби ұйымының аккредиттелгені туралы куәлікті қайта ресімдеу</w:t>
+Атауы, ұйымдық-құқықтық нысаны өзгерген, қайта ұйымдастырылған жағдайда аккредиттеу рәсімінен өту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-3. Бухгалтерлерді кәсіби сертификаттау жөніндегі аккредиттелген ұйымдар бойынша</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Заңды мекенжайы өзгерген жағдайда бухгалтерлердің кәсіби ұйымының аккредиттелгені туралы куәлікті қайта ресімдеу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Елеулі</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Бухгалтерлерді кәсіби сертификаттау жөніндегі аккредиттелген ұйымдар бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіби бухгалтерлерге кандидаттарды сертификаттау бағдарламалары бойынша материалдарды әзірлеу, басып шығару және тарату, емтихан процесін ұйымдастыру</w:t>
+"Қаржылық есеп және халықаралық қаржылық есептілік стандарттары бойынша есептілік", "Басқарушылық есеп", "Қаржы және қаржы менеджменті", "Салықтар", "Құқық (азаматтық құқық, банк ісі, сақтандыру және әлеуметтік заңнамасы)", "Этика" пәндері бойынша жаңартылған емтихан модульдерінің болуы және оларды халықаралық қаржылық есептілік стандартына және Қазақстан Республикасының заңнамасына өзгерістер қолданысқа енгізілген күннен бастап тоқсан күнтізбелік күн ішінде уәкілетті органға ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5891,213 +5802,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіби бухгалтерлікке кандидат сертификаттаудан қабылдау үшін аудиторлыққа кандидаттарды аттестаттау жөніндегі біліктілік комиссиясы берген "аудитор" біліктілігін беру туралы біліктілік куәлігі бар тұлғаны қоспағанда мынадай құжаттарды:</w:t>
-[...125 lines deleted...]
-7) жазбаша хабарлама немесе жекелеген емтихандарды тапсырғаны туралы өзге де құжат (бар болса).</w:t>
+Кәсіби бухгалтерлерге кандидаттарды сертификаттау бағдарламалары бойынша материалдарды әзірлеу, басып шығару және тарату, емтихан процесін ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6130,87 +5915,275 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Өзара іс-қимыл туралы келісім жасалған кәсіби ұйыммен бірлесіп бухгалтерлерді кәсіби сертификаттау бойынша емтихандар өткізу</w:t>
+          <w:bookmarkStart w:name="z21" w:id="69"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кәсіби бухгалтерлікке кандидат сертификаттаудан қабылдау үшін аудиторлыққа кандидаттарды аттестаттау жөніндегі біліктілік комиссиясы берген "аудитор" біліктілігін беру туралы біліктілік куәлігі бар тұлғаны қоспағанда мынадай құжаттарды:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="69"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1) пәннің (пәндердің) атауы көрсетілген өтініш; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) жеке басын куәландыратын құжаттың көшірмесі; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) жоғары білімін растайтын құжаттың нотариалды куәландырылған көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) бухгалтерлік, экономикалық, қаржылық, аудиторлық, бақылау-тексеру, есепке алу-талдау салаларында немесе жоғары, орта білімнен кейінгі, техникалық және кәсіптік білім беретін оқу орындарындағы бухгалтерлік есеп және аудит жөніндегі ғылыми-оқытушылық жұмыс саласында кемінде соңғы үш жыл жұмыс өтілін растайтын құжаттардың нотариат немесе кадр қызметі немесе жұмыс беруші куәландырған көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) адвокаттың немесе нотариустың не соттың (бар болса) біліктілік емтиханын тапсырғанын растайтын құжаттың нотариалды куәландырылған көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) тиісті халықаралық сертификаттардың көшірмелері (болған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) жазбаша хабарлама немесе жекелеген емтихандарды тапсырғаны туралы өзге де құжат (бар болса).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6243,200 +6216,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уәкілетті органға бухгалтерлерді кәсіби сертификаттау жөніндегі аккредиттелген ұйым таныған және берген сертификаттары туралы есепті емтихандар өткізу, танылған және берілген сертификаттар күнінен бастап, сондай-ақ емтихан модульдеріне өзгерістер енгізілген күннен бастап 3 (үш) ай ішінде ұсыну</w:t>
+Өзара іс-қимыл туралы келісім жасалған кәсіби ұйыммен бірлесіп бухгалтерлерді кәсіби сертификаттау бойынша емтихандар өткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өрескел</w:t>
+Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Емтихандар өткізу, танылған және берілген сертификаттар күнінен бастап, сондай-ақ емтихан модульдеріне өзгерістер енгізілген күннен бастап 3 (үш) ай ішінде пәндер бойынша өткізілген емтихандар туралы және емтихан модульдерінің өзгеруі туралы есепті уәкілетті органға ұсыну</w:t>
+Уәкілетті органға бухгалтерлерді кәсіби сертификаттау жөніндегі аккредиттелген ұйым таныған және берген сертификаттары туралы есепті емтихандар өткізу, танылған және берілген сертификаттар күнінен бастап, сондай-ақ емтихан модульдеріне өзгерістер енгізілген күннен бастап 3 (үш) ай ішінде ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6469,200 +6442,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы, ұйымдық-құқықтық нысаны өзгерген, қайта ұйымдастырылған жағдайда аккредиттеу рәсімінен өту</w:t>
+Емтихандар өткізу, танылған және берілген сертификаттар күнінен бастап, сондай-ақ емтихан модульдеріне өзгерістер енгізілген күннен бастап 3 (үш) ай ішінде пәндер бойынша өткізілген емтихандар туралы және емтихан модульдерінің өзгеруі туралы есепті уәкілетті органға ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елеулі</w:t>
+Өрескел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңды мекенжайы өзгерген жағдайда бухгалтерлерді кәсіби сертификаттау жөніндегі ұйымның аккредиттелгені туралы куәлікті қайта ресімдеу</w:t>
+Атауы, ұйымдық-құқықтық нысаны өзгерген, қайта ұйымдастырылған жағдайда аккредиттеу рәсімінен өту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6695,87 +6668,313 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды мекенжайы өзгерген жағдайда бухгалтерлерді кәсіби сертификаттау жөніндегі ұйымның аккредиттелгені туралы куәлікті қайта ресімдеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Емтихан онлайн режимінде өткізілген жағдайда комиссияның өзінің қашықтықтан веб-порталы, сондай-ақ онлайн режимінде емтихан өткізудің үздіксіз және сапалы тәртібін қамтамасыз ететін және оған тәуелсіз бақылаушылардың қол жеткізуін қамтамасыз ететін өз бағдарламасы (платформасы) болады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткен емтихандардың дұрыс жауаптары бар емтихан билеті өзара іс-қимыл туралы келісім жасалған кәсіби ұйымның интернет-ресурсында жарияланады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6921,112 +7120,105 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z136" w:id="69"/>
+    <w:bookmarkStart w:name="z136" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Талаптарға сәйкестігіне тексеруді жүргізу үшін нормативтік құқықтық актілер талаптарының бұзылу дәрежесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы министрінің 19.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 238</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 20.05.2025 № 30 (алғашқы ресми жарияланған күнiнен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -8119,185 +8311,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елеулі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...133 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8331,200 +8388,290 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бухгалтерлік есеп және қаржылық</w:t>
+              <w:t xml:space="preserve">Бухгалтерлік есеп және </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>есептілік саласындағы тәуекел</w:t>
+              <w:t>қаржылық есептілік саласындағы тәуекел</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дәрежесін бағалау өлшемшарттарына</w:t>
+              <w:t xml:space="preserve">дәрежесін бағалау </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3 қосымша</w:t>
+              <w:t>өлшемшарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z138" w:id="70"/>
+    <w:bookmarkStart w:name="z138" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Субъективті өлшемшарттар бойынша тәуекел дәрежесін айқындауға арналған субъективті өлшемшарттар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Қаржы министрінің 06.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 676</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 07.11.2025 № 120 (алғашқы ресми жарияланған күнiнен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ___________бухгалтерлік есеп және қаржылық есептілік саласындағы________</w:t>
+      ___________________бухгалтерлік есеп және қаржылық есептілік саласындағы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
+        <w:t xml:space="preserve">
+       ____________________Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>138-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес</w:t>
+        <w:t xml:space="preserve"> сәйкес_________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______ жария мүдделі ұйымдарға (қаржы ұйымдарын қоспағанда)____қатысты</w:t>
+        <w:t xml:space="preserve">
+       жария мүдделі ұйымдарға (қаржы ұйымдарын </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>бақылау субъектілерінің (объектілерінің) біртекті тобының атауы</w:t>
+        <w:t>
+       қоспағанда)___________________________________________________қатысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       бақылау субъектілерінің (объектілерінің) біртекті тобының атауы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -8552,258 +8699,658 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Р/с №</w:t>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Субъективті өлшемшарттар көрсеткіші</w:t>
+              <w:t>Субъективті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өлшемшарттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсеткіші</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Субъективті өлшемшарт көрсеткіші бойынша ақпарат көзі</w:t>
+              <w:t>Субъективті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өлшемшарт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсеткіші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ақпарат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көзі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Маңыз-дылығы бойынша үлес салмағы, балл (барлығы 100 баллға дейін болуы тиіс), w</w:t>
+              <w:t>Маңыз-дылығы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>i</w:t>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үлес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салмағы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(барлығы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тиіс),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>wi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шарттар / мәндер, x</w:t>
+              <w:t>Шарттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>i</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәндер,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>xi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -9259,61 +9806,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 факт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9370,61 +9906,50 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9577,61 +10102,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 факт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9688,61 +10202,50 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9895,61 +10398,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 факт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -10006,62 +10498,1461 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудиторлық ұйымның аудиторлық есебіне сапаға жүргізілген сыртқы бақылаудың нәтижелері бойынша "4" төмен бағаның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісі (объектісі) ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісіне (объектісіне) бара отырып, профилакти-калық бақылау жүргізудің жартыжыл-дық тізіміне енгізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Теріс пікір білдірілген немесе пікір білдіруден бас тарта отырып берілген аудиторлық қорытындының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісі (объектісі) ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісіне (объектісіне) бара отырып, профилакти-калық бақылау жүргізудің жартыжыл-дық тізіміне енгізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржылық нәтижесі теріс (залалды) болып отырған кәсіпкерлік субъектілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісі (объектісі) ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісіне (объектісіне) бара отырып, профилакти-калық бақылау жүргізудің жартыжыл-дық тізіміне енгізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті кезең бойынша қаржылық есептілік деректері негізінде алдыңғы есепті кезеңмен салыстырғанда жиынтық жылдық табысы 50 және одан да көп пайызға төмендеген кәсіпкерлік субъектілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісі (объектісі) ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісіне (объектісіне) бара отырып, профилакти-калық бақылау жүргізудің жартыжыл-дық тізіміне енгізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті кезең бойынша бухгалтерлік (қаржылық) есептілік деректері негізінде алдыңғы есепті кезеңмен салыстырғанда кредиторлық берешегі 50 және одан да көп пайызға артқан кәсіпкерлік субъектілері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісі (объектісі) ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісіне (объектісіне) бара отырып, профилакти-калық бақылау жүргізудің жартыжыл-дық тізіміне енгізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -10116,113 +12007,100 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Бухгалтерлік есеп және қаржылық</w:t>
-[...12 lines deleted...]
-              <w:t>есептілік саласындағы тәуекел</w:t>
+              <w:t>Бухгалтерлік есеп және қаржылық есептілік саласындағы тәуекел</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>дәрежесін бағалау өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z140" w:id="71"/>
+    <w:bookmarkStart w:name="z140" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Субъективті өлшемшарттар бойынша тәуекел дәрежесін айқындауға арналған субъективті өлшемшарттар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ___________бухгалтерлік есеп және қаржылық есептілік саласындағы________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13514,68 +15392,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z142" w:id="72"/>
+    <w:bookmarkStart w:name="z142" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Субъективті өлшемшарттар бойынша тәуекел дәрежесін айқындауға арналған субъективті өлшемшарттар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - ҚР Қаржы министрінің 19.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16426,185 +18304,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...133 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16664,620 +18407,535 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаржы министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2021 жылғы 2 сәуірдегі</w:t>
-[...64 lines deleted...]
-              <w:t>№ 298 және</w:t>
+              <w:t>2021 жылғы 2 сәуірдегі № 298 және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасы</w:t>
+              <w:t>Қазақстан Республикасы Ұлттық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық экономика министрінің</w:t>
+              <w:t>экономика министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2021 жылғы 21 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 45 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="73"/>
+    <w:bookmarkStart w:name="z16" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы министрінің 19.05.2025 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы министрінің 06.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 238</w:t>
+        <w:t>№ 676</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 20.05.2025 № 30 (алғашқы ресми жарияланған күнiнен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 07.11.2025 № 120 (алғашқы ресми жарияланған күнiнен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      _______________________ бухгалтерлік есеп және қаржылық есептілік </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      _____________________________ бухгалтерлік есеп және қаржылық есептілік</w:t>
+      саласындағы ________________________________________________Қазақстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      саласындағы ________________________________________________________</w:t>
+       Республикасы Кәсіпкерлік кодексінің 138-бабына сәйкес ____________ жария</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+       мүдделі ұйымдарға (қаржы ұйымдарын қоспағанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес</w:t>
+       Қатысты бақылау субъектілерінің (объектілерінің) біртекті тобының атауы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________ жария мүдделі ұйымдарға (қаржы ұйымдарын қоспағанда)</w:t>
+       Тексеруді/ бақылау субъектісіне (объектісіне) бару арқылы профилактикалық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
+       бақылауды тағайындаған мемлекеттік орган</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қатысты бақылау субъектілерінің (объектілерінің) біртекті тобының атауы</w:t>
+       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+       Тексеруді/бақылау субъектісіне (объектісіне) бару арқылы профилактикалық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      бақылау тағайындау туралы акті </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       _________________________________________________________ күні № </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Тексеруді/ бақылау субъектісіне (объектісіне) бару арқылы</w:t>
+       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      профилактикалық бақылауды тағайындаған мемлекеттік орган</w:t>
+       Бақылау субъектісінің (объектісінің) атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
+       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тексеруді/бақылау субъектісіне (объектісіне) бару арқылы</w:t>
+       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
-[...107 lines deleted...]
-      Бақылау субъектісінің (объектісінің) (жеке сәйкестендіру нөмірі) бизнес-</w:t>
+       Бақылау субъектісінің (объектісінің) (жеке сәйкестендіру нөмірі) бизнес- </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәйкестендіру нөмірі __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Орналасқан жерінің мекенжайы ____________________________________</w:t>
+       Орналасқан жерінің мекенжайы ____________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -17293,159 +18951,299 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптар тізбесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптарға сәйкес келеді</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптарға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптарға сәйкес келмейді</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптарға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17768,51 +19566,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық есептілікті белгіленген мерзімді бұзбай ұсыну не оны құрылтай құжаттарына сәйкес ұйымдардың құрылтайшыларына (қатысушыларына), тіркелген жері бойынша мемлекеттік статистика саласындағы уәкілетті органға, мемлекеттік бақылау органдарына дәлелді себеппен және қаржылық есептілік депозитарийіне ұсынбау</w:t>
+Қаржылық есептілікті және (немесе) аудиторлық есепті белгіленген мерзімді бұзбай ұсыну не оны құрылтай құжаттарына сәйкес ұйымдардың құрылтайшыларына (қатысушыларына), тіркелген жері бойынша мемлекеттік статистика саласындағы уәкілетті органға, мемлекеттік бақылау органдарына дәлелді себеппен және қаржылық есептілік депозитарийіне ұсынбау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17909,51 +19707,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жария мүдделі ұйымдардың бас бухгалтерінде кәсіби бухгалтер сертификатының болуы</w:t>
+Жария мүдделі ұйымдардың бас бухгалтерінде кәсіби бухгалтер сертификатының болуы, біліктілікті арттырудан және кәсіби ұйымдарға мүшелікке өту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18276,177 +20074,177 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Лауазымды адам (-дар) ___________________________________ _____________ </w:t>
+      Лауазымды адам (-дар) ___________________________________ ____________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                          лауазымы                         қолы</w:t>
+                                           лауазымы                   қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ______________________________________________________________________ </w:t>
+       ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+                   тегі, аты, әкесінің аты (ол болған жағдайда) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бақылау субъектісінің басшысы____________________________ ____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+                                           лауазымы                   қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бақылау субъектісінің басшысы ____________________________ _____________ </w:t>
+       ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                          лауазымы                         қолы</w:t>
-[...35 lines deleted...]
-      тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+                   тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18592,68 +20390,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 45 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="74"/>
+    <w:bookmarkStart w:name="z19" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Қаржы министрінің 19.05.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22122,186 +23920,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...134 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22361,64 +24023,51 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаржы министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2021 жылғы 2 сәуірдегі</w:t>
-[...12 lines deleted...]
-              <w:t>№ 298 және</w:t>
+              <w:t>2021 жылғы 2 сәуірдегі № 298 және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -22496,397 +24145,451 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Бұйрық 5-қосымшамен толықтырылды - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 15.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1284</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің 15.12.2022 № 128 (01.01.2023 бастап қолданысқа енгізіледі); жаңа редакцияда - ҚР Қаржы министрінің 19.05.2025 </w:t>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің 15.12.2022 № 128 (01.01.2023 бастап қолданысқа енгізіледі); жаңа редакцияда - ҚР Қаржы министрінің 06.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 238</w:t>
+        <w:t>№ 676</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 20.05.2025 № 30 (алғашқы ресми жарияланған күнiнен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 07.11.2025 № 120 (алғашқы ресми жарияланған күнiнен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бірлескен бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      _______________________ бухгалтерлік есеп және қаржылық есептілік </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      _________ бухгалтерлік есеп және қаржылық есептілік саласындағы _________</w:t>
+       саласындағы ________________________________________________Қазақстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
+       Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>138-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес ___________</w:t>
+        <w:t xml:space="preserve"> сәйкес ____________ жария</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бухгалтерлерді кәсіби сертификаттау жөніндегі ____________________ бақылау</w:t>
+       мүдделі ұйымдарға (қаржы ұйымдарын қоспағанда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      субъектілерінің (объектілерінің) біртекті ____________________ аккредиттелген</w:t>
+      _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ұйымдарға_______________________ қатысты тобының атауы.</w:t>
+       _______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+       Қатысты бақылау субъектілерінің (объектілерінің) біртекті тобының атауы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       Тексеруді/ бақылау субъектісіне (объектісіне) бару арқылы профилактикалық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Тексеруді/ бақылау субъектісіне (объектісіне) бару арқылы</w:t>
+       бақылауды тағайындаған мемлекеттік орган</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      профилактикалық бақылауды тағайындаған мемлекеттік орган _______________</w:t>
+       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________________________________</w:t>
+       Тексеруді/бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+       тағайындау туралы акті </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Тексеруді/бақылау субъектісіне (объектісіне) бару арқылы</w:t>
+       ___________________________________________________________ күні №</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      профилактикалық бақылау тағайындау туралы акті</w:t>
+        ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________________________________</w:t>
+       Бақылау субъектісінің (объектісінің) атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      күні № _______________________________________________________________</w:t>
+       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бақылау субъектісінің (объектісінің) атауы</w:t>
+       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________________________________</w:t>
+       Бақылау субъектісінің (объектісінің) (жеке сәйкестендіру нөмірі) бизнес-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бақылау субъектісінің (объектісінің) (жеке сәйкестендіру нөмірі) бизнес-</w:t>
+       сәйкестендіру нөмірі __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      сәйкестендіру нөмірі ___________________________________________________</w:t>
-[...17 lines deleted...]
-      Орналасқан жерінің мекенжайы _________________________________________</w:t>
+       Орналасқан жерінің мекенжайы ____________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -22902,159 +24605,299 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптар тізбесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптарға сәйкес келеді</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптарға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптарға сәйкес келмейді</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптарға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23087,192 +24930,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Қаржылық есеп және халықаралық қаржылық есептілік стандарттары бойынша есептілік", "Басқарушылық есеп", "Қаржы және қаржы менеджменті", "Салықтар", "Құқық (азаматтық құқық, банк ісі, сақтандыру және әлеуметтік заңнамасы)", "Этика" пәндері бойынша жаңартылған емтихан модульдерінің болуы және оларды халықаралық қаржылық есептілік стандартына және Қазақстан Республикасының заңнамасына өзгерістер қолданысқа енгізілген күннен бастап 90 (тоқсан) күнтізбелік күн ішінде уәкілетті органға ұсыну</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіби бухгалтерлерге кандидаттарды сертификаттау бағдарламалары бойынша материалдарды әзірлеу, басып шығару және тарату, емтихан процесін ұйымдастыру</w:t>
+"Қаржылық есеп және халықаралық қаржылық есептілік стандарттары бойынша есептілік", "Басқарушылық есеп", "Қаржы және қаржы менеджменті", "Салықтар", "Құқық (азаматтық құқық, банк ісі, сақтандыру және әлеуметтік заңнамасы)", "Этика" пәндері бойынша жаңартылған емтихан модульдерінің болуы және оларды халықаралық қаржылық есептілік стандартына және Қазақстан Республикасының заңнамасына өзгерістер қолданысқа енгізілген күннен бастап тоқсан күнтізбелік күн ішінде уәкілетті органға ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23333,213 +25184,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәсіби бухгалтерлікке кандидат сертификаттаудан қабылдау үшін аудиторлыққа кандидаттарды аттестаттау жөніндегі біліктілік комиссиясы берген "аудитор" біліктілігін беру туралы біліктілік куәлігі бар тұлғаны қоспағанда мынадай құжаттарды:</w:t>
-[...125 lines deleted...]
-7) жазбаша хабарлама немесе жекелеген емтихандарды тапсырғаны туралы өзге де құжат (бар болса).</w:t>
+Кәсіби бухгалтерлерге кандидаттарды сертификаттау бағдарламалары бойынша материалдарды әзірлеу, басып шығару және тарату, емтихан процесін ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23600,87 +25325,213 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзара іс-қимыл туралы келісім жасалған кәсіби ұйыммен бірлесіп бухгалтерлерді кәсіби сертификаттау бойынша емтихандар өткізу</w:t>
+Кәсіби бухгалтерлікке кандидат сертификаттаудан қабылдау үшін аудиторлыққа кандидаттарды аттестаттау жөніндегі біліктілік комиссиясы берген "аудитор" біліктілігін беру туралы біліктілік куәлігі бар тұлғаны қоспағанда мынадай құжаттарды:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) пәннің (пәндердің) атауы көрсетілген өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке басын куәландыратын құжаттың көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жоғары білімін растайтын құжаттың нотариалды куәландырылған көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) бухгалтерлік, экономикалық, қаржылық, аудиторлық, бақылау-тексеру, есепке алу-талдау салаларында немесе жоғары, орта білімнен кейінгі, техникалық және кәсіптік білім беретін оқу орындарындағы бухгалтерлік есеп және аудит жөніндегі ғылыми-оқытушылық жұмыс саласында кемінде соңғы 3 (үш) жыл жұмыс өтілін растайтын құжаттардың нотариат немесе кадр қызметі немесе жұмыс беруші куәландырған көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) адвокаттың немесе нотариустың не соттың (бар болса) біліктілік емтиханын тапсырғанын растайтын құжаттың нотариалды куәландырылған көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) тиісті халықаралық сертификаттардың көшірмелері (болған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) жазбаша хабарлама немесе жекелеген емтихандарды тапсырғаны туралы өзге де құжат (бар болса).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23741,87 +25592,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уәкілетті органға бухгалтерлерді кәсіби сертификаттау жөніндегі аккредиттелген ұйым таныған және берген сертификаттары туралы есепті емтихандар өткізу, танылған және берілген сертификаттар күнінен бастап, сондай-ақ емтихан модульдеріне өзгерістер енгізілген күннен бастап 3 (үш) ай ішінде ұсыну</w:t>
+Өзара іс-қимыл туралы келісім жасалған кәсіби ұйыммен бірлесіп бухгалтерлерді кәсіби сертификаттау бойынша емтихандар өткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23882,87 +25733,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Емтихандар өткізу, танылған және берілген сертификаттар күнінен бастап, сондай-ақ емтихан модульдеріне өзгерістер енгізілген күннен бастап 3 (үш) ай ішінде пәндер бойынша өткізілген емтихандар туралы және емтихан модульдерінің өзгеруі туралы есепті уәкілетті органға ұсыну</w:t>
+Уәкілетті органға бухгалтерлерді кәсіби сертификаттау жөніндегі аккредиттелген ұйым таныған және берген сертификаттары туралы есепті емтихандар өткізу, танылған және берілген сертификаттар күнінен бастап, сондай-ақ емтихан модульдеріне өзгерістер енгізілген күннен бастап 3 (үш) ай ішінде ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24023,87 +25874,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы, ұйымдық-құқықтық нысаны өзгерген, қайта ұйымдастырылған жағдайда аккредиттеу рәсімінен өту</w:t>
+Емтихандар өткізу, танылған және берілген сертификаттар күнінен бастап, сондай-ақ емтихан модульдеріне өзгерістер енгізілген күннен бастап 3 (үш) ай ішінде пәндер бойынша өткізілген емтихандар туралы және емтихан модульдерінің өзгеруі туралы есепті уәкілетті органға ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24164,87 +26015,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңды мекенжайы өзгерген жағдайда бухгалтерлерді кәсіби сертификаттау жөніндегі ұйымның аккредиттелгені туралы куәлікті қайта ресімдеу</w:t>
+Атауы, ұйымдық-құқықтық нысаны өзгерген, қайта ұйымдастырылған жағдайда аккредиттеу рәсімінен өту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24305,87 +26156,369 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды мекенжайы өзгерген жағдайда бухгалтерлерді кәсіби сертификаттау жөніндегі ұйымның аккредиттелгені туралы куәлікті қайта ресімдеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Емтихан онлайн режимінде өткізілген жағдайда комиссияның өзінің қашықтықтан веб-порталы, сондай-ақ онлайн режимінде емтихан өткізудің үздіксіз және сапалы тәртібін қамтамасыз ететін және оған тәуелсіз бақылаушылардың қол жеткізуін қамтамасыз ететін өз бағдарламасы (платформасы) болады.</w:t>
+Емтихан онлайн режимінде өткізілген жағдайда комиссияның өзінің қашықтықтан веб-порталы, сондай-ақ онлайн режимінде емтихан өткізудің үздіксіз және сапалы тәртібін қамтамасыз ететін және оған тәуелсіз бақылаушылардың қол жеткізуін қамтамасыз ететін өз бағдарламасы (платформасы) болады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өткен емтихандардың дұрыс жауаптары бар емтихан билеті өзара іс-қимыл туралы келісім жасалған кәсіби ұйымның интернет-ресурсында жарияланады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24426,177 +26559,177 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Лауазымды адам (-дар) ______________________________ ______________ </w:t>
+      Лауазымды адам (-дар) ___________________________________ ____________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      лауазымы                   қолы</w:t>
+                                           лауазымы                   қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      __________________________________________________________________ </w:t>
+       ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+                         тегі, аты, әкесінің аты (ол болған жағдайда) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бақылау субъектісінің басшысы____________________________ ____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+                                           лауазымы                   қолы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бақылау субъектісінің басшысы _______________________ ______________ </w:t>
+       ____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      лауазымы                   қолы</w:t>
-[...35 lines deleted...]
-      тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+                   тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -26219,55 +28352,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>