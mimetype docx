--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aae60fc" w14:textId="aae60fc">
+    <w:p w14:paraId="3de7524" w14:textId="3de7524">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,108 +85,215 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Өскемен қаласында және оның әкімшілік бағыныстылығына берілген аумақтарда салық салу объектілерінің орналасқан жерін ескере отырып, аймақтарға бөлу коэффициенттерін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 2020 жылғы 23 қарашадағы № 4236 қаулысы. Шығыс Қазақстан облысының Әділет департаментінде 2020 жылғы 27 қарашада № 7878 болып тіркелді</w:t>
+        <w:t>Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 2020 жылғы 23 қарашадағы № 4236 қаулысы. Шығыс Қазақстан облысының Әділет департаментінде 2020 жылғы 27 қарашада № 7878 болып тіркелді. Күші жойылды - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 2025 жылғы 25 желтоқсандағы № 4081 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z5" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Шығыс Қазақстан облысы Өскемен қаласы әкімдігінің 25.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4081</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (01.01.2026 бастап қолданысқа енгізіледі және ресми жариялануға тиіс).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Құжаттың мәтінінде түпнұсқаның пунктуациясы мен орфографиясы сақталған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2017 жылғы 25 желтоқсандағы "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Кодексінің 529-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -219,275 +328,307 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасы Ақпарат және коммуникациялар министрінің 2018 жылғы 12 қарашадағы № 475 "Аймаққа бөлу коэффициентін есептеу әдістемесін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17847 тіркелген), Өскемен қаласының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сай Өскемен қаласында және оның әкімшілік бағыныстылығына берілген аумақтарда салық салу объектілерінің орналасқан жерін ескере отырып, аймақтарға бөлу коэффициенттері бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Өскемен қаласының экономика және бюджеттік жоспарлау бөлімі" мемлекеттік мекемесі Қазақстан Республикасының заңнамасымен белгіленген тәртіпте:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z10" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аймақтық әділет органында осы қаулыны мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z11" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік тіркеуден өткеннен кейін күнтізбелік он күн ішінде осы қаулының көшірмесін ресми жариялауға Өскемен қаласы аумағында таратылатын мерзімді баспа басылымдарына жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы қаулы ресми түрде жарияланған соң Өскемен қаласы әкімдігінің интернет-ресурсына орналастыруын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Өскемен қаласы әкімдігінің 2019 жылғы 28 қарашадағы № 4769 "Өскемен қаласында және оның әкімшілік бағыныстылығына берілген аумақтарда салық салу объектілерінің орналасқан жерін ескере отырып, аймақтарға бөлу коэффиценттерін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2019 жылғы 19 желтоқсанда № 6410 тіркелген, 2019 жылғы 25 желтоқсанда "Мой город" газетінде, 2019 жылғы 24 желтоқсанда Қазақстан Республикасының нормативтік құқықтық актілерінің эталондық бақылау банкісінде электрондық түрде жарияланған) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулының орындалуын бақылау Өскемен қаласы әкімінің орынбасары А.М. Искаковқа жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулы қолданысқа 2021 жылдың 1 қаңтарынан жүзеге енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7830"/>
-        <w:gridCol w:w="4170"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7830" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -505,51 +646,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Өскемен қаласының әкімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4170" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -562,51 +703,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Омар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7830" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -619,219 +760,277 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"КЕЛІСІЛДІ":</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">"Қазақстан Республикасы Қаржы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">министрлігі мемлекеттік кірістер </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Комитеті Шығыс Қазақстан облысы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">бойынша мемлекеттік кірістер </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Департаментінің Өскемен қаласы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">бойынша мемлекеттік кірістер </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">басқармасы" республикалық </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">мемлекеттік мекемесі басшысының </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">міндетін атқарушы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"____"__________2020 жыл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_____________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4170" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -961,7570 +1160,7571 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 4236 қаулысына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өскемен қаласында және оның әкімшілік бағыныстылығына берілген аумақтарда салық салу объектілерінің орналасқан жерін ескере отырып, аймақтарға бөлу коэффициенттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="576"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="637"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
      № р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аумақтық учаскесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пәтерлердің салық салынатын құнын есептеу үшін аймаққа бөлу коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке тұрғын үйлерге салық салынатын құнын есептеу үшін аймаққа бөлу коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Саяжайлардың салық салынатын құнын есептеу үшін аймаққа бөлу коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гараждардың салық салынатын құнын есептеу үшін аймаққа бөлу коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 1 бағалау аймағының N 1 учаскесі: Прохладный массивінен оңтүстік-шығысқа қарай орналасқан саяжайларды қоспағанда, әуежайдан оңтүстікке қарай орналасқан саяжай массивінің аумағы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 1 бағалау аймағының N 2 учаскесі: Үлбі өзенінің жағалауынан Охотская көшесіне дейінгі Ескі Согра массивінің аумағы. Учаскенің шекарасы Охотская көшесінен Вешний тұйық көшесі бойымен солтүстікке қарай Дружинниктер көшесімен қиылысқа дейін, содан кейін Целиноградская көшесімен қиылысқа дейін, Согринская көшесіне дейін өтеді. Әрі қарай Согринская көшесі бойымен Новый подхоз және Старый подхоз тұрғын массивтеріне дейін олардың аумақтарын қосып өтеді. Осы учаскенің құрамына Жаңа Гавань тұрғын массивінің және онымен қатар орналасқан саяжай массивінің, сондай-ақ 10-ұн тарту зауыты тұрғын массивінің маңы кіреді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 2 бағалау аймағының N 1 учаскесі: Комендантский түбегінің аумағы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 2 бағалау аймағының N 2 учаскесі: солтүстігінде өнеркәсіп торабымен шектесетін мынадай шекаралардағы қала аумағы: Бажов көшесінен өнеркәсіп кәсіпорны аумағының шекарасы бойымен Нұрсұлтан Назарбаев даңғылына дейін, одан кейін даңғыл бойымен Белинский көшесінің қиылысына дейін, Михаэлис көшесінің қиылысына дейін, әрі қарай Алматинская көшесіне дейін. Сосын солтүстік-шығысқа қарай Шәкәрім даңғылына дейін, Шәкәрім даңғылы бойымен Красин көшесінің қиылысына дейін, Саратов тұйық көшесіне дейін, көп қабатты тұрғын-үй құрылысын қоспағанда Роза Люксембург көшесі және Тихая көшелеріне дейін. Әрі қарай шекара Үлбі өзенінің сол жағалауы бойымен Абай даңғылына дейін, одан әрі оңтүстікке қарай Тракторная көшесінің қиылысына дейін және соның бойымен өнеркәсіп торабына дейін өтеді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 2 бағалау аймағының N 3 учаскесі: Прохладный массивінің аумағы, сондай-ақ жеке сектор ауданы. Бағалау аймағының шекарасы 2-Паровозный тұйық көшесі бойымен Деповская көшесіне дейін, содан кейін 1-Паровозная тұйық көшесімен қиылысқа дейін, Элеваторная көшесіне дейін, соның бойымен Грейдерная көшесі мен Вытяжной тұйығы көшесіне дейін, одан кейін Нефтяная көшесімен Западный тұйық көшесіне және Нұрсұлтан Назарбаев даңғылына дейін өтеді. Әрі қарай Нұрсұлтан Назарбаев даңғылы бойымен Мостовая көшесіне дейін, Сафонов көшесі бойымен Гурьевская көшесіне дейін, одан әрі Целинный тұйық көшесі бойымен Пограничная көшесіне дейін және Ертіс өзенінің бойымен өтеді. Әрі қарай бағалау аймағының шекарасы Ертіс өзенінің оң жағалауы бойымен әуежайдан оңтүстікке қарай орналасқан саяжай массивіне және Прохладный ауданына дейін өтеді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 2 бағалау аймағының N 4 учаскесі: Защита тұрғын ауданының аумағы және оңтүстік-шығыс жағынан өнеркәсіп торабының аумағы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 3 бағалау аймағының N 1 учаскесі: Жаңа Согра тұрғын ауданының аумағы Охотская (Согринская) көшесінің Вешний тұйық көшесіне дейінгі, Егоров көшесіне дейінгі, Менделеев көшесіне дейінгі шекараларда, көп қабатты құрылысты қоса ала отырып.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 3 бағалау аймағының N 2 учаскесі: Мирный кентінен солтүстік-батысқа қарай орналасқан саяжай массивінің аумағы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 3 бағалау аймағының N 3 учаскесі: Мирный кентінен оңтүстік-батысқа қарай орналасқан саяжай массивінің аумағы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 3 бағалау аймағының N 4 учаскесі: Ертіс өзенінің оң жағалауындағы Аблакетка тұрғын массивінен оңтүстікке қарай орналасқан саяжай массивінің аумағы және "Өскемен конденсаторлық зауыты" жауапкершілігі шектеулі серіктестіктің аумағы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 3 бағалау аймағының N 5 учаскесі: Әуежай және Кірпіш зауыты маңындағы тұрғын массивтердің аумақтары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 4 бағалау аймағының N 1 учаскесі: Мирный тұрғын массивінің аумағы және "Востокмашзавод" акционерлік қоғамының аумағы. Учаскенің шекарасы Нұрсұлтан Назарбаев даңғылы бойымен Гагарин желекжолымен қиылысқа дейін, Металлург саябағы бойымен, оның аумағын қоспай, Виноградов көшесіне дейін, одан ары соның бойымен Белинский көшесімен қиылысқа дейін, әрі қарай Михаэлис көшесі бойымен Алматинская көшесіне дейін, 30-Гвардиялық дивизия көшесіне дейін, Карбышев көшесіне дейін, содан кейін Ертіс өзенінің оң жағалауы бойымен Актюбинская көшесіне, саяжай массивінің бойымен Дружба көшесіне дейін, Целинная көшесіне дейін, жеке сектор бойымен Сафонов көшесіне дейін және Лопатинский тұйық көшесі бойымен Нұрсұлтан Назарбаев даңғылына дейін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 4 бағалау аймағының N 2 учаскесі: Красин атындағы кенттің аумағы, гараж кооперативтері және басқа объектілер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 4 бағалау аймағының N 3 учаскесі: Аблакетка тұрғын массивінің солтүстік-шығыс бөлігінің жеке тұрғын үй құрылысы аумағы Северная көшесінің шегінде, сондай-ақ Лесхоз маңындағы саяжай массивтері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 5 бағалау аймағының N 1 учаскесі: Ертіс өзенінің сол жағалауының аумағы Иртышская өзенінің шекарасында Қаныш Сәтпаев атындағы даңғылмен қиылысқа дейін, 14-тұрғын ауданға дейін (ЖМК маңы), Металлург кенті шекарасының бойымен Прииртышская көшесіне дейін, әрі қарай Ертіс өзенінің сол жағалауы бойы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 5 бағалау аймағының N 2 учаскесі: қаланың солтүстік-шығыс бөлігіндегі өнеркәсіп кәсіпорынының және Согринская көшесіне, Егоров көшелерінің шекараларындағы саяжай массивінің аумағы, соның бойымен Менделеев көшесіне және Вешний тұйық көшесіне дейін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 5 бағалау аймағының N 3 учаскесі: Мыза көшесінен Үлбі өзенінің жағалауына дейінгі шекарада Шмелев лог тұрғын массивінің аумағы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 5 бағалау аймағының N 4 учаскесі: теміржолдан оңтүстікке қарай орналасқан өнеркәсіп объектілерінің аумағы Деповская көшесінен 1-Паровозный тұйық көшесіне, Нефтяная көшесіне дейінгі шекараларда барлық объектілерімен теміржол тармағын қосқандағы аумағы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 5 бағалау аймағының N 5 учаскесі: Ертіс өзенінің оң жағалауынан Лесозавод массивінен шығысқа қарай орналасқан саяжай массивіне дейінгі Лесозавод тұрғын массивінің аумағы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 6 бағалау аймағының N 1 учаскесі: "Өскемен арматуралық зауыты" акционерлік қоғамының маңындағы өндірістік объектілердің аумағы, тұндырғыштар аумақтары, Загородный кенті және Ескі Согра массивінен солтүстік-батысқа қарай орналасқан саяжай массиві.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 6 бағалау аймағының N 2 учаскесі: 14-тұрғын ауданы тұрғын массивінің аумағы (ЖМК маңы), 23-тұрғын ауданы, саяжай массивтері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 6 бағалау аймағының N 3 учаскесі: Северная көшесінен, саяжай массивінен Ертіс өзенінің оң жағалауына дейінгі шекарадағы Аблакетка массивінің аумағы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 7 бағалау аймағының N 1 учаскесі: Металлург кенті және Үлбі кентінің, Ертіс өзенінің сол жағалауына дейінгі аумақтар. Аталған учаскеге саяжай массиві кірмейді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 7 бағалау аймағының N 2 учаскесі: Солтүстік өнеркәсіп торабының аумағы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 8 бағалау аймағының N 1 учаскесі: Е.П. Славский атындағы жағалаудың шекарасындағы Стрелка шағын ауданы, Александр Протозанов есіміндегі көшеге дейін, Мыза көшесіне дейін қаланың орталық бөлігінің аумағы. Әрі қарай Новаторлар көшесі бойымен Қабанбай батыр есіміндегі көше бойымен Ертіс өзенінің оң жағалауы бойымен Е.П. Славский атындағы жағалауға дейін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N 8 бағалау аймағының N 2 учаскесі: Спорт сарайының маңындағы қаланың орталық бөлігі, Абай даңғылынан Космическая көшесіне дейінгі аумақ, Шәкәрім даңғылынан Красин көшесіне дейін,  Үлбі өзенінің сол жағалауына дейін. Әрі қарай учаскенің шекарасы жағалау бойымен Астана көшесіне дейін, Студенттер қалашығының аумағын қоса алғанда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меновное а.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ново–Троицкое а. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ново–Явленка а.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ново–Ахмирово а.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ахмирово а. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Самсоновка а.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="576" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9046" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прудхоз а.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="636" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="637" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8578,63 +8778,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8956,35 +9178,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>