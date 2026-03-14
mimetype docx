--- v0 (2025-10-10)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="703fe54" w14:textId="703fe54">
+    <w:p w14:paraId="2f25791" w14:textId="2f25791">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1341,262 +1341,386 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) тыңдаушы – қосымша білім беру бағдарламаларын іске асыратын ұйымға оқуға қабылданған тұлға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) формальды емес білім беру – оқу орны, мерзімі мен нысаны есепке алынбай көрсетілетін білім беру қызметтерін көрсететін ұйымдарымен жүзеге асыралатын және оқыту нәтижелерін растайтын құжат берілетін білім беру түрі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Кодекстің 221-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігіне сәйкес қосымша білім беру қосымша білімнің білім беру бағдарламаларын іске асыратын және танылған аккредиттеу органдарының тізіліміне енгізілген аккредиттеу органдарында институционалдық аккредиттеуден өткен білім беру және ғылыми ұйымдарда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Кодекстің 221-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> үшінші бөлігіне сәйкес медициналық мамандықтар бойынша қосымша білім беруді және медицина қызметкерлеріне формальды емес білім беруді жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдары, ұлттық және ғылыми орталықтар, ғылыми-зерттеу институттары, жоғары медициналық колледждер аккредиттелген клиникалық базалардың, денсаулық сақтау саласындағы білім беру ұйымдары клиникаларының, университеттік ауруханалардың базасында жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қосымша білім беру бюджет, жұмыс беруші қаражаты және (немесе) Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық және жергілікті бюджеттер қаражаты есебінен оның ішінде шетелдік ұйымдарға қосымша білім беруге мемлекеттік денсаулық сақтау ұйымдарында, жарғылық капиталына мемлекет жүз пайыз қатысатын заңды тұлғаларда немесе дауыс беретін акцияларының (қатысу үлестерінің) елу пайыздан астамы оған меншік құқығымен тиесілі оның еншілес ұйымы және коммерциялық емес медициналық білім беру ұйымдарының клиникаларында жұмыс істейтін денсаулық сақтау саласындағы мамандар жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қосымша білім беру бағдарламаларын игеру тыңдаушының жұмыстан қол үзіп немесе жартылай қол үзіп оқу арқылы жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жұмыстан жартылай қол үзіп игеру жағдайында кадрлар жұмысын толық емес жұмыс уақытында орындай алады және сонымен қатар қосымша білім беру нысандарының бірі бойынша, оның ішінде Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 20 наурыздағы № 137 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10768 болып тіркелген) қашықтықтан білім беру оқытуды бойынша оқу процесін ұйымдастыру қағидаларымен белгіленген тәртіпте қашықтықтан білім беру оқытуды қолдана отырып, оқиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Денсаулық сақтау саласындағы мамандарға қосымша және формальды емес білім беру тәртібі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Денсаулық сақтау саласындағы мамандарға қосымша білім беру қосымша білім берудің білім беру бағдарламалары каталогының ақпараттық жүйесінде (бұдан әрі – Каталог) жарияланған білім беру бағдарламаларының тізбесіне сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Каталогты сараптама ұйымы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1681,224 +1805,340 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бағдарламаны сараптау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Каталогта бағдарламаны жариялау және өзектендіру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қосымша білім беру бағдарламалары мазмұны мен бағытына (мақсатына) қарай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) салалық біліктілік шеңберіне және денсаулық сақтау саласындағы кәсіптік стандарттарға сәйкес кәсіптік құзыреттерді қолдауға, тереңдетуге және жетілдіруге бағытталған біліктілікті арттыру бағдарламалары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мамандық бейіні бойынша жаңа кәсіби құзыреттерді кеңейтуге және (немесе) игеруге бағытталған сертификаттау курсы болып бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Біліктілікті арттыру бағдарламалары осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес төрт деңгейге бөлінеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қосымша білім беру бағдарламаларының ұзақтығы біліктілікті арттыру үшін 2 кредиттен (60 академиялық сағат) 9 кредитке (270 академиялық сағат) дейін, сертификаттау курстары үшін 10 кредиттен (300 академиялық сағат) және одан да көп кредитті құрайды. Бір кредит 30 академиялық сағатқа тең.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
-[...15 lines deleted...]
-      9. Қосымша білім беру бағдарламаларының ұзақтығы біліктілікті арттыру үшін 2 кредиттен (60 академиялық сағат) 9 кредитке (270 академиялық сағат) дейін, сертификаттау курстары үшін 10 кредиттен (300 академиялық сағат) және одан да көп кредитті құрайды. Бір кредит 30 академиялық сағатқа тең.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-тармақтың екінші жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тағылымдаманың, семинардың, тренингтің, шеберлік сабақтардың, вебинардың, онлайн курстың ұзақтығын денсаулық сақтау саласындағы білім беру ұйымы дербес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Денсаулық сақтау саласындағы білім және ғылым ұйымы қосымша білім беру бағдарламалары тыңдаушыларының бастапқы (бастапқы) білім деңгейін анықтау үшін базалық, оқыту кезінде - ағымдағы, оқу аяқталғаннан кейін - қорытынды бақылау жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:p>
-[...33 lines deleted...]
-      10. Денсаулық сақтау саласындағы білім және ғылым ұйымы қосымша білім беру бағдарламалары тыңдаушыларының бастапқы (бастапқы) білім деңгейін анықтау үшін базалық, оқыту кезінде - ағымдағы, оқу аяқталғаннан кейін - қорытынды бақылау жүргізіледі.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Бағдарламаны меңгерген тыңдаушыларға қорытынды бақылаудың оң нәтижесі бойынша (шекті балдан жоғары):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) біліктілікті арттыру – осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2005,128 +2245,244 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша игерілген бағдарламаның көлемін көрсете отырып, қосымша білім алғандығы туралы анықтама беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Формальды емес білім алуды аяқтаған денсаулық сақтау саласындағы мамандарға формальды емес білім алу туралы сертификат беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Шетелде қосымша білім беру бағдарламаларынан өткен денсаулық сақтау саласындағы мамандар қосымша білім туралы құжатты қосымшасымен (транскрипт) ұсынады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шет тілінде берілген құжатқа қазақ және орыс тілдеріндегі нотариат куәландырған аудармасы қосымша ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Біліктілікті арттырудан өту туралы өтініштерді қабылауды қосымша білім беру бағдарламаларын іске асыратын білім беру ұйымдары "электрондық үкімет" www.egov.kz, www.elicense.kz веб-порталы (бұдан әрі – веб - портал) арқылы электрондық форматта (ішінара автоматтандырылған) және (немесе) қағаз түрінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:p>
-[...33 lines deleted...]
-      13. Біліктілікті арттырудан өту туралы өтініштерді қабылауды қосымша білім беру бағдарламаларын іске асыратын білім беру ұйымдары "электрондық үкімет" www.egov.kz, www.elicense.kz веб-порталы (бұдан әрі – веб - портал) арқылы электрондық форматта (ішінара автоматтандырылған) және (немесе) қағаз түрінде жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. "Денсаулық сақтау саласы кадрларының біліктілігін арттыру және сертификаттау курстарынан өткені туралы құжаттар беру" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) денсаулық сақтау саласындағы білім және ғылым ұйымдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-тармақтың екінші бөлігі жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға 6-қосымшаға сәйкес мемлекеттік көрсетілетін қызмет тізбесінде келтірілген (бұдан әрі – тізбесі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2253,50 +2609,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-і қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша біліктілігін арттырудан өткені туралы құжатты не қосымша білім алуды аяқтамағаны туралы анықтаманы береді және көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ-сы қойылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-тармақтың тоғызыншы бөлігі жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметті көрсету мерзімі көрсетілетін қызметті алушы білім беру ұйымына құжаттарды тапсырған сәттен бастап, сондай-ақ веб - портал арқылы жүгінген кезде – Тізбеге сәйкес 3 (үш) сағаттан аспайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2323,110 +2795,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес тәртіппен мемлекеттік қызметтер көрсетуді мониторингтеу мақсатында "Денсаулық сақтау саласы кадрларының біліктілігін арттырудан және сертификаттау курстарынан өткені туралы құжаттар беру" мемлекеттік қызмет көрсету туралы деректерді мониторингтің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Денсаулық сақтау министрлігі осы Қағидаларды бекіткен, толықтырулар енгізген және (немесе) өзгерткен күннен бастап үш жұмыс күні ішінде оларды өзектендіреді және денсаулық сақтау саласындағы білім және ғылым ұйымдарына, веб-порталының операторына және бірыңғай байланыс орталығына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Көрсетілетін қызметті беруші Тізбенің 9-тармағының 6-қосымшасында көрсетілген жағдайларда және негіздер бойынша мемлекеттік қызмет көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Мемлекеттік қызметті көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйе істен шыққан жағдайда көрсетілетін қызметті беруші қате туындаған сәттен бастап дереу "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторын және бірыңғай байланыс орталығын sd@nitec.kz электрондық пошта арқылы бірыңғай қолдау қызметіне сұрату жіберу арқылы хабардар етеді қатенің нақты уақытын көрсете отырып.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
-[...15 lines deleted...]
-      16. Мемлекеттік қызметті көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйе істен шыққан жағдайда көрсетілетін қызметті беруші қате туындаған сәттен бастап дереу "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторын және бірыңғай байланыс орталығын sd@nitec.kz электрондық пошта арқылы бірыңғай қолдау қызметіне сұрату жіберу арқылы хабардар етеді қатенің нақты уақытын көрсете отырып.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Көрсетілетін қызметті берушінің және (немесе) олардың қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына және (немесе) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2529,108 +3001,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын көрсетілетін қызметті беруші, егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік іс-әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағымданғаннан кейін жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Қосымша және формальды емес білім беру арқылы денсаулық сақтау саласындағы мамандар алған оқудың нәтижелерін тану тәртібі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Қосымша білім беру құжаты біліктілікті арттырудың білім беру бағдарламаларын және (немесе) сертификаттық курсты қорытынды бақылаудың оң нәтижесі (шекті балдан жоғары) негізінде беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
-[...15 lines deleted...]
-      18. Қосымша білім беру құжаты біліктілікті арттырудың білім беру бағдарламаларын және (немесе) сертификаттық курсты қорытынды бақылаудың оң нәтижесі (шекті балдан жоғары) негізінде беріледі.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Шетелдік қосымша және формальды емес білім беру ұйымы берген қосымша және формальды емес білім туралы құжат мынадай талаптар сақталған кезде Қазақстан Республикасында жарамды деп танылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қосымша білім беру үшін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2697,90 +3169,216 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) игерілген бағдарламаның кредиттерін (сағаттарын) және құзыреттер тізбесін көрсете отырып, қосымша білім беру куәлігіне (транскрипт) қосымшаның болуы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Формальды емес білім беру үшін – формальды емес білім туралы құжат немесе тағылымдама қорытындысы бойынша денсаулық сақтау саласындағы маманға құрылымдық бөлімше басшысының пікірі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Қазақстан Республикасының мемлекеттік органдары "Денсаулық сақтау қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 20 желтоқсандағы № ҚР ДСМ-283/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21843 болып тіркелген) сәйкес қосымша және формальды емес білім беруді оқытудың расталған нәтижелерін растайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2872,68 +3470,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қосымша білім берудің білім беру бағдарламаларының каталогы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -4139,68 +4737,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Біліктілікті арттырудың білім беру бағдарламаларының деңгейлері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
         <w:gridCol w:w="683"/>
@@ -5443,50 +6041,166 @@
               <w:t>
 халықаралық немесе шетелдік оқыту</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кәсіптік қызметтің инновациялық, озық жоғары технологиялық медициналық қызметтеріне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5596,68 +6310,68 @@
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="37"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Біліктілікті арттыру туралы сертификат № ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осымен __________________________________________________________________, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5900,50 +6614,176 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мөр орны </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген күні 20___ жылғы "____" ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6055,68 +6895,68 @@
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сертификаттау курсы туралы куәлік № ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осымен _________________________________________________________________, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7673,68 +8513,68 @@
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қосымша білім алуды аяқтамаған адамдарға берілетін анықтама № ______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осымен ________________________________________________________________, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8175,50 +9015,176 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мөр орны </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген күні 20___ жылғы "____" ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8312,68 +9278,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Денсаулық сақтау саласы кадрларының біліктілігін арттыру және сертификаттау курстарынан өткені туралы құжаттар беру" мемлекеттік көрсетілетін қызмет тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9981,658 +10947,1010 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ ҚР ДСМ-303/2020 Бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z88" w:id="41"/>
+    <w:bookmarkStart w:name="z88" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денсаулық сақтау саласындағы қосымша және формальды емес білімнің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Біліктілік талаптар жаңа редакцияда – ҚР Денсаулық сақтау министрінің 20.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 117</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="42"/>
+    <w:bookmarkStart w:name="z89" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы денсаулық сақтау саласындағы қосымша және формальды емес білімнің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптары (бұдан әрі – Біліктілік талаптары) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексі (бұдан әрі – Кодекс) 221-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және денсаулық сақтау саласындағы қосымша және формальды емес білімнің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Біліктілік талаптарында мынадай терминдер мен анықтамалар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) білім беру бағдарламасы – оқытудың мақсатын, нәтижелері мен мазмұнын, білім беру процесін ұйымдастыруды және оларды іске асыру тәсілдері мен әдістерін, оқыту нәтижелерін бағалау өлшемшарттарын қамтитын білім берудің негізгі сипаттамаларының бірыңғай кешені;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z55" w:id="44"/>
-[...15 lines deleted...]
-      2. Осы Біліктілік талаптарында мынадай терминдер мен анықтамалар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) денсаулық сақтау саласындағы мамандарға қосымша білім беру (бұдан әрі – Қосымша білім беру) – кәсіптік білімді, машықтар мен дағдыларды қолдау, кеңейту, тереңдету және жетілдіру, сондай-ақ жаңа (қосымша) құзыреттерді игеру үшін денсаулық сақтау кадрларының білім беру қажеттіліктерін қанағаттандыру мақсатында жүзеге асырылатын оқыту процесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z56" w:id="45"/>
-[...15 lines deleted...]
-      1) білім беру бағдарламасы – оқытудың мақсатын, нәтижелері мен мазмұнын, білім беру процесін ұйымдастыруды және оларды іске асыру тәсілдері мен әдістерін, оқыту нәтижелерін бағалау өлшемшарттарын қамтитын білім берудің негізгі сипаттамаларының бірыңғай кешені;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) симуляциялық технологиялар – дағдыларды пысықтау және тапсыру үшін жасанды ортадағы клиникалық жағдайлардың статикалық және динамикалық процестерін имитациялауға және жаңғыртуға мүмкіндік беретін инновациялық технологиялар (манекендер, муляждар, симуляторлар, стандартталған пациенттер, виртуалды шындықтар, компьютерлік бағдарламалар);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z57" w:id="46"/>
-[...15 lines deleted...]
-      2) денсаулық сақтау саласындағы мамандарға қосымша білім беру (бұдан әрі – Қосымша білім беру) – кәсіптік білімді, машықтар мен дағдыларды қолдау, кеңейту, тереңдету және жетілдіру, сондай-ақ жаңа (қосымша) құзыреттерді игеру үшін денсаулық сақтау кадрларының білім беру қажеттіліктерін қанағаттандыру мақсатында жүзеге асырылатын оқыту процесі;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) формальды емес білім беру – оқу орны, мерзімі мен нысаны есепке алынбай көрсетілетін білім беру қызметтерін көрсететін ұйымдарымен жүзеге асыралатын және оқыту нәтижелерін растайтын құжат берілетін білім беру түрі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z58" w:id="47"/>
-[...15 lines deleted...]
-      3) симуляциялық технологиялар – дағдыларды пысықтау және тапсыру үшін жасанды ортадағы клиникалық жағдайлардың статикалық және динамикалық процестерін имитациялауға және жаңғыртуға мүмкіндік беретін инновациялық технологиялар (манекендер, муляждар, симуляторлар, стандартталған пациенттер, виртуалды шындықтар, компьютерлік бағдарламалар);</w:t>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 - тарау. Денсаулық сақтау саласындағы қосымша және формальды емес білімнің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z59" w:id="48"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Денсаулық сақтау саласындағы қосымша білімнің білім беру бағдарламаларын іске асыратын ұйымдарға мынадай біліктілік талаптары қойылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z62" w:id="51"/>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Кодекстің 221-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес институционалдық аккредиттеу туралы куәліктің болуы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кадрлық қамтамасыз етуге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жоғары оқу орындарында қосымша білім беруді (соның ішінде қашықтан оқытуды пайдалана отырып және көшпелі циклдарда) жоғары оқу орнынан кейінгі білім беруді, ұлттық және ғылыми орталықтарды, ғылыми-зерттеу институттарын (бұдан әрі – ЖОО, ҒЗИ, ҰО) ғылым докторы немесе кандидаты ғылыми дәрежесі, философия докторы немесе магистр академиялық дәрежесі бар тұлғалар, жоғары медициналық колледждерде педагогикалық санаты, қолданбалы немесе академиялық бакалавр дәрежесі бар тұлғалар өткізеді. Қосымша білім беру бағдарламаларын іске асыратын штаттық оқытушы-профессорлар құрамының саны жалпы оқытушылар құрамының кемінде 40%-ын құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Практикалық сабақтарды өткізу үшін ғылыми дәрежесі жоқ, бірақ педагогикалық қызметкерлердің жалпы санының 40 %-нан аспайтын практикалық денсаулық сақтау мамандарының қатарынан оқытушыларды тарту рұқсат етіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖОО, ҒЗИ, ҰО қосымша білім беру оқытушыларының мамандық бейіні бойынша кемінде 10 жыл жұмыс өтілі және кемінде 3 жыл ғылыми-педагогикалық өтілі болуы, оқытылатын бейін бойынша соңғы 5 жылда кемінде 4 кредит (120 академиялық сағат) біліктілігін арттыруы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жоғары медициналық колледждер оқытушыларының мамандық бейіні бойынша кемінде 5 жыл жұмыс өтілі және кемінде 3 жыл ғылыми - педагогикалық өтілі болуы, оқытылатын бейін бойынша соңғы 5 жылда кемінде 4 кредит (120 академиялық сағат) біліктілігін арттыруы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оқу-әдістемелік қамтамасыз етуге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      біліктілікті арттыру бағдарламасының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бейінді халықаралық ақпараттық желілерге, электрондық дерекқорларға, кітапхана қорларына, компьютерлік технологияларға, оқу-әдістемелік және ғылыми әдебиеттерге қолжетімділіктің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оқытудың инновациялық, симуляциялық технологиялары мен интерактивті әдістерінің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       базистік, ағымдағы және қорытынды бақылауды бағалаудың бақылау-өлшеу құралдарының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) материалдық-техникалық қамтамасыз етуге:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z63" w:id="52"/>
-[...15 lines deleted...]
-      2) кадрлық қамтамасыз етуге:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      меншік құқығында не жедел (сенімгерлік) басқару, жалдау туралы шарттар бойынша аудиториялық қордың, тыңдаушылар контингентінің көлеміне, санитариялық-техникалық нормалар мен қағидаларына сәйкес келетін сыныптардың, зертханалардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      меншік құқығында қосымша білім беру бағдарламаларын тыңдаушылар контингентінің көлеміне, интернет желісіне қол жеткізе отырып, баспа, аудио, бейне-материалдарды көрсетуге арналған компьютерлік жабдықтың, кітапхана қорының, симуляциялық жабдықтың (манекендердің, муляждардың, тренажерлердің) санитариялық - техникалық нормалары мен қағидаларына сәйкес болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік органдарды Бірыңғай көлік ортасына қосу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) денсаулық сақтау саласындағы қосымша білім беру бағдарламаларын басқаруға:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жоғары оқу орындарында қосымша білім беруді (соның ішінде қашықтан оқытуды пайдалана отырып және көшпелі циклдарда) жоғары оқу орнынан кейінгі білім беруді, ұлттық және ғылыми орталықтарды, ғылыми-зерттеу институттарын (бұдан әрі – ЖОО, ҒЗИ, ҰО) ғылым докторы немесе кандидаты ғылыми дәрежесі, философия докторы немесе магистр академиялық дәрежесі бар тұлғалар, жоғары медициналық колледждерде педагогикалық санаты, қолданбалы немесе академиялық бакалавр дәрежесі бар тұлғалар өткізеді. Қосымша білім беру бағдарламаларын іске асыратын штаттық оқытушы-профессорлар құрамының саны жалпы оқытушылар құрамының кемінде 40%-ын құрайды.</w:t>
-[...256 lines deleted...]
-        <w:t>
       қосымша білім беру бағдарламаларын тыңдаушылардың контингентіне сәйкес қосымша білім беру процесін басқаруды қамтамасыз ететін қажетті әкімшілік құрылымның және әкімшілік-басқару персоналының штатының болуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 175</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Денсаулық сақтау саласындағы формальды емес білім беру ұйымдарына білім алушылардың, кәсіптік даярлық түлектерінің және денсаулық сақтау саласындағы мамандардың білімі мен дағдыларын бағалауды жүзеге асыруға институционалдық аккредиттеу немесе аккредиттеу туралы куәліктің болуы талап етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10724,322 +12042,322 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ ҚР ДСМ-303/2020 Бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="57"/>
+    <w:bookmarkStart w:name="z105" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрлігінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z106" w:id="58"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z106" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Медицина және фармацевтика кадрларының біліктілігін арттыру және оларды қайта даярлау қағидаларын, сондай-ақ қосымша медициналық және фармацевтикалық білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндет атқарушының 2009 жылғы 11 қарашадағы № 691 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5904 болып тіркелген, Қазақстан Республикасы орталық атқарушы және өзге де орталық мемлекеттік органдарының актілер жинағында жарияланды, 2010 жылғы № 2).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z107" w:id="59"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z107" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Медицина және фармацевтика кадрларының біліктілігін арттыру және қайта даярлау ережесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2009 жылғы 11 қарашадағы № 691 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 29 мамырдағы № 433 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11448 болып тіркелген, 2015 жылғы 3 шілдедегі "Әділет" ақпараттық-құқықтық жүйесінде жарияланды).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z108" w:id="60"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z108" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Медицина және фармацевтика кадрларының біліктілігін арттыру және қайта даярлау қағидаларын және қосымша медициналық және фармацевтикалық білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2009 жылғы 11 қарашадағы № 691 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 18 наурыздағы № 76 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14954 болып тіркелген, 2017 жылғы 10 сәуірдегі Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z109" w:id="61"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z109" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Медицина және фармацевтика кадрларының біліктілігін арттыру және оларды қайта даярлау қағидаларын, сондай-ақ қосымша медициналық және фармацевтикалық білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2009 жылғы 11 қарашадағы № 691 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2018 жылғы 25 тамыздағы № ҚР ДСМ-7 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17436 болып тіркелген, 2018 жылғы 3 қазандағы Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z110" w:id="62"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z110" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Медицина және фармацевтика кадрларының біліктілігін арттыру және оларды қайта даярлау қағидаларын, сондай-ақ қосымша медициналық және фармацевтикалық білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2009 жылғы 11 қарашадағы № 691 бұйрығына толықтырулар енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 26 мамырдағы № ҚР ДСМ-57/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20733 болып тіркелген, 2020 жылғы 27 мамырдағы Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>