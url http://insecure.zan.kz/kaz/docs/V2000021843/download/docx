--- v0 (2025-10-05)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ed4d980" w14:textId="ed4d980">
+    <w:p w14:paraId="92d440a" w14:textId="92d440a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,96 +76,96 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Денсаулық сақтау қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау, біліктілік деңгейін беру және растау қағидаларын бекіту туралы</w:t>
+        <w:t>Денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау, біліктілік деңгейін беру және растау қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 20 желтоқсандағы № ҚР ДСМ-283/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 22 желтоқсанда № 21843 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Денсаулық сақтау министрінің 28.06.2024 </w:t>
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>№ 167</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -262,110 +262,110 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған денсаулық сақтау қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау, біліктілік деңгейін беру және растау </w:t>
+      1. Қоса беріліп отырған Денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау, біліктілік деңгейін беру және растау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бекітілсін. </w:t>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 28.06.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>№ 167</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -996,75 +996,117 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Кодекс) сәйкес әзірленді және "Денсаулық сақтау" даярлау бағыты бойынша техникалық және кәсіптік, орта білімнен кейінгі, жоғары, жоғары оқу орнынан кейінгі білімі бар денсаулық сақтау жүйесінің қызметкерлеріне үздіксіз кәсіптік даму нәтижелерін растау, біліктілік деңгейін беру және растау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z87" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау өлшемшарттарына сәйкес персоналды басқару қызметі және медициналық ұйымның басшысы растайды.</w:t>
+        <w:t>
+      2. Денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін (бұдан әрі – ҮКД) осы Қағидаларға 1-қосымшаға сәйкес денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау өлшемшарттарына сәйкес персоналды басқару қызметі және денсаулық сақтау ұйымның басшысы немесе жеке медициналық практикамен және фармацевтикалық қызметпен айналысатын жеке тұлға растайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z88" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z89" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1141,386 +1183,752 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес халықтың санитариялық-эпидемиологиялық саламаттылығы саласында мамандығы (мамандануы) бойынша маман сертификаты бар мамандар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z92" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) денсаулық сақтау саласындағы мамандарға қосымша білім беру (бұдан әрі - қосымша білім беру) – кәсіптік білімді, машықтар мен дағдыларды қолдау, кеңейту, тереңдету және жетілдіру, сондай-ақ жаңа (қосымша) құзыреттерді игеру үшін денсаулық сақтау кадрларының білім беру қажеттіліктерін қанағаттандыру мақсатында жүзеге асырылатын оқыту процесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z93" w:id="17"/>
+    <w:bookmarkStart w:name="z149" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) кәсіптік біліктілік – кәсіп бойынша еңбек функцияларын орындау үшін талап етілетін құзыреттерді меңгеруді сипаттайтын кәсіптік даярлық дәрежесі;</w:t>
+      4-1) денсаулық сақтау ұйымы – денсаулық сақтау саласындағы қызметті жүзеге асыратын заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z94" w:id="18"/>
+    <w:bookmarkStart w:name="z93" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) кәсіптік стандарт – формалды және (немесе) формалды емес, және (немесе) информалды білім беру ескеріле отырып, білімге, машыққа, дағдыға, жұмыс тәжірибесіне, біліктілік деңгейі мен құзыреттілікке, кәсіптік қызметтің нақты бір саласындағы еңбек мазмұнына, сапасына және жағдайларына қойылатын жалпы талаптарды белгілейтін жазбаша ресми құжат;</w:t>
+      5) кәсіптік біліктілік – кәсіп бойынша еңбек функцияларын орындау үшін талап етілетін құзыреттерді меңгеруді сипаттайтын кәсіптік даярлық дәрежесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z95" w:id="19"/>
+    <w:bookmarkStart w:name="z94" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) салалық біліктілік шеңбері (бұдан әрі – СБШ) – Қазақстан Республикасының Ұлттық сабақ сыныптауышы, ұлттық біліктілік шеңбері негізінде әзірленетін және орындалатын жұмыстардың күрделілігіне және салада пайдаланылатын білімдердің, іскерліктер мен құзыреттердің сипатына қарай деңгейлер бойынша маманның біліктілігіне қойылатын талаптарды жіктейтін құжат;</w:t>
+      6) кәсіптік стандарт – формалды және (немесе) формалды емес, және (немесе) информалды білім беру ескеріле отырып, білімге, машыққа, дағдыға, жұмыс тәжірибесіне, біліктілік деңгейі мен құзыреттілікке, кәсіптік қызметтің нақты бір саласындағы еңбек мазмұнына, сапасына және жағдайларына қойылатын жалпы талаптарды белгілейтін жазбаша ресми құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z96" w:id="20"/>
+    <w:bookmarkStart w:name="z95" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) формалды емес білім беру – оқыту орны, мерзімдері мен нысаны ескерілмей, білім беру қызметтерін ұсынатын ұйымдар жоспарлаған, ұйымдастырған және жүзеге асыратын және оқыту нәтижелерін растаушы құжат беріле отырып жүргізілетін білім беру түрі.</w:t>
+      7) салалық біліктілік шеңбері (бұдан әрі – СБШ) – Қазақстан Республикасының Ұлттық сабақ сыныптауышы, ұлттық біліктілік шеңбері негізінде әзірленетін және орындалатын жұмыстардың күрделілігіне және салада пайдаланылатын білімдердің, іскерліктер мен құзыреттердің сипатына қарай деңгейлер бойынша маманның біліктілігіне қойылатын талаптарды жіктейтін құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z97" w:id="21"/>
+    <w:bookmarkStart w:name="z96" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес талаптарды ескере отырып, қосымша, формалды емес білім беру нәтижелерін және қосымша құзыреттерді куәландыратын құжаттар денсаулық сақтау жүйесі қызметкерлерінің ҮКД нәтижелері болып табылады.</w:t>
+        <w:t>
+      8) формалды емес білім беру – оқыту орны, мерзімдері мен нысаны ескерілмей, білім беру қызметтерін ұсынатын ұйымдар жоспарлаған, ұйымдастырған және жүзеге асыратын және оқыту нәтижелерін растаушы құжат беріле отырып жүргізілетін білім беру түрі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z98" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Денсаулық сақтау жүйесі қызметкерлерінің ҮКД нәтижелері Кодекстің </w:t>
+      4. Кодекстің 269-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>27-бабына</w:t>
+        <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес денсаулық сақтау саласындағы қызметкерлерді сертификаттау үшін расталады.</w:t>
+        <w:t xml:space="preserve"> сәйкес талаптарды ескере отырып, қосымша, формалды емес білім беру нәтижелерін және қосымша құзыреттерді куәландыратын құжаттар денсаулық сақтау жүйесі қызметкерлерінің ҮКД нәтижелері болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z99" w:id="23"/>
+    <w:bookmarkStart w:name="z98" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. "Денсаулық сақтау" саласының СБШ сәйкес денсаулық сақтау жүйесі қызметкерлеріне біліктілік деңгейін беру немесе растау "Денсаулық сақтау саласындағы білім беру бағдарламалары білім алушыларының білімі мен дағдыларын бағалау, түлектерінің кәсіптік даярлығын бағалау, денсаулық сақтау саласындағы мамандардың кәсіптік даярлығын бағалау қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 желтоқсандағы № ҚР ДСМ-249/2020 </w:t>
+      Денсаулық сақтау жүйесі қызметкерлерінің ҮКД нәтижелері Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>бұйрығына</w:t>
+        <w:t>27-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21763 болып тіркелген) сәйкес бағалау жөніндегі аккредиттелген ұйым берген кәсіптік даярлықты бағалау нәтижелері негізінде жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve"> сәйкес денсаулық сақтау саласындағы қызметкерлерді сертификаттау үшін расталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z100" w:id="24"/>
+    <w:bookmarkStart w:name="z99" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Медицина қызметкерлері "Клиникалық практикаға жіберу үшін маман сертификатын беру", "Клиникалық практикаға жіберу үшін шетелдік маман сертификатын беру" мемлекеттік көрсетілетін қызметтер шеңберінде бағалау жөніндегі аккредиттелген ұйымның қорытындысы болған кезде "Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде денсаулық сақтау саласында медициналық және (немесе) фармацевтикалық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 15 желтоқсандағы № ҚР ДСМ-274/2020 </w:t>
+      5. "Денсаулық сақтау" саласының СБШ сәйкес "Денсаулық сақтау" даярлау бағыты бойынша білімі бар денсаулық сақтау жүйесі қызметкерлеріне біліктілік деңгейін беру немесе растау "Денсаулық сақтау саласындағы білім беру бағдарламалары білім алушыларының білімі мен дағдыларын бағалау, түлектерінің кәсіптік даярлығын бағалау, денсаулық сақтау саласындағы мамандардың кәсіптік даярлығын бағалау қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 желтоқсандағы № ҚР ДСМ-249/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21818 болып тіркелген) сәйкес тәртіппен берілген немесе расталған біліктілік деңгейі ескеріле отырып мамандық (мамандандырулар) бойынша маман сертификатын алады немесе растайды.</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21763 болып тіркелген) сәйкес бағалау жөніндегі аккредиттелген ұйым берген кәсіптік даярлықты бағалау нәтижелері негізінде өту мерзімдерін сақтай отырып және біліктілік деңгейлерінің бірізділік қағидатын ұстана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Медициналық және фармацевтикалық қызметкерлері, сондай-ақ санитариялық-эпидемиологиялық қызмет мамандары "Клиникалық практикаға жіберу үшін маман сертификатын беру", "Клиникалық практикаға жіберу үшін шетелдік маман сертификатын беру", "Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман сертификатын беру", "Дәрілік заттар мен медициналық бұйымдардың айналысы саласындағы маман сертификатын беру" мемлекеттік көрсетілетін қызметтер шеңберінде бағалау жөніндегі аккредиттелген ұйымның қорытындысы болған кезде "Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде денсаулық сақтау саласында медициналық және (немесе) фармацевтикалық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 15 желтоқсандағы № ҚР ДСМ-274/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21818 болып тіркелген) сәйкес тәртіппен берілген деңгейі ескеріле отырып мамандық/мамандану бойынша маман сертификатын алады немесе растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z101" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z102" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Денсаулық сақтау жүйесі қызметкерлерінің соңғы 5 жылдағы ҮКД нәтижелерін денсаулық сақтау ұйымының басшысы растайды.</w:t>
+      6. Денсаулық сақтау жүйесі қызметкерлерінің соңғы 5 жылдағы ҮКД нәтижелерін денсаулық сақтау ұйымының басшысы немесе жеке медициналық практикамен және фармацевтикалық қызметпен айналысатын жеке тұлға растайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z103" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7. Денсаулық сақтау жүйесінің қызметкері ҮКД нәтижелерін куәландыратын құжаттары болған кезде негізгі жұмыс орны бойынша персоналды басқару қызметіне осы Қағидалардың 1-қосымшасына сәйкес өлшемшарттарда көзделген растайтын құжаттарды ұсынады.</w:t>
+        <w:t xml:space="preserve">
+      7. Денсаулық сақтау жүйесінің қызметкері осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген денсаулық сақтау жүйесі қызметкерлерінің ҮКД нәтижелерін растау өлшемшарттарына сәйкес келетін ҮКД нәтижелерін куәландыратын құжаттары болған кезде растайтын құжаттарды негізгі жұмыс орны бойынша персоналды басқару қызметіне ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Жеке медициналық практикамен және фармацевтикалық қызметпен айналысатын жеке тұлға осы Қағидаларға 1-қосымшада белгіленген денсаулық сақтау жүйесі қызметкерлерінің ҮКД нәтижелерін растау өлшемшарттарына сәйкес келетін ҮКД нәтижелерін куәландыратын құжаттары болған кезде осы Қағидалардың 2-қосымшасына сәйкес нысан бойынша бағалау жөніндегі аккредиттелген ұйымына денсаулық сақтау жүйесі қызметкерлерінің ҮКД нәтижелерін растауды ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Шет тілінде берілген құжаттар қазақ немесе орыс тілдеріне нотариат куәландырған аудармасымен ұсынылады.</w:t>
+      Шет тілінде берілген құжаттар қазақ немесе орыс тілдеріне нотариалды куәландырған аудармасымен ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z104" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. ҮКД нәтижелерінің әрбір өлшемшарты үшін персоналды басқару қызметі және медициналық ұйымның басшысы СБ есептейді.</w:t>
+      8. ҮКД нәтижесінің әрбір өлшемшарты үшін персоналды басқару қызметі және денсаулық сақтау ұйымның басшысы немесе жеке медициналық практикамен және фармацевтикалық қызметпен айналысатын жеке тұлға СБ есептейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z105" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. ҮКД-нің қорытынды нәтижесі қосымша білім, формалды емес білім және қосымша құзыреттер үшін СБ-ны қосу арқылы есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z106" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1731,74 +2139,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) көрсетілетін қызметтердің электрондық тіркелімінен немесе кәсіптік қызмет туралы есеппен расталған, құрылымдық бөлімше басшысы қол қойған кәсіптік стандарттың талаптарына сәйкес мәлімделген біліктілік деңгейіне сәйкес келетін еңбек функцияларын орындауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z116" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) персоналды басқару қызметі және медициналық ұйым басшысы куәландырған ҮКД расталған нәтижелері қажет.</w:t>
+      4) персоналды басқару қызметі және денсаулық сақтау ұйымының басшысы немесе жеке медициналық практикамен және фармацевтикалық қызметпен айналысатын жеке тұлға куәландырған ҮКД-ның расталған нәтижелері қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z117" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Біліктілік санатын беру туралы куәліктің қолданылу мерзімі 2021 жылғы 1 қаңтардан кейін өткен денсаулық сақтау жүйесінің қызметкерлері білімді бағалау және кейс-тестинг (жағдаяттық тапсырмаларды шешу) кезеңінен өтпей-ақ тиісті (баламалы) біліктілік деңгейін алуға үміткер болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z118" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Біліктіліктің тиісті деңгейіне қол жеткізу үшін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -2132,134 +2602,159 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Денсаулық сақтау </w:t>
+              <w:t>Денсаулық сақтау жүйесі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметкерлерінің</w:t>
+              <w:t>қызметкерлерінің үздіксіз</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">үздіксіз кәсіптік даму </w:t>
+              <w:t>кәсіптік даму нәтижелерін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">нәтижелерін растау, біліктілік </w:t>
+              <w:t>растау, біліктілік деңгейін беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">деңгейін беру және растау </w:t>
-[...12 lines deleted...]
-              <w:t>қағидаларына</w:t>
+              <w:t>және растау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z128" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау өлшемшарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7132,280 +7627,307 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Денсаулық сақтау жүйесі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметкерлерінің үздіксіз</w:t>
+              <w:t>қызметкерлерінің үздіксіз кәсіби</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>кәсіптік даму нәтижелерін</w:t>
+              <w:t>даму нәтижелерін растау,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>растау, біліктілік деңгейін</w:t>
+              <w:t>біліктілік деңгейін беру және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>беру және растау</w:t>
+              <w:t>растау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...11 lines deleted...]
-              </w:rPr>
               <w:t>2-қосымша</w:t>
-            </w:r>
-[...11 lines deleted...]
-              <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z131" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z132" w:id="53"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Тегі, аты, әкесінің аты (бар болса)___________________________________ </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">2. Мәлімделген мамандық ___________________________________________ </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 167</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. Денсаулық сақтау жүйесі қызметкерінің жалпы жұмыс өтілі (жылы, айы, күні)____ </w:t>
+        <w:t>
+      1. Тегі, аты, әкесінің аты (бар болса) ____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. Мәлімделген мамандық бойынша жұмыс өтілі (жылы, айы, күні) _________ </w:t>
+        <w:t>
+      2. Мәлімделген мамандық ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5. Қазіргі уақыттағы жұмыс орны _____________________________________</w:t>
+        <w:t>
+      3. Денсаулық сақтау жүйесі қызметкерінің жалпы еңбек өтілі (жыл, ай, күн)_______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. Атқаратын лауазымы _____________________________________________ </w:t>
+        <w:t>
+      4. Мәлімделген мамандық бойынша жұмыс өтілі (жыл, ай, күн)__________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>7. Мәлімделген мамандық бойынша еңбек қызметі (мәлімделген мамандық  бойынша үздіксіз кәсіптік даму нәтижелерін растау сәтінде)</w:t>
+        <w:t>
+      5. Қазіргі уақыттағы жұмыс орны _________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Атқаратын лауазымы _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мәлімделген мамандық бойынша еңбек қызметі (мәлімделген мамандық бойынша үздіксіз кәсіптік даму нәтижелерін растау сәтінде)</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
@@ -7422,291 +7944,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қабылданған күні</w:t>
+Қабылданған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Босатылған күні</w:t>
+Босатылған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Жұмыс орны</w:t>
+Жұмыс орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Атқаратын лауазымы</w:t>
+Атқаратын лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Бұйрық нөмірі</w:t>
+Бұйрық нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Бұйрықтың шыққан күні</w:t>
+Бұйрықтың шыққан күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8066,124 +8528,116 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-      </w:r>
+        <w:t>
+      8. Салалық біліктілік шеңберінің деңгейі ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>8. Салалық біліктілік шеңберінің деңгейі _________________________</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      9. Біліктілік санаты (бар болса)____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">9. Біліктілік санаты (бар болса) _________________________________ </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      10. Жоғары оқу орнынан кейінгі білім (бар болса)_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">10. Жоғары оқу орнынан кейінгі білім беру (бар болса) ______________________ </w:t>
-[...24 lines deleted...]
-        </w:rPr>
         <w:t>
-</w:t>
+      11. ҮКД нәтижелері _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8198,153 +8652,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>№</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Өлшемшарттардың атауы</w:t>
+Өлшемшарттардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Сынақ бірліктеріндегі нәтиже</w:t>
+Сынақ бірліктеріндегі нәтиже</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8488,52 +8912,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2-тарау. Формалды емес білім беру</w:t>
+              <w:t xml:space="preserve">
+2-тарау. Формалды емес білім </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10746,153 +11170,224 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Персоналды басқару қызметінің басшысы ____________________________  </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      Персоналды басқару қызметінің басшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>тегі, аты, әкесінің аты (бар болса)  __________)____________</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      (бар болса толтырылады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                         (қолы) берілген күні</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Медициналық ұйымның басшысы __________________________________ </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  (тегі, аты, әкесінің аты (бар болса) </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      __________________________(қолы) берілген күні</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">________________________________________ </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      Денсаулық сақтау ұйымының басшысы/ жеке медициналық практикамен және</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(қолы) берілген күні</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>
+      фармацевтикалық қызметпен айналысатын жеке тұлға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________(қолы) берілген күні</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10999,68 +11494,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және растау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z144" w:id="54"/>
+    <w:bookmarkStart w:name="z144" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіптік дамуы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -12690,68 +13185,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және растау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="55"/>
+    <w:bookmarkStart w:name="z146" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бастапқы біліктілік деңгейлері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13471,68 +13966,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және растау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z148" w:id="56"/>
+    <w:bookmarkStart w:name="z148" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Біліктіліктің кезекті деңгейлері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -15921,55 +16416,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>