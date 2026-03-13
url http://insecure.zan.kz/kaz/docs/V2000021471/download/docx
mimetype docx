--- v0 (2025-10-10)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4e98a17" w14:textId="4e98a17">
+    <w:p w14:paraId="150fd49" w14:textId="150fd49">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,74 +112,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 16 қазандағы № ҚР ДСМ-134/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 21 қазанда № 21471 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының 2020 жылғы 7 шілдедегі Кодексі 124-бабының </w:t>
+      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасы Кодексiнiң 124-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4- тармағына</w:t>
+        <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Денсаулық сақтау министрінің 01.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 103</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.10.2025 бастап қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Мыналар: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -757,74 +839,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жоғары технологиялық медициналық көмек түрлерін айқындау қағидалары, сондай-ақ жоғары технологиялық медициналық көмек түрлерінің мамандандырылған медициналық көмектің көрсетілетін қызметтерінің тізбесіне өту өлшемшарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Жоғары технологиялық медициналық көмек түрлерін айқындау қағидалары, сондай-ақ жоғары технологиялық медициналық көмек түрлерінің мамандандырылған медициналық көмектің көрсетілетін қызметтерінің тізбесіне өту өлшемшарттары (бұдан әрі – Қағидалар) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасы Кодексінің (бұдан әрі - Кодекс) 124-бабының </w:t>
+      1. Осы Жоғары технологиялық медициналық көмек түрлерін айқындау қағидалары, сондай-ақ жоғары технологиялық медициналық көмек түрлерінің мамандандырылған медициналық көмектің көрсетілетін қызметтерінің тізбесіне өту өлшемшарттары (бұдан әрі – Қағидалар) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексі 124-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленді және Жоғары технологиялық медициналық көмек (бұдан әрі - ЖТМК) түрлерін, сондай-ақ ЖТМК түрлерінің мамандандырылған медициналық көмектің (бұдан әрі – ММК) көрсетілетін қызметтерінің тізбесіне өту өлшемшарттарын айқындау тәртібін белгілейді.</w:t>
+        <w:t xml:space="preserve"> сәйкес (бұдан әрі – Кодекс) әзірленді және жоғары технологиялық медициналық көмек (бұдан әрі – ЖТМК) түрлерін, сондай-ақ ЖТМК түрлерінің мамандандырылған медициналық көмектің (бұдан әрі – ММК) көрсетілетін қызметтерінің тізбесіне өту өлшемшарттарын айқындау тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 01.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. ЖТМК түрлері осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1324,50 +1468,88 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жоғары технологиялық медициналық көмектің түрлерін айқындау өлшемшарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Өлшемшарттар жаңа редакцияда - ҚР Денсаулық сақтау министрінің 01.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1642,124 +1824,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инновациялылық (жаңалық)</w:t>
+Инновациялық (жаңашылдық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,2</w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технология әлемде 5 жылдан аз уақыт пайдаланылады</w:t>
+Технология әлемде 5 жылдан аз уақыт қолданылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1787,51 +1969,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1867,51 +2049,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технология әлемде 5-10 жылдан бері пайдаланылады</w:t>
+Технология әлемде 5-10 жылдан астам уақыт бойы қолданылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1939,51 +2121,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1,5</w:t>
+0,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -2019,87 +2201,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технология әлемде 10 жылдан астам уақыт бойы пайдалануда</w:t>
+Технология әлемде 10 жылдан астам уақыт бойы қолданылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2,5</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2171,123 +2353,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технология әлемде 15 жылдан астам уақыт бойы пайдалануда</w:t>
+Технология әлемде 15 жылдан астам уақыт бойы қолданылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+0,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2359,87 +2541,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,4</w:t>
+0,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технологияны пайдалану қымбат бағалы дәрі-дәрмек құралдарын, медициналық бұйымдарды, медициналық техниканы, елеулі еңбек және уақыт шығынын қажет етеді</w:t>
+Технологияны пайдалану қымбат тұратын дәрілік заттарды медициналық бұйымдарды медициналық техниканы, айтарлықтай еңбек және уақыт шығынын қажет етеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2467,51 +2649,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -2547,51 +2729,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технологияны пайдалану қымбат қымбат бағалы дәрі-дәрмек құралдарын, медициналық бұйымдарды, медициналық техниканы қажет етеді</w:t>
+Технологияны пайдалану қымбат тұратын дәрілік заттарды, медициналық бұйымдарды, медициналық техниканы қажет етеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2619,51 +2801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -2699,123 +2881,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технологияны пайдалану елеулі еңбек және уақыт шығынын қажет етеді</w:t>
+Технологияны пайдалану айтарлықтай еңбек және уақыт шығынын қажет етеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2,5</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -2851,123 +3033,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технологияны пайдалану пайдалану қымбат бағалы дәрі-дәрмек құралдарын, медициналық бұйымдарды, медициналық техниканы қажет етеді, елеулі еңбек және уақыт шығынын қажет етпейді.</w:t>
+Технологияны пайдалану қымбат тұратын дәрілік заттарды, медициналық бұйымдарды, медициналық техниканы қажет етпейді, айтарлықтай еңбек және уақыт шығынын қажет етпейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+0,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3039,51 +3221,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,4</w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3147,51 +3329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -3227,51 +3409,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технология тиімділігі бойынша Қазақстандағы аналогтардан және (немесе) емдеудің балама әдістерінен артық</w:t>
+Технология тиімділігі жағынан Қазақстандағы аналогтардан және (немесе) емдеудің балама әдістерінен артық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3299,51 +3481,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+0,75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -3379,123 +3561,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технология тиімділігі бойынша Қазақстандағы аналогтарға және (немесе) баламалы емдеу әдістеріне теңеледі</w:t>
+Технология тиімділігі жағынан Қазақстандағы аналогтарға және (немесе) баламалы емдеу әдістеріне теңеледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2,5</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -3531,123 +3713,803 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Технология тиімділігі бойынша Қазақстандағы аналогтардан және (немесе) баламалы емдеу әдістерінен төмен</w:t>
+Технология тиімділігі жағынан Қазақстандағы аналогтардан және (немесе) баламалы емдеу әдістерінен төмен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+0,25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күрделілігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Технология өте күрделі және ерекше дағдыларды талап етеді (мысалы, симультальды, біріктірілген немесе реконструктивтік операциялар). Қосымша тіндер мен ағзалардың ерекшеліктеріне бейімделген мамандандырылған жабдықты пайдалануды қажет ететін пациенттің анатомиялық - физиологиялық ерекшеліктері (неонатальды жастағы балаларда технологияны қолдану) ескеріледі. Мұндай операциялар асқыну қаупі жоғары және мұқият жоспарлауды қажет етеді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірнеше кезеңдерді қамтитын және хирург пен медицина персоналының жоғары деңгейде дайындығын талап ететін орташа күрделіліктегі технологиялар. Операциялар біріктірілген немесе реконструктивті болуы мүмкін, бірақ күрделі анатомиялық немесе физиологиялық ерекшеліктері жоқ балалар мен ересек пациенттерде орындалады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Технологияның орындау қиындығы төмен (мысалы, жоспарланған) операциялар) және базалық хирургиялық жабдықты пайдаланыла отырып, стандартты жағдайларда жүргізіледі. Бұл операциялар әдетте бір сатылы және пациент үшін төмен қауіп деңгейіне ие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Күрделілікті қажет етпейтін технологиялар амбулаториялық негізде орындалатын өте қарапайым емшараларды қамтиды. Олар арнайы дайындықты қажет етпейді және ресурстардың ең аз мөлшерін пайдалана отырып, жылдам орындалуы мүмкін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3777,61 +4639,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жоғары технологиялық медициналық көмек түрлерінің тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тізбе жаңа редакцияда – ҚР Денсаулық сақтау министрінің 01.11.2024 </w:t>
+      Ескерту. Тізбе жаңа редакцияда - ҚР Денсаулық сақтау министрінің 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 90</w:t>
+        <w:t>№ 143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -3856,50 +4718,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4083,51 +4963,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бивентрикулярлық электрокардиостимуляторды жалпы жүйенің дефибрилляторын жанаспай импланттау (CRT-P)</w:t>
+Жалпы жүйенің дефибрилляторын жанаспай бивентрикулярлық электрокардиостимуляторды импланттау (CRT-P)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4160,87 +5040,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.65</w:t>
-[...35 lines deleted...]
-Экстракорпоралдық мембраналық оксигенация</w:t>
+35.84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа айдарларда жіктелмейтін ірі тамырлардың транспозициясын толық қалпына келтіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4273,87 +5153,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35.84</w:t>
-[...35 lines deleted...]
-Басқа айдарларда жіктелмейтін ірі тамырлардың транспозициясын толық қалпына келтіру</w:t>
+35.23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Митралдық қақпақшаны тіндік трансплантатпен ашық және басқаша ауыстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4386,87 +5266,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35.23</w:t>
-[...35 lines deleted...]
-Митралдық қақпақшаны тіндік трансплантаттаушымен ашық және басқаша ауыстыру</w:t>
+35.21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолқа қақпақшасын тіндік трансплантатпен ашық және басқаша ауыстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4499,87 +5379,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35.21</w:t>
-[...35 lines deleted...]
-Қолқа қақпақшасын тіндік трансплантаттаушымен ашық және басқаша ауыстыру</w:t>
+35.82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өкпе веналарының аномалдық қосылысын толық қалпына келтіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4612,87 +5492,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35.82</w:t>
-[...35 lines deleted...]
-Өкпе веналарының аномалдық қосылысын толық қалпына келтіру</w:t>
+37.94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автоматты кардиовертерді/дефибрилляторды импланттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4725,87 +5605,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37.94</w:t>
-[...35 lines deleted...]
-Автоматты кардиовертерді/дефибрилляторды имплантаттау</w:t>
+37.66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Имплантталатын қосалқы жүрек жүйесін енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4838,87 +5718,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37.66</w:t>
-[...35 lines deleted...]
-Имплантатталатын қосалқы жүрек жүйесін енгізу</w:t>
+35.33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аннулопластика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4951,87 +5831,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35.33</w:t>
-[...35 lines deleted...]
-Аннулопластика</w:t>
+81.042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эндотүзеткіштерді ішкі бекітумен кеуде және бел омыртқаларының спондилодезі, алдыңғы жету әдісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5064,87 +5944,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.042</w:t>
-[...35 lines deleted...]
-Эндотүзеткіштерді ішкі бекітумен кеуде және бел омыртқаларының спондиллодезі,алдыңғы жету әдісі</w:t>
+39.72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас пен мойынның тамырларын эндоваскулярлық (жаппай) эмболиялау немесе окклюзиялау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5177,87 +6057,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.72</w:t>
-[...35 lines deleted...]
-Бас пен мойынның тамырларын эндоваскулярлық (жаппай) эмболиялау немесе окклюзиялау</w:t>
+00.65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стенттерді бассүйекішілік артерияларға тері арқылы импланттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5290,87 +6170,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-00.65</w:t>
-[...35 lines deleted...]
-Стенттерді бассүйекішілік артерияларға тері арқылы имплантаттау</w:t>
+02.93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интракраниалдық нейростимулятордың электродын (электродтарын) импланттау немесе ауыстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5403,87 +6283,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02.93</w:t>
-[...35 lines deleted...]
-Интракраниалдық нейростимулятордың электродын (электродтарын) импланттау немесе ауыстыру</w:t>
+03.7992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негіздемелік стереотаксиялық жүйені қолданумен операция</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5516,87 +6396,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03.7992</w:t>
-[...35 lines deleted...]
-Негіздемелік стереотаксиялық жүйені қолданумен операция</w:t>
+03.7993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стереотаксиялық жүйені қолданумен ми нейростимуляторын импланттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5629,87 +6509,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03.7993</w:t>
-[...35 lines deleted...]
-Стереотаксиялық жүйені қолданумен ми нейростимуляторын импланттау</w:t>
+81.073</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бел және сегізкөз омыртқаларының спондилодезі, бүйір көлденең жету әдісімен, дискіні протездеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5742,200 +6622,218 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.073</w:t>
-[...35 lines deleted...]
-Бел және сегізкөз омыртқаларының спондиллодезі, бүйір көлденең қол жеткізу, дискіні протездеу</w:t>
+81.062</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эндотүзеткіштерді ішкі бекітуімен бел және сегізкөз омыртқаларының спондилодезі, алдыңғы жету әдісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.062</w:t>
-[...35 lines deleted...]
-Эндокорректордың ішкі фиксациясы арқылы бел және сегізкөз омыртқаларының спондиллодезі, алдыңғы жету әдісі</w:t>
+81.041</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі транспедикулярлық жүйе мен кейдждердің бекітуімен кеуде және бел омыртқаларының спондилодезі, алдыңғы жету әдісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5968,87 +6866,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.041</w:t>
-[...35 lines deleted...]
-Ішкі транспедикулярлық жүйе мен кейдждердің бекітуі арқылы кеуде және бел омыртқаларының спондиллодезі, алдыңғы жету әдісі</w:t>
+81.53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сан-жамбас буынының ауыстырылуын тексеру, нақтыланбаған</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6081,87 +6979,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.53</w:t>
-[...35 lines deleted...]
-Сан-жамбас буынының ауыстырылуын тексеру, нақтыланбаған</w:t>
+81.55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тізе буынының ауыстырылуын тексеру, нақтыланбаған</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6194,87 +7092,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.55</w:t>
-[...35 lines deleted...]
-Тізе буынының ауыстырылуын тексеру, нақтыланбаған</w:t>
+50.52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайтыс болғаннан кейінгі донордан бауырды трансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6307,87 +7205,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50.52</w:t>
-[...35 lines deleted...]
-Қайтыс болғаннан кейінгі донордан бауырды транспланттау</w:t>
+55.62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайтыс болғаннан кейінгі донордан бүйректі трансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6420,87 +7318,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55.62</w:t>
-[...35 lines deleted...]
-Қайтыс болған донордан бүйректі транспланттау</w:t>
+50.59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бауырды басқа трансплантаттау </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6533,87 +7431,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50.59</w:t>
-[...35 lines deleted...]
-Бауырды басқа транспланттау</w:t>
+86.66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Теріні аллотрансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6646,9663 +7544,8759 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86.66</w:t>
-[...35 lines deleted...]
-Терінің аллотранспланттау</w:t>
+52.53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Радикалдық субтоталдық панкреотомия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Радикалдық субтоталдық панкреатэктомия</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоспарлы емдеуге жатқызу кезіндегі тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және міндетті әлеуметтік медициналық сақтандыру жүйесінде көрсетілетін жоғары технологиялық медициналық көмек түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Жоспарлы емдеуге жатқызу кезіндегі тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және міндетті әлеуметтік медициналық сақтандыру жүйесінде көрсетілетін жоғары технологиялық медициналық көмек түрлері</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92.321</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гамма-пышақ аппаратын қолдана отырып, орталық нерв жүйесі ауруларын емдеудің радиохирургиялық әдісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-Қалқанша безі ауруының радио-йод терапиясы</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92.201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қуықасты безі обырының жоғары дозалы брахитерапиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...71 lines deleted...]
-Гамма-пышақ аппаратын қолдана отырып, орталық нерв жүйесі ауруларын емдеудің радиохирургиялық әдісі</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92.202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қуықасты безінде орналасқан обырдың интерстициалдық сәулелік терапиясы (брахитерапия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-Қуықасты безі обырының жоғары дозалы брахитерапиясы</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92.203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйелдің жыныс жолдарының обыры кезіндегі жоғары дозалы брахитерапия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...71 lines deleted...]
-Қуықасты безінде орналасқан обырдың интерстициалдық сәулелік терапиясы (брахитерапия)</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54.970.059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гипертермиялық интраперитонеалды химиотерапия (HIPEC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...71 lines deleted...]
-Сызықтық үдеткіште фотондарды қолдану арқылы қашықтықтан сәулелік терапия</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86.310.058</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрохимиотерпия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...71 lines deleted...]
-Әйелдің жыныс жолдарының обыры кезіндегі жоғары дозалы брахитерапия</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92.330.001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Протондық терапия (1 сеанс)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Гипертермиялық интраперитонеалды химиотерапия (HIPEC)</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоспарлы емдеуге жатқызу кезіндегі міндетті әлеуметтік медициналық сақтандыру жүйесінде көрсетілетін жоғары технологиялық медициналық көмектің түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...71 lines deleted...]
-Электрохимиотерапия</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы жүйенің дефибрилляторын жанаспай бивентрикулярлық электрокардиостимуляторды импланттау (CRT-P)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Жоспарлы емдеуге жатқызу кезіндегі міндетті әлеуметтік медициналық сақтандыру жүйесінде көрсетілетін жоғары технологиялық медициналық көмектің түрлері</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00.51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы жүйенің бивентрикулярлық дефибрилляторын импланттау (CRT-D)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-Жалпы жүйенің дефибрилляторын ескертусіз бивентрикулярлық электрокардиостимуляторды имплантаттау (CRT-P)</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00.65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Стенттерді бассүйекішілік артерияларға тері арқылы импланттау </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...71 lines deleted...]
-Жалпы жүйенің бивентрикулярлық дефибрилляторын имплантаттау (CRT-D)</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+00.93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансплантаттау үшін кадаврдан ағзаларды және/немесе тіндерді алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-Стенттерді бассүйекішілік артерияларға тері арқылы импланттау</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01.53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эпилепсия кезінде мидың лобэктомиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...71 lines deleted...]
-Транспланттау үшін кадаврдан ағзаларды және/немесе тіндерді алу</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02.93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интракраниалдық нейростимулятордың электродын (электродтарын) импланттау немесе ауыстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...71 lines deleted...]
-Эпилепсия кезінде мидың лобэктомиясы</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03.7992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негіздемелік стереотаксиялық жүйені қолданумен операция</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...71 lines deleted...]
-Интракраниалдық нейростимулятордың электродын (электродтарын) импланттау немесе ауыстыру</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03.7993</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стереотаксиялық жүйені қолданумен ми нейростимуляторын импланттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...71 lines deleted...]
-Негіздемелік стереотаксиялық жүйені қолданумен операция</w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03.93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұлын нейростимулятордың электродын (электродтарын) импланттау немесе ауыстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...71 lines deleted...]
-Стереотаксиялық жүйені қолданумен ми нейростимуляторын импланттау</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электромагниттік есту аппаратын импланттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...71 lines deleted...]
-Жұлын нейростимулятордың электродын (электродтарын) импланттау немесе ауыстыру</w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өкпені трансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...71 lines deleted...]
-Электромагниттік есту аппаратын импланттау</w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33.6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Жүрек – өкпе" кешенін аралас трансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
-[...71 lines deleted...]
-Өкпені транспланттау</w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолқа қақпақшасын эндоваскулярлық ауыстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...71 lines deleted...]
-"Жүрек – өкпе" кешенін аралас транспланттау</w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыстырмай қолқа қақпақшаның ашық вальвулопластикасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
-[...71 lines deleted...]
-Қолқа қақпақшасын эндоваскулярлық ауыстыру</w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыстырмай митралдық қақпақшаның ашық вальвулопластикасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
-[...71 lines deleted...]
-Ауыстырмай қолқа қақпақшаның ашық вальвулопластикасы</w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.121</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Митралдық тесік стенозының баллондық вальвулопластикасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
-[...71 lines deleted...]
-Ауыстырмай митралдық қақпақшаның ашық вальвулопластикасы</w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыстырмай үшжармалы қақпақшаның ашық вальвулопластикасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
-[...71 lines deleted...]
-Митралдық тесік стенозының баллондық вальвулопластикасы</w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолқа қақпақшасын тіндік трансплантатпен ашық және басқаша ауыстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17</w:t>
-[...71 lines deleted...]
-Ауыстырмай үшжармалы қақпақшаның ашық вальвулопластикасы</w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Митралдық қақпақшаны тіндік трансплантатпен ашық және басқаша ауыстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
-[...71 lines deleted...]
-Қолқа қақпақшасын тіндік транспланттаумен ашық және басқаша ауыстыру</w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аннулопластика</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
-[...71 lines deleted...]
-Тіндік транспланттаумен митралдық қақпақшаны ашық және басқа ауыстыру</w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Протездеу арқылы қарыншааралық қалқаншаның ақауын жабық әдіспен жою</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
-[...71 lines deleted...]
-Аннулопластика</w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өкпе веналарының аномалдық қосылысын толық қалпына келтіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
-[...71 lines deleted...]
-Протездеу арқылы қарыншааралық қалқаншаның ақауын жабық әдіспен жою</w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Артериялық діңді толық қалпына келтіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
-[...71 lines deleted...]
-Өкпе веналарының аномалдық қосылысын толық қалпына келтіру</w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа айдарларда жіктелмейтін ірі тамырлардың транспозициясын толық қалпына келтіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
-[...71 lines deleted...]
-Артериялық діңді толық қалпына келтіру</w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Веналық ағудың жүрекшеаралық транспозициясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
-[...71 lines deleted...]
-Басқа айдарларда жіктелмеген ірі тамырлардың транспозициясын толық қалпына келтіру</w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.9900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интраоперациялық радиожиілік аблацияны пайдалана отырып жүрек қақпақшаларын протездеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
-[...71 lines deleted...]
-Веналық ағудың жүрекшеаралық транспозициясы</w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35.991</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Митралдық тесікті клиптеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26</w:t>
-[...71 lines deleted...]
-Интраоперациялық радиожиілік аблацияны пайдалана отырып жүрек қақпақшаларын протездеу</w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36.1000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интраоперациялық радиожиілік аблацияны пайдалана отырып қолқакоронарлық шунттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
-[...71 lines deleted...]
-Митралдық тесікті клиптеу</w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36.16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қос ішкі маммарлық-коронарлық шунттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
-[...71 lines deleted...]
-Интраоперациялық радиожиілік аблацияны пайдалана отырып аортокоронарлық шунттау</w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүрек аневризмасын тілу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29</w:t>
-[...71 lines deleted...]
-Қос ішкі маммарлық-коронарлық шунттау</w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Парциалдық вентрикулоэктомия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
-[...71 lines deleted...]
-Жүрек аневризмасын тілу</w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүрекшенің сол жақ құлақшасын кесу, деструкциялау және алып тастау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
-[...71 lines deleted...]
-Парциалдық вентрикулоэктомия</w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүректі трансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
-[...71 lines deleted...]
-Жүрекшенің сол жақ құлақшасын кесу, деструкциялау және алып тастау</w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Имплантталатын қосалқы жүрек жүйесін енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
-[...71 lines deleted...]
-Жүректі транспланттау</w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансвеналық атриялық және/немесе вентрикулярлық электродты (электродтарды) ауыстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34</w:t>
-[...71 lines deleted...]
-Имплантталатын қосалқы жүрек жүйесін енгізу</w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автоматты кардиовертерді/дефибрилляторды импланттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
-[...71 lines deleted...]
-Трансвеналық атриялық және/немесе вентрикулярлық электродты (электродтарды) ауыстыру</w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.941</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автоматты кардиовертерді/дефибрилляторды, жалпы жүйені ауыстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
-[...71 lines deleted...]
-Автоматты кардиовертерді/дефибрилляторды импланттау</w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37.96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автоматты кардиовертердің/дефибриллятордың тек импульстарының генераторын импланттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
-[...71 lines deleted...]
-Автоматты кардиовертерді/дефибрилляторды, жалпы жүйені ауыстыру</w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38.12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бастың және мойынның басқа артерияларының эндартерэктомиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
-[...71 lines deleted...]
-Автоматты кардиовертердің/дефибриллятордың тек импульстарының генераторын ғана импланттау</w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38.34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анастомозбен қолқаның резекциясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39</w:t>
-[...71 lines deleted...]
-Бастың және мойынның басқа артерияларының эндартерэктомиясы</w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38.341</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолқа доғасының үзігін түзету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
-[...71 lines deleted...]
-Анастомозбен қолқаның резекциясы</w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39.28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экстра-интракраниалдық васкулярлық шунттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41</w:t>
-[...71 lines deleted...]
-Қолқа доғасының үзігін түзету</w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39.591</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолқа-өкпе саңылауының пластикасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
-[...71 lines deleted...]
-Экстра-интракраниалдық васкулярлық шунттау</w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39.72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас пен мойынның тамырларын эндоваскулярлық (жаппай) эмболиялау немесе окклюзиялау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43</w:t>
-[...71 lines deleted...]
-Қолқа-өкпе саңылауының пластикасы</w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39.73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеуде қолқасына протезді эндоваскулярлық имплантантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44</w:t>
-[...71 lines deleted...]
-Экстракорпоралдық мембраналық оксигенация</w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39.731</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолқаның коарктациясын стенттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
-[...71 lines deleted...]
-Бас пен мойынның тамырларын эндоваскулярлық (жаппай) эмболиялау немесе окклюзиялау</w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41.01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүйек кемігінің мезенхималдық дің жасушаларын трансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46</w:t>
-[...71 lines deleted...]
-Кеуде қолқасына протезді эндоваскулярлық имплантанттау</w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41.04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аутологиялық гемопоэздік дің жасушаларын тазартусыз трансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47</w:t>
-[...71 lines deleted...]
-Қолқаның коарктациясын стенттеу</w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аллогендік гемопоэздік дің жасушаларын тазартусыз трансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
-[...71 lines deleted...]
-Сүйек кемігінің мезенхималдық дің жасушаларын транспланттау</w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41.06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіндік дің жасушаларын трансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49</w:t>
-[...71 lines deleted...]
-Аутологиялық гемопоэздік дің жасушаларын тазартусыз транспланттау</w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Феталдық дің жасушаларын трансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
-[...71 lines deleted...]
-Аллогендік гемопоэздік дің жасушаларын тазартусыз транспланттау</w:t>
+52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50.52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қайтыс болғаннан кейінгі донордан бауырды трансплантаттау </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
-[...71 lines deleted...]
-Кіндік дің жасушаларын трансплантаттау</w:t>
+53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50.59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бауырды басқа трансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52</w:t>
-[...71 lines deleted...]
-Феталдық бағаналық жасушаларды транспланттау</w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52.53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Радикалдық субтоталдық панкреотомия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53</w:t>
-[...71 lines deleted...]
-Өлімнен кейінгі донордан бауырды транспланттау</w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52.80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйқыбезін трансплантаттау, нақтыланбаған</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54</w:t>
-[...71 lines deleted...]
-Бауырды басқа транспланттау</w:t>
+56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55.5016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тромбэктомиямен радикалдық нефрэктомия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55</w:t>
-[...71 lines deleted...]
-Радикалдық субтоталдық панкреатэктомия</w:t>
+57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55.62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайтыс болғаннан кейінгі донордан бүйректі трансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56</w:t>
-[...71 lines deleted...]
-Ұйқыбезін транспланттау, нақтыланбаған</w:t>
+58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56.7404</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Блохин бойынша қосымша антирефлюксті механизмі бар политано-летбеттердің модификацияланған әдісі бойынша уретероцистонеостомия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57</w:t>
-[...71 lines deleted...]
-Тромбэктомиямен түбегейлі нефрэктомия</w:t>
+59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63.8301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обструкциялық азошәует кезіндегі микрохирургиялық инвагинациондық вазоэпидидимостомия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58</w:t>
-[...71 lines deleted...]
-Қайтыс болғаннан кейінгі донордан бүйректі транспланттау</w:t>
+60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78.191</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кезеңдік түзетуді қажет ететін жамбас сүйектерінде сыртқы бекітуші құрылғыны пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59</w:t>
-[...71 lines deleted...]
-Блохин бойынша қосымша антирефлюксті механизмі бар Политано-Летбеттердің модификацияланған әдісі бойынша уретероцистонеостомия</w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.041</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі транспедикулярлық жүйе мен кейдждердің бекітуімен кеуде және бел омыртқаларының спондилодезі, алдыңғы жету әдісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60</w:t>
-[...71 lines deleted...]
-Обструкциялық азошәует кезіндегі микрохирургиялық инвагинациондық вазоэпидидимостомия</w:t>
+62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эндотүзеткіштерді ішкі бекітумен кеуде және бел омыртқаларының спондилодезі, алдыңғы жету әдісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61</w:t>
-[...71 lines deleted...]
-Классикалық экстракорпоралдық ұрықтандыру, ұзақ хаттама</w:t>
+63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.062</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эндотүзеткіштерді ішкі бекітуімен бел және сегізкөз омыртқаларының спондилодезі, алдыңғы жету әдісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62</w:t>
-[...71 lines deleted...]
-Классикалық экстракорпоралдық ұрықтандыру, қысқа хаттама</w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.073</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бел және сегізкөз омыртқаларының спондилодезі, бүйір көлденең жету әдісімен, дискіні протездеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63</w:t>
-[...71 lines deleted...]
-АЖСИИ (аналық жасушаға сперматозоидты интрацитоплазмалық инъекциялау) жасай отырып, экстракорпоралдық ұрықтандыру, ұзын хаттама</w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сан-жамбас буынының ауыстырылуын тексеру, нақтыланбаған</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64</w:t>
-[...71 lines deleted...]
-АЖСИИ (аналық жасушаға сперматозоидты интрацитоплазмалық инъекциялау) жасай отырып экстракорпоралдық ұрықтандыру, қысқа хаттама</w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тізе буынының ауыстырылуын тексеру, нақтыланбаған</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65</w:t>
-[...71 lines deleted...]
-Кезеңдік түзетуді қажет ететін жамбас сүйектерінде сыртқы бекітуші құрылғыны пайдалану</w:t>
+67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.9610</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүйек ісігі кезінде буындарды және/немесе сүйекті ауыстыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66</w:t>
-[...71 lines deleted...]
-Ішкі транспедикулярлық жүйе мен кейдждердің бекітуі арқылы кеуде және бел омыртқаларының спондиллодезі, алдыңғы жету әдісі</w:t>
+68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86.66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Теріні аллотрансплантаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67</w:t>
-[...224 lines deleted...]
-              <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.073</w:t>
-[...563 lines deleted...]
-              <w:t>
 99.791</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қанның гематопоэздік дің жасушаларын дайындау</w:t>
-[...112 lines deleted...]
-Қалқанша безі ауруының радио-йод терапиясы</w:t>
+Қанның гемопоэздік дің жасушаларын дайындау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>