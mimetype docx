--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="19c7a17" w14:textId="19c7a17">
+    <w:p w14:paraId="2a14311" w14:textId="2a14311">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,74 +112,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 16 қазандағы № ҚР ДСМ-135/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 19 қазанда № 21454 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының 2020 жылғы 7 шілдедегі Кодексінің 177-бабының </w:t>
+      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексі 177-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Денсаулық сақтау министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 108</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрыққа қосымшаға сәйкес Орфандық аурулардың және оларды емдеуге арналған дәрілік заттардың тізбесін қалыптастыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -641,1210 +723,1096 @@
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Орфандық аурулардың және оларды емдеуге арналған дәрілік заттардың тізбесін қалыптастыру қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Денсаулық сақтау министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 108</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1 – тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы орфандық аурулардың және оларды емдеуге арналған дәрілік заттардың тізбесін қалыптастыру қағидалары (бұдан әрі – Қағидалар) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының 2020 жылғы 7 шілдедегі Кодексі (бұдан әрі – Кодекс) 177-бабының </w:t>
+      1. Осы Орфандық аурулардың және оларды емдеуге арналған дәрілік заттардың тізбесін қалыптастыру қағидалары (бұдан әрі – Қағидалар) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексі (бұдан әрі – Кодекс) 177-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленді және орфандық аурулардың және оларды емдеуге арналған дәрілік заттардың тізбесіне енгізу тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленді және орфандық аурулардың және оларды емдеуге арналған дәрілік заттардың тізбесіне қалыптастыру тәртібін айқындайды (бұдан әрі – орфандық дәрілік заттар).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:p>
-[...53 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) денсаулық сақтау саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – Қазақстан Республикасы азаматтарының денсаулығын сақтау, медицина және фармацевтика ғылымы, медициналық және фармацевтикалық білім беру, халықтың санитариялық-эпидемиологиялық саламаттылығы, дәрілік заттар мен медициналық бұйымдардың айналысы, медициналық қызметтер (көмек) көрсетудің сапасы саласында басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орфандық (сирек кездесетін) аурулар – сирек кездесетін ауыр аурулар адам өміріне қатер төндіретін немесе мүгедектікке алып келетін, жиілігі ресми белгіленген деңгейден аспайтын сирек кездесетін ауыр аурулар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) жұмыс органы - Қазақстан Республикасының аумағында орфандық (сирек кездесетін) ауруларды диагностикалау, емдеу, алдын алу және тіркеу саласында ұйымдастырушылық-әдістемелік басшылықты, үйлестіруді, мониторингті және сараптамалық қолдауды жүзеге асыратын денсаулық сақтау ұйымы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2 – тарау. Орфандық аурулардың тізбесін қалыптастыру тәртібі</w:t>
-[...121 lines deleted...]
-      5. Денсаулық сақтау саласындағы ғылыми ұйымдарда ауруды орфандық аурулар тізбесіне енгізу туралы ұсыныстарды комиссия қарайды.</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Орфандық аурулардың тізбесін қалыптастыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:p>
-[...113 lines deleted...]
-      6. Комиссия мынадай ақпаратты қамтитын ұсынылатын аурулар бойынша талдау жүргізеді:</w:t>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Орфандық аурулардың тізбесіне ауруды енгізу үшін денсаулық сақтау субъектілері, қауымдастықтар мен қоғамдық бірлестіктердің өкілдері, жеке және заңды тұлғалар ұсыныстары Жұмыс органға ұсынылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ауруды орфандық аурулар тізбесіне енгізу туралы ұсыныстарды Жұмыс органның комиссиясы қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия Жұмыс орган басшысының бұйрығымен құрылады, оның құрамына төраға, комиссия мүшелері (кем дегенде үш бейінді маман, оның ішінде денсаулық сақтау саласындағы штаттан тыс мамандар) және хатшы кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төраға комиссия мүшелерінің дауыс берулері арқылы тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Комиссия ұсыныстар түскен сәттен бастап 30 (отыз) жұмыс күнінде аспайтын мерзімде ұсынылатын аурулар бойынша сараптама жасап келесі ақпаратты қоса алғында талдау жүргізеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аурудың немесе жай-күйдің жалпы сипаттамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аурулардың халықаралық жіктемесіне сәйкес код;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) этиология мен симптомдардың сипаттамасы;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының статистикалық деректерінің және (немесе) халықаралық статистикалық деректердің негізінде орфандық аурудың таралуы есептелген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) объективті және сандық медициналық немесе эпидемиологиялық ақпаратқа негізделген аурудың ауырлығын немесе мүгедектік сипаттамасын негіздеу;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өлім мен өмір сүру ұзақтығы көрсеткіштеріне негізделген ауру сипатының немесе жай-күйдің өмірге қауіп төндіретінін негіздеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Комиссияның қорытындысы хаттамамен ресімделеді олда медициналық ұйымның атауын, отырыстың өткізілу күнін, қатысқан мүшелерінің тізімі, талқыланған сұрақтардың тізбесінен, шешімі және оның негіздемесін қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Комиссияның қорытындысы уәкілетті органға Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>15–бабына</w:t>
-[...31 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
+        <w:t>15-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қалыптастырылатын Медициналық қызметтердің сапасы жөніндегі біріккен комиссияның (бұдан әрі – СБК) отырысында қарау үшін жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Уәкілетті орган ауруды орфандық аурулар тізбесіне енгізу туралы шешімді СБК оң ұсынымдары және мынадай өлшемшарттардың 1) тармақшаға және 2), 3), 4), 5) тармақшалардың біріне сәйкес болған жағдайда қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасында таралушылығы;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...109 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жүргізу үшін Қазақстан Республикасының аумағында әзірленген және тіркелген дәрілік заттар бар жүйелі емдеу қажеттігі (курабелді пациенттер);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әзірленген және әлемде бар, бірақ Қазақстан Республикасының аумағында қолдануға тіркелмеген дәрілік заттарды қолдана отырып, жүйелі емдеу қажеттігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлемде емдеу үшін әзірленген дәрілік заттар жоқ аурулардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) радикалды терапияның болмауына байланысты паллиативтік медициналық көмек көрсету қажеттігі (инкурабелді пациенттер).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасында таралушылығы 100 мың халыққа шаққанда 10 жағдайдан артық емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Орфандық аурулардың тізбесін қайта қарау жылына бір рет және (немесе) жаңа анық жағдайлар пайда болған кезде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3 – тарау. Орфандық ауруларды емдеуге арналған орфандық дәрілік заттардың тізбесін қалыптастыру тәртібі</w:t>
-[...124 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+        <w:t xml:space="preserve"> 3-тарау. Орфандық ауруларды емдеуге арналған орфандық дәрілік заттардың тізбесін қалыптастыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Орфандық дәрілік заттар дәрілік препараттар тізбесіне енгізу үшін дәрілік заттардың айналысы субъектілерімен, дәрілік заттарды өндірушілер ұйымдарының өкілдерімен, денсаулық сақтау субъектілерінің, қауымдастықтар мен қоғамдық бірлестіктердің өкілдері, жеке және заңды тұлғалар ұсынысты уәкілетті органға ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Ұсыныстар келіп түскен сәттен бастап 3 жұмыс күні ішінде уәкілетті орган денсаулық сақтау технологияларын бағалау мәселелері кіретін уәкілетті органның ведомстволық бағынысты ұйымына жібереді (бұдан әрі – Орталық).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Орталық ұсыныс түскен сәттен бастап мынадай ақпаратты қамтитын 30 (отыз) жұмыс күнінен аспайтын мерзімде қорытынды дайындай отырып, ұсынылатын дәрілік препараттарға талдау жүргізеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дәрілік препараттың жалпы сипаттамасы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орфандық препарат (технология) мәртебесі бар Қазақстан Республикасының аумағында дәрілік препаратты тіркеу туралы мәліметтер немесе Қазақстан Республикасында тіркеудің болмау себептерінің сипаттамасы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Кодекстің 177-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітілген Орфандық аурулардың тізбесіне енгізілген орфандық аурудың жалпы сипаттамасы немесе дәрілік препаратты қолдану ұсынылатын осы орфандық ауру барынша арнайы көрсетілімдер;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) шетелдегі реттеуші орфандық мәртебенің егжей-тегжейлері;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) негізгі клиникалық зерттеулерге шолу;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) елеулі клиникалық немесе экономикалық пайданы растай отырып, Қазақстан Республикасында тіркелген орфандық технологиялармен салыстыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. Жұмыс органының қорытындысы түріндегі талдау нәтижелері Кодекстің 264 – бабының </w:t>
-[...60 lines deleted...]
-    </w:p>
+      12. Орталықтың қорытындысы түріндегі талдау нәтижелері Қазақстан Республикасы Денсаулық сақтау министрінің 2021 жылғы 6 сәуірдегі № ҚР ДСМ - 28 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Формулярлық жүйе қызметін жүзеге асыру қағидаларына сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 22513 болып тіркелген) Формулярлық комиссияның (бұдан әрі – ФК) отырысында қарау үшін уәкілетті органға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. ФК-ның оң ұсынымдары болған кезде және мынадай өлшемшарттарға сәйкес болған кезде дәрілік препарат орфандық дәрілік заттар тізбесіне енгізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) орфандық аурулардың бекітілген тізбесіне (ұсыным берген сәтте) сәйкес бір немесе бірнеше орфандық дәрілік препарат ауруларды диагностикалауға, профилактикалауға немесе емдеуге арналған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орфандық препарат (технология) мәртебесімен Қазақстан Республикасының аумағында қолдануға тіркелген немесе Қазақстан Республикасының аумағында қолдануға тіркелмеген дәрілік препарат жатады;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...36 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дәрілік препарат диагностиканың, профилактиканың және емдеудің қанағаттанарлық әдістері жоқ ауруы бар пациенттерге, осындай әдіс болған кезде осы дәрілік препарат осындай аурумен ауыратын пациенттерге айтарлықтай үлкен пайда әкелетін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Орфандық дәрілік заттар тізбесін қайта қарау жылына бір рет және (немесе) жаңа орфандық дәрілік заттар пайда болған кезде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>