--- v0 (2025-10-10)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="784edf0" w14:textId="784edf0">
+    <w:p w14:paraId="b978b4d" w14:textId="b978b4d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -216,120 +216,100 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы 11-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
+      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы 11-бабының 3-2-тармағына сәйкес Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1063,131 +1043,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32826 болып тіркелген) сәйкес әзірленген.</w:t>
+        <w:t>
+      1. Осы Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және бірыңғай жинақтаушы зейнетақы қоры және ерікті жинақтаушы зейнетақы қорлары үшін жаппай қырып-жою қаруының таралуын қаржыландыруға қарсы іс-қимыл мақсатында ішкі бақылау қағидаларына қойылатын талаптар (бұдан әрі – Талаптар) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңына (бұдан әрі – КЖ/ТҚҚ туралы заң) және "Бірыңғай жинақтаушы зейнетақы қорының, ерікті жинақтаушы зейнетақы қорларының тәуекелдерін басқару және ішкі бақылау жүйесін қалыптастыру қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2023 жылғы 7 маусымдағы № 40 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32826 болып тіркелген) сәйкес әзірленген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 75</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1242,92 +1182,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Талаптардың мақсаттары үшін мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес міндетті түрде зерделенуге тиіс операциясы (мәмілесі);</w:t>
+        <w:t>
+      1) әдеттегіден тыс операция (мәміле) – клиенттің КЖ/ТҚҚ туралы заңның 10-бабының 2-тармағына сәйкес қаржы мониторингін жүзеге асыратын және қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға, жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жөніндегі өзге де шараларды қабылдайтын уәкілетті орган (бұдан әрі – уәкілетті орган) айқындаған, сондай-ақ клиенттің қаржы мониторингіне жататын күдікті қызметінің белгілерін қоспағанда, банк дербес әзірлеген күдікті операцияны және қаржы мониторингіне жататын клиенттің күдікті қызметін (бұдан әрі бірге – күдікті операция) айқындау белгілері ескеріле отырып, КЖ/ТҚҚ туралы заңның 4-бабының 4-тармағына сәйкес міндетті түрде зерделенуге тиіс операциясы (мәмілесі);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) КЖ/ТҚ тәуекелдерін басқару – қордың КЖ/ТҚ тәуекелдерін анықтау, бағалау, мониторингтеу, сондай-ақ оларды азайту бойынша қабылдайтын шаралар жиынтығы (көрсетілетін қызметтерге, клиенттерге, сондай-ақ клиенттер жүргізетін операцияларға қатысты);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1459,50 +1359,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3891,75 +3811,117 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекелді бағалау бұрын жүргізілмеген және (немесе) іскерлік қатынастар бұрын орнатылмаған клиенттер (клиенттер топтары) бойынша қор іскерлік қатынастар орнатылғанға дейін алынған деректер негізінде тәуекелді бастапқы бағалауды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 6-тармағына сәйкес КЖ/ТҚ тәуекелдері есебінен жарияланған ақпаратты ескереді.</w:t>
+        <w:t>
+      21. КЖ/ТҚ тәуекелдерін басқару бағдарламасын іске асыру кезінде қор КЖ/ТҚҚ туралы заңның 11-1-бабының 7-тармағына сәйкес КЖ/ТҚ тәуекелдерін ұлттық бағалау бойынша жарияланған ақпаратты ескереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z53" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21-1. Қор:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4085,72 +4047,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Клиенттерді сәйкестендіру бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> талаптарын іске асыру мақсатында қор клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін сәйкестендіру бағдарламасын әзірлейді.</w:t>
+        <w:t>
+      22. Клиентті (оның өкілін) және бенефициарлық меншік иесін тиісінше тексеру бойынша КЖ/ТҚҚ туралы заңның талаптарын іске асыру мақсатында қор клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін сәйкестендіру бағдарламасын әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру қордың зейнетақы жарналары салымшысы (оның өкілі), зейнетақы төлемдерін алушы (оның өкілі) туралы мәліметтерді тіркеу және олардың анықтығын тексеру, бенефициарлық меншік иесін анықтау және ол туралы мәліметтерді тіркеу, іскерлік қатынастардың болжамды мақсатын белгілеу және тіркеу, сондай-ақ зейнетақы жарналары салымшысы, зейнетақы төлемдерін алушы және олардың өкілдері туралы Талаптарда көзделген өзге де мәліметтерді алу және тіркеу жөніндегі іс-шараларды жүргізуінен тұрады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4161,50 +4103,68 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бенефициарлық меншік иесін анықтау жөніндегі іс-шараларды қор зейнетақы жарналарының салымшысына қатысты, ал ерікті зейнетақы жарналары есебінен қалыптастырылған зейнетақы төлемдерін жүзеге асыру кезінде осындай зейнетақы төлемдерін алушыға да қатысты жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Клиентті (оның өкілін), бенефициарлық меншік иесін сәйкестендіруді және тиісінше тексеруді қор клиент (оның өкілі) ұсынатын не өзге дереккөздерден, оның ішінде скорингтік модульдегі тексеру қорытындылары бойынша алынған ақпарат және (немесе) құжаттар негізінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Бенефициарлық меншік иесін анықтау үшін клиент (оның өкілі) және бенефициарлық меншік иесі ұсынған мәліметтер заңды тұлғалардың бенефициарлық меншік иелерінің тізілімінде (бұдан әрі – Тізілім) көрсетілген мәліметтермен салыстырып тексеріледі. Тізілімде мұндай тұлғалар бойынша мәліметтер болмаған кезде ұсынылған мәліметтер басқа дереккөздерден алынған мәліметтермен салыстырып тексеріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды тұлға-клиенттің жарғылық капиталына қатысу үлесінің не орналастырылған (артықшылықты және қоғам сатып алған акцияларды есептемегенде) акцияларының жиырма бес пайызынан астамы тікелей немесе жанама түрде тиесілі жеке тұлғаның бенефициарлық меншік иесі болып табылатынына күмән келтіру үшін негіздер болған жағдайда, заңды тұлға-клиентке өзгеше түрде бақылауды жүзеге асыратын не оның мүддесіне клиент-заңды тұлға ақшамен және (немесе) өзге мүлікпен операциялар жасайды жеке тұлғаның бенефициарлық меншік иесі болып танылуына жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4214,110 +4174,90 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер шаралар қабылдау нәтижесінде заңды тұлға-клиенттің бенефициарлық меншік иесі анықталмаған жағдайда, бенефициарлық меншік иесі ретінде жеке дара атқарушы органды не заңды тұлға-клиенттің алқалы атқарушы органының басшысын тануға рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес қор тәуекелдің жоғары деңгейі берілген клиентке қатысты клиенттерді тиісінше тексерудің күшейтілген шараларын қолданады не оларға қатысты тәуекелдің төмен деңгейі берілген клиенттерді тиісінше тексерудің жеңілдетілген шараларын қолданады.</w:t>
+        <w:t>
+      КЖ/ТҚҚ туралы заңның 5-бабының 7-тармағына сәйкес қор тәуекелдің жоғары деңгейі берілген клиентке қатысты клиенттерді тиісінше тексерудің күшейтілген шараларын қолданады не оларға қатысты тәуекелдің төмен деңгейі берілген клиенттерді тиісінше тексерудің жеңілдетілген шараларын қолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4774,106 +4714,106 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z39" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру процесінде қор Тізбеде және ЖҚҚТҚ тізбесінде осындай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің болуына тексеру жүргізеді.</w:t>
+      25. Клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру процесінде қор Тізбеде және ЖҚҚТҚҚ тізбесінде осындай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің болуына тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Клиенттің (оның өкілінің) және бенефициарлық меншік иесінің Тізбеде және ЖҚҚТҚ тізбесінде болуын (Тізбеге және ЖҚҚТҚ тізбесіне енгізілуін) тексеру клиенттің тәуекел деңгейіне байланысты емес және Тізбеге және ЖҚҚТҚ тізбесіне өзгерістер енгізілуіне (Тізбенің және ЖҚҚТҚ тізбесінің жаңартылуына) қарай жүзеге асырылады.</w:t>
+      Клиенттің (оның өкілінің) және бенефициарлық меншік иесінің Тізбеде және ЖҚҚТҚҚ тізбесінде болуын (Тізбеге және ЖҚҚТҚҚ тізбесіне енгізілуін) тексеру клиенттің тәуекел деңгейіне байланысты емес және Тізбеге және ЖҚҚТҚҚ тізбесіне өзгерістер енгізілуіне (Тізбенің және ЖҚҚТҚҚ тізбесінің жаңартылуына) қарай жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қор клиентті (оның өкілін) сәйкестендіру және бенефициарлық меншік иесін анықтау процесінде осындай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің лауазымды тұлғаларға және олардың жұбайларына (зайыптарына) және жақын туыстарына тиесілігіне тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қор КЖ/ТҚҚ туралы заңның 1-бабы 3-2) тармақшасының алтыншы, жетінші және сегізінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты:</w:t>
+      Қор КЖ/ТҚҚ туралы заңның 1-бабы 3-3) тармақшасының алтыншы, жетінші және сегізінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жария лауазымды тұлғаның беделін оның КЖ/ТҚ жағдайларына қатыстылығына қарай бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4919,51 +4859,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру жөнінде күшейтілген шараларды тұрақты негізде қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тәуекелдің жоғары деңгейі берілген КЖ/ТҚҚ туралы заңның 1-бабы 3-2) тармақшасының екінші, үшінші, төртінші және бесінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты қор КЖ/ТҚҚ туралы заңның 5-бабының 3-тармағында көзделген шаралардан басқа, осы тармақтың төртінші бөлігінің 1), 2), 3) және 4) тармақшаларында белгіленген шараларды қосымша қолданады.</w:t>
+      Тәуекелдің жоғары деңгейі берілген КЖ/ТҚҚ туралы заңның 1-бабы 3-3) тармақшасының екінші, үшінші, төртінші және бесінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты қор КЖ/ТҚҚ туралы заңның 5-бабының 3-тармағында көзделген шаралардан басқа, осы тармақтың төртінші бөлігінің 1), 2), 3) және 4) тармақшаларында белгіленген шараларды қосымша қолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Еуразиялық экономикалық одаққа кіретін мемлекеттердің азаматтарына қатысты көші-қон карточкалары туралы мәліметтер талап етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4972,106 +4912,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қор жеке тұлғаны (заңды тұлғаның басшысын, құрылтайшыларын (қатысушыларын), бенефициарлық меншік иесін) сәйкестендіру кезінде мынадай деректерді белгілейді және тіркейді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...54 lines deleted...]
-      бенефициарлық меншік иесінің мекенжайын қоспағанда, заңды мекенжайы; </w:t>
+        <w:t>
+      тегі, аты, әкесінің аты (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      азаматтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туған күні мен жері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бенефициарлық меншік иесінің мекенжайын қоспағанда, заңды мекенжайы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке басын куәландыратын құжаттың және (немесе) негізінде сәйкестендіру жүргізілетін өзге құжаттың деректемелері,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5152,70 +5092,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлғаның мемлекеттік тіркеу нөмірі және тіркелген күні, тіркеуші органның атауы (олар болған кезде);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      бизнес сәйкестендіру нөмірі (заңды тұлғаға Қазақстан Республикасының заңнамасына сәйкес бизнес сәйкестендіру нөмірі берілмеген жағдайларды қоспағанда) не бейрезидент-заңды тұлға шет мемлекетте тіркелген нөмір; </w:t>
+        <w:t>
+      орналасқан және тіркелген жері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бизнес сәйкестендіру нөмірі (заңды тұлғаға Қазақстан Республикасының заңнамасына сәйкес бизнес сәйкестендіру нөмірі берілмеген жағдайларды қоспағанда) не бейрезидент-заңды тұлға шет мемлекетте тіркелген нөмір;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басшы (заңды тұлға-клиенттің атынан әрекет етуге уәкілетті өзге тұлға), қаржылық құжаттарға қол қою құқығы бар тұлға туралы деректер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5253,61 +5193,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 69</w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5723,89 +5663,109 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорға өзара іс-қимыл қағидаларына қосымша талаптарды енгізуіне рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шетелдік қаржы ұйымы шартының негізінде КЖ/ТҚҚ туралы заңның 5-бабы 3-тармағының 1), 2), 2-1), 2-2) және 4) тармақшаларында көзделген клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру шараларын қолдануды тапсырған қор қылмыстық жолмен алынған кірістерді заңдастырудың (жылыстатудың) ықтимал тәуекелдерін ескереді және терроризмді қаржыландыру.</w:t>
+      Шетелдік қаржы ұйымы шартының негізінде КЖ/ТҚҚ туралы заңның 5-бабы 3-тармағының 1), 2), 2-1), 2-2) және 4) тармақшаларында көзделген клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру шараларын қолдануды тапсырған қор КЖ/ТҚ ықтимал тәуекелдерін ескереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 27-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6238,72 +6198,52 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Клиенттер операцияларының мониторингі және оны зерделеу бағдарламасы мыналарды қамтиды, бірақ олармен шектелмейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес уәкілетті орган айқындаған, күдікті операцияларды анықтау белгілерінің негізінде жасалған, сондай-ақ қор дербес әзірлеген күдікті операциялар белгілерінің тізбесі;</w:t>
+        <w:t>
+      1) клиенттің қаржы мониторингіне жататын күдікті қызметінің белгілерін қоспағанда, КЖ/ТҚҚ туралы заңның 10-бабының 2-тармағына сәйкес уәкілетті орган айқындаған, күдікті операцияларды анықтау белгілерінің негізінде жасалған, сондай-ақ қор дербес әзірлеген күдікті операциялар белгілерінің тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) қор бөлімшелерінің (қызметкерлерінің) арасында клиент (оның өкілі) және бенефициарлық меншік иесі туралы бұрын алынған мәліметтерді жаңарту және (немесе) қосымша мәліметтер алу бойынша міндеттерді Талаптарда көзделген жағдайларда бөлу; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6433,51 +6373,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 24.02.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z48" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>