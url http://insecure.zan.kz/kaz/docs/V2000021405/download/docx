--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0664401" w14:textId="0664401">
+    <w:p w14:paraId="384a14a" w14:textId="384a14a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Сыртқы iстер министрлiгiнің мекемелерi арқылы Қазақстан Республикасы азаматтарының, шетелдiк азаматтар мен азаматтығы жоқ тұлғалардың құқықтары мен заңды мүдделерiн қамтамасыз етуге қатысты құжаттарды талап ету қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Сыртқы істер министрінің 2020 жылғы 11 қыркүйектегі № 11-1-4/252 және Қазақстан Республикасы Әділет министрінің 2020 жылғы 6 қазандағы № 460 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 12 қазанда № 21405 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Сыртқы істер министрінің 2020 жылғы 11 қыркүйектегі № 11-1-4/252 және Қазақстан Республикасы Әділет министрінің 2020 жылғы 6 қазандағы № 460 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 12 қазанда № 21405 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Президентінің 2016 жылғы 25 сәуірдегі № 240 Жарлығымен бекітілген Қазақстан Республикасы Консулдық жарғысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -368,127 +368,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы бірлескен бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Әділет министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -501,152 +513,163 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Бекетаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Сыртқы істер министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1729,146 +1752,260 @@
         <w:t>
       5. Қайтыс болуы туралы куәліктер қайтыс болғандардың туыстары, шет мемлекеттердің мемлекеттік органдары және ұйымдары ресми мақсаттарда (мұрагерлік іс ашу және басқа да әлеуметтік-құқықтық сипатқа ие мақсаттарда) талап етуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Кәмелетке толмағандардың, сондай-ақ сотпен әрекетке қабілетсіз деп танылған адамдардың талап ету жөніндегі өтініштерін олардың заңды өкілдері (ата-аналары, қамқоршылары, қорғаншылары) береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-тармақ жаңа редакцияда көзделген – ҚР Сыртқы істер министрінің 29.09.2025 № 11-1-4/572 және ҚР Әділет министрінің 30.09.2025 № 535 (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірлескен бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Талап ету үшін "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" 2017 жылғы 25 желтоқсандағы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Салық кодексі)" сәйкес консулдық алым алынады.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Консулдық алым талап ету нәтижелеріне қарамастан алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Қазақстан Республикасынан құжаттарды талап ету тәртібі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Қазақстан Республикасының мемлекеттік органдары мен ұйымдарынан құжаттарды талап ету туралы сұрау салуды жолдау үшін Қазақстан Республикасының азаматтары, шетелдік азаматтар мен азаматтығы жоқ тұлғалар Қазақстан Республикасының шет елдегі мекемесіне келесі құжаттарды: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) еркін нысандағы өтінішті;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1989,70 +2126,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) талап етілетін құжаттың көшірмесін (бар болған жағдайда); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) консулдық алым төленгенін дәлелдейтін құжаттың түпнұсқасын тапсырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Егер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құжаттарды талап ету мәселесімен құжаттарды алуға құқығы жоқ тұлға жүгінсе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2083,51 +2220,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       3) өтініш беруші осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген құжаттарды ұсынбаса, құжаттарды талап ету туралы сұрау салуды жолдаудан бас тартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Қазақстан Республикасының шет елдегі мекемесі құжаттардың осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2142,91 +2279,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес келуін тексергеннен кейін сұрау салуды қоса берілетін құжаттармен бірге (2 дана сауалнама, консулдық алымның төленгенін растайтын құжаттың көшірмесі және осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген қалған құжаттар) Консулдық қызмет департаменті арқылы он бес күнтізбелік күн ішінде Қазақстан Республикасының мемлекеттік органдары мен ұйымдарына жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Консулдық қызмет департаменті он бес күнтізбелік күн ішінде келіп түскен сұрау салуды қоса берілген құжаттармен бірге Қазақстан Республикасының мемлекеттік органдары мен ұйымдарына жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Талап ету жөніндегі сұрау салуларды Қазақстан Республикасының мына мемлекеттік органдары мен ұйымдары: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) азаматтық хал актілерді тіркеу туралы құжаттарды талап ету бойынша – азаматтық хал актілерін тіркеу бөлімдері (тіркеуші органдар);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2309,168 +2446,168 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) саяси оқиғалардың, әскери қимылдардың немесе табиғат апаттарының салдарынан байланыс үзілген, оның ішінде бұрынғы әскери тұтқындар мен еркінен айырылғандар Қазақстан Республикасының аумағында және шет елдерде Қазақстан Республикасы азаматтарының, шетелдік азаматтардың, азаматтығы жоқ тұлғалардың жақын туыстарын іздестіру туралы мәліметтерге, сондай-ақ бұрынғы Кеңестік Социалистік Республикалар Одағы аумағында және одан тыс жерлерде әскери іс-қимыл кезеңдерінде жерленген жауынгерлер мен азаматтық тұлғалардың қабірлерінің сақталғандығы туралы анықтама жүргізуге қатысты құжаттарды талап ету бойынша – Қазақстан Республикасының "Қызыл Ай Қоғамы" қоғамдық бірлестігі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) Емделуде болғаны, кәсіптік аурулары мен қайғылы оқиғалар туралы мәліметтерге қатысты құжаттарды талап ету бойынша - Қазақстан Республикасының Денсаулық сақтау министрлігі мен Қазақстан Республикасының Мәдениет және спорт министрлігі жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасының мемлекеттік органдары мен ұйымдары он бес күнтізбелік күн ішінде сұрау салуларды қарастыру нәтижелері бойынша Консулдық қызмет департаменті арқылы сұрау салған Қазақстан Республикасының шет елдегі мекемесіне талап етілген құжатты жібереді немесе сұрау салуды қанағаттандырудың мүмкін еместігінің себептері туралы не қосымша тексеру қажеттігі туралы жазбаша түрде хабардар етеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Консулдық қызмет департаменті он бес күнтізбелік күн ішінде Қазақстан Республикасының мемлекеттік органдары мен ұйымдарынан келіп түскен жауапты қосымша құжаттарымен бірге Қазақстан Республикасының шет елдегі мекемесіне жолдайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-[...15 lines deleted...]
-      14. Консулдық қызмет департаменті он бес күнтізбелік күн ішінде Қазақстан Республикасының мемлекеттік органдары мен ұйымдарынан келіп түскен жауапты қосымша құжаттарымен бірге Қазақстан Республикасының шет елдегі мекемесіне жолдайды.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Қазақстан Республикасының шет елдегі мекемесі Консулдық қызмет департаментінен жауапты алғаннан кейін он бес күнтізбелік күн ішінде өтініш берушіге талап етілген құжатты немесе сұрау салуды қанағаттандырудың мүмкін еместігінің себептері туралы не қосымша тексеру қажеттігі туралы жазбаша түрде хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...15 lines deleted...]
-      15. Қазақстан Республикасының шет елдегі мекемесі Консулдық қызмет департаментінен жауапты алғаннан кейін он бес күнтізбелік күн ішінде өтініш берушіге талап етілген құжатты немесе сұрау салуды қанағаттандырудың мүмкін еместігінің себептері туралы не қосымша тексеру қажеттігі туралы жазбаша түрде хабардар етеді.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Талап ету мерзімі өтініш берушінің Қазақстан Республикасының шет елдегі мекемесіне құжаттарды тапсырған күнінен бастап есептеледі және төрт айдан аспайды. Қазақстан Республикасының мемлекеттік органдары мен ұйымдары қосымша тексеруді, сондай-ақ пошта арқылы құжаттарды жіберу ұзақ уақыт қажет ететін жағдайда, талап ету мерзімі күнтізбелік отыз күннен аспайтын мерзімге ұзартылады және бұл туралы өтініш берушіге хабарланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
-[...15 lines deleted...]
-      16. Талап ету мерзімі өтініш берушінің Қазақстан Республикасының шет елдегі мекемесіне құжаттарды тапсырған күнінен бастап есептеледі және төрт айдан аспайды. Қазақстан Республикасының мемлекеттік органдары мен ұйымдары қосымша тексеруді, сондай-ақ пошта арқылы құжаттарды жіберу ұзақ уақыт қажет ететін жағдайда, талап ету мерзімі күнтізбелік отыз күннен аспайтын мерзімге ұзартылады және бұл туралы өтініш берушіге хабарланады.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Шет елдерден құжаттарды талап ету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Қазақстан Республикасының мемлекеттік органдары мен ұйымдары құжаттарды шет елдерден талап ету туралы сұрау салуды жолдау үшін Консулдық қызмет департаменті арқылы Қазақстан Республикасының шет елдегі мекемесіне келесі құжаттарды: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2555,190 +2692,190 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өтініш берушінің немесе заңды өкілдің, сенімді тұлғаның дербес деректерді жинауға, өңдеуге келісімін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) талап етілетін құжаттың көшірмесін (бар болған жағдайда) жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Консулдық қызмет департаменті келіп түскен талап ету жөніндегі сұрау салуды он бес күнтізбелік күн ішінде тиісті Қазақстан Республикасының шет елдегі мекемесіне жолдайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Қазақстан Республикасының шет елдегі мекемесі Консулдық қызмет департаментінен сұрау салу келіп түскен күннен бастап он бес күнтізбелік күн ішінде құжаттарды талап ету мәселесі бойынша шет мемлекеттердің құзыретті органдарына жолданады және бұл туралы Консулдық қызмет департаментіне бес жұмыс күні ішінде хабарлайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
-[...15 lines deleted...]
-      19. Қазақстан Республикасының шет елдегі мекемесі Консулдық қызмет департаментінен сұрау салу келіп түскен күннен бастап он бес күнтізбелік күн ішінде құжаттарды талап ету мәселесі бойынша шет мемлекеттердің құзыретті органдарына жолданады және бұл туралы Консулдық қызмет департаментіне бес жұмыс күні ішінде хабарлайды.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Қазақстан Республикасының шет елдегі мекемесі шет мемлекеттердің құзыретті органдарынан жауаптың келіп түсу нәтижесі бойынша он бес күнтізбелік күн ішінде Консулдық қызмет департаменті арқылы Қазақстан Республикасының мемлекеттік органдары мен ұйымдарына талап етілген құжатты қосымшасымен немесе сұрау салуды қанағаттандыру мүмкін еместігінің себебі көрсетілген немесе шет мемлекеттердің құзыретті органдарымен сұрау салуды қарастыруға қосымша мерзімнің қажеттігі туралы жазбаша жауап жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
-[...15 lines deleted...]
-      20. Қазақстан Республикасының шет елдегі мекемесі шет мемлекеттердің құзыретті органдарынан жауаптың келіп түсу нәтижесі бойынша он бес күнтізбелік күн ішінде Консулдық қызмет департаменті арқылы Қазақстан Республикасының мемлекеттік органдары мен ұйымдарына талап етілген құжатты қосымшасымен немесе сұрау салуды қанағаттандыру мүмкін еместігінің себебі көрсетілген немесе шет мемлекеттердің құзыретті органдарымен сұрау салуды қарастыруға қосымша мерзімнің қажеттігі туралы жазбаша жауап жолдайды.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Консулдық қызмет департаменті Қазақстан Республикасының шет елдегі мекемесінен келіп түскен жауапты қосымша құжаттарымен бірге он бес күнтізбелік күн ішінде Қазақстан Республикасының мемлекеттік органдары мен ұйымдарына жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
-[...15 lines deleted...]
-      21. Консулдық қызмет департаменті Қазақстан Республикасының шет елдегі мекемесінен келіп түскен жауапты қосымша құжаттарымен бірге он бес күнтізбелік күн ішінде Қазақстан Республикасының мемлекеттік органдары мен ұйымдарына жолдайды.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Бұрынғы Кеңестік Социалистік Республикалар Одағының шет елдердегі мекемелерінде азаматтық хал актілерін тіркеу туралы куәліктерді бұрын алған Қазақстан Республикасы азаматтарының осындай қайталама куәліктерін Консулдық қызмет департаменті Қазақстан Республикасының Ресей Федерациясындағы мекемесі арқылы талап етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Қазақстан Республикасымен дипломатиялық қатынастар орнатылмаған мемлекеттерден құжаттарды талап ету сол елдерді Қазақстан Республикасының аумағында өкілдік ететін шет мемлекеттердің мекемелері немесе Қазақстан Республикасының шет елдердегі мекемелерінің болу елінің аумағында орналасқан сол елдердің мекемелері арқылы жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта өзгеше көзделмесе, шет мемлекеттерден талап етіп алынған ресми құжаттарды заңдастыру немесе оларға апостиль қою Қазақстан Республикасының заңнамасында белгіленген тәртіпте жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2908,129 +3045,130 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құжаттарды талап ету жөніндегі сауалнама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11831"/>
-        <w:gridCol w:w="469"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сұрақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3069,863 +3207,859 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжаттары талап етілетін адамдарға қатысты көрсетілетін мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескертпе:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мәліметтерді мемлекеттік немесе орыс және шетел тілінде көрсетіңіз;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тегіңізді ауыстырған болсаңыз олардың бәрін көрсетіңіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Туған күні, айы, жылы және туған жері</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескертпе:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ауыл, қала, аудан, облыс, егер шет елде туылған жағдайда сол елді көрсетіңіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. Жынысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Азаматтығы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескертпе:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 егер ауыстырған болсаңыз барлық бұрынғы азаматтықтарыңызды көрсетіңіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Ұлты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Қандай құжат талап етіледі:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескертпе:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 егер азаматтық хал актілерін тіркеу туралы құжат талап етілсе, оның нақты жерін және уақытын, сондай-ақ туу туралы құжат талап етілсе, ата-анасының аты-жөнін, әкесінің атын (бар болған жағдайда) көрсетіңіз;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 егер білім туралы құжат талап етілсе, оқу орынның атауын және мекенжайын, оқуға түсу және бітіру күнін, құжаттың нөмірін және сериясын көрсетіңіз;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 егер еңбек өтілі туралы құжат талап етілсе, мекеменің атауын, мекенжайын, жұмыс мерзімін және лауазымын көрсетіңіз;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 егер шет елде бекітілген зейнетақы туралы құжат талап етілсе, сол зейнетақы қашан, не үшін және қандай ұйым бекіткенін, сондай-ақ соңғы рет зейнетақыны қандай ұйым және қашан төлегені туралы мәліметті көрсетіңіз;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кәсіпорынның, мекеменің және оқу орынның атауын мүмкіндігінше шет тілінде көрсетіңіз.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7. Құжатты талап етудің мақсаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8. Тұрғылықты мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3933,441 +4067,406 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа адамның құжаттары талап етілген жағдайда өтініш берушіге қатысты мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9. Тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10. Туған күні, айы, жылы және туған жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11. Азаматтығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12. Талап етілетін құжаттың иесіне туыстық қатынасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11831" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13. Тұрғылықты мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="469" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Толтыру күні:______________                   ________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -4413,55 +4512,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4787,31 +4886,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>