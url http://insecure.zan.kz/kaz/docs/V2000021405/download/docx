--- v1 (2025-11-26)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="384a14a" w14:textId="384a14a">
+    <w:p w14:paraId="2869759" w14:textId="2869759">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1752,260 +1752,228 @@
         <w:t>
       5. Қайтыс болуы туралы куәліктер қайтыс болғандардың туыстары, шет мемлекеттердің мемлекеттік органдары және ұйымдары ресми мақсаттарда (мұрагерлік іс ашу және басқа да әлеуметтік-құқықтық сипатқа ие мақсаттарда) талап етуі мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Кәмелетке толмағандардың, сондай-ақ сотпен әрекетке қабілетсіз деп танылған адамдардың талап ету жөніндегі өтініштерін олардың заңды өкілдері (ата-аналары, қамқоршылары, қорғаншылары) береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Құжатты Қазақстан Республикасынан талап ету үшін Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Салық кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес консулдық алым алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Консулдық алым талап ету нәтижелеріне қарамастан алынады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда – ҚР Сыртқы істер министрінің 29.09.2025 № 11-1-4/572 және ҚР Әділет министрінің 30.09.2025 № 535 (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> енгізіледі) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бірлескен бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...120 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="17"/>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Қазақстан Республикасынан құжаттарды талап ету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Қазақстан Республикасының мемлекеттік органдары мен ұйымдарынан құжаттарды талап ету туралы сұрау салуды жолдау үшін Қазақстан Республикасының азаматтары, шетелдік азаматтар мен азаматтығы жоқ тұлғалар Қазақстан Республикасының шет елдегі мекемесіне келесі құжаттарды: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) еркін нысандағы өтінішті;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2126,70 +2094,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) талап етілетін құжаттың көшірмесін (бар болған жағдайда); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) консулдық алым төленгенін дәлелдейтін құжаттың түпнұсқасын тапсырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Егер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құжаттарды талап ету мәселесімен құжаттарды алуға құқығы жоқ тұлға жүгінсе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2220,51 +2188,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       3) өтініш беруші осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген құжаттарды ұсынбаса, құжаттарды талап ету туралы сұрау салуды жолдаудан бас тартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Қазақстан Республикасының шет елдегі мекемесі құжаттардың осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2279,91 +2247,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес келуін тексергеннен кейін сұрау салуды қоса берілетін құжаттармен бірге (2 дана сауалнама, консулдық алымның төленгенін растайтын құжаттың көшірмесі және осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген қалған құжаттар) Консулдық қызмет департаменті арқылы он бес күнтізбелік күн ішінде Қазақстан Республикасының мемлекеттік органдары мен ұйымдарына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Консулдық қызмет департаменті он бес күнтізбелік күн ішінде келіп түскен сұрау салуды қоса берілген құжаттармен бірге Қазақстан Республикасының мемлекеттік органдары мен ұйымдарына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Талап ету жөніндегі сұрау салуларды Қазақстан Республикасының мына мемлекеттік органдары мен ұйымдары: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) азаматтық хал актілерді тіркеу туралы құжаттарды талап ету бойынша – азаматтық хал актілерін тіркеу бөлімдері (тіркеуші органдар);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2446,168 +2414,168 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) саяси оқиғалардың, әскери қимылдардың немесе табиғат апаттарының салдарынан байланыс үзілген, оның ішінде бұрынғы әскери тұтқындар мен еркінен айырылғандар Қазақстан Республикасының аумағында және шет елдерде Қазақстан Республикасы азаматтарының, шетелдік азаматтардың, азаматтығы жоқ тұлғалардың жақын туыстарын іздестіру туралы мәліметтерге, сондай-ақ бұрынғы Кеңестік Социалистік Республикалар Одағы аумағында және одан тыс жерлерде әскери іс-қимыл кезеңдерінде жерленген жауынгерлер мен азаматтық тұлғалардың қабірлерінің сақталғандығы туралы анықтама жүргізуге қатысты құжаттарды талап ету бойынша – Қазақстан Республикасының "Қызыл Ай Қоғамы" қоғамдық бірлестігі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) Емделуде болғаны, кәсіптік аурулары мен қайғылы оқиғалар туралы мәліметтерге қатысты құжаттарды талап ету бойынша - Қазақстан Республикасының Денсаулық сақтау министрлігі мен Қазақстан Республикасының Мәдениет және спорт министрлігі жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Қазақстан Республикасының мемлекеттік органдары мен ұйымдары он бес күнтізбелік күн ішінде сұрау салуларды қарастыру нәтижелері бойынша Консулдық қызмет департаменті арқылы сұрау салған Қазақстан Республикасының шет елдегі мекемесіне талап етілген құжатты жібереді немесе сұрау салуды қанағаттандырудың мүмкін еместігінің себептері туралы не қосымша тексеру қажеттігі туралы жазбаша түрде хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Консулдық қызмет департаменті он бес күнтізбелік күн ішінде Қазақстан Республикасының мемлекеттік органдары мен ұйымдарынан келіп түскен жауапты қосымша құжаттарымен бірге Қазақстан Республикасының шет елдегі мекемесіне жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қазақстан Республикасының шет елдегі мекемесі Консулдық қызмет департаментінен жауапты алғаннан кейін он бес күнтізбелік күн ішінде өтініш берушіге талап етілген құжатты немесе сұрау салуды қанағаттандырудың мүмкін еместігінің себептері туралы не қосымша тексеру қажеттігі туралы жазбаша түрде хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Талап ету мерзімі өтініш берушінің Қазақстан Республикасының шет елдегі мекемесіне құжаттарды тапсырған күнінен бастап есептеледі және төрт айдан аспайды. Қазақстан Республикасының мемлекеттік органдары мен ұйымдары қосымша тексеруді, сондай-ақ пошта арқылы құжаттарды жіберу ұзақ уақыт қажет ететін жағдайда, талап ету мерзімі күнтізбелік отыз күннен аспайтын мерзімге ұзартылады және бұл туралы өтініш берушіге хабарланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Шет елдерден құжаттарды талап ету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Қазақстан Республикасының мемлекеттік органдары мен ұйымдары құжаттарды шет елдерден талап ету туралы сұрау салуды жолдау үшін Консулдық қызмет департаменті арқылы Қазақстан Республикасының шет елдегі мекемесіне келесі құжаттарды: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2692,190 +2660,190 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өтініш берушінің немесе заңды өкілдің, сенімді тұлғаның дербес деректерді жинауға, өңдеуге келісімін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) талап етілетін құжаттың көшірмесін (бар болған жағдайда) жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Консулдық қызмет департаменті келіп түскен талап ету жөніндегі сұрау салуды он бес күнтізбелік күн ішінде тиісті Қазақстан Республикасының шет елдегі мекемесіне жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қазақстан Республикасының шет елдегі мекемесі Консулдық қызмет департаментінен сұрау салу келіп түскен күннен бастап он бес күнтізбелік күн ішінде құжаттарды талап ету мәселесі бойынша шет мемлекеттердің құзыретті органдарына жолданады және бұл туралы Консулдық қызмет департаментіне бес жұмыс күні ішінде хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қазақстан Республикасының шет елдегі мекемесі шет мемлекеттердің құзыретті органдарынан жауаптың келіп түсу нәтижесі бойынша он бес күнтізбелік күн ішінде Консулдық қызмет департаменті арқылы Қазақстан Республикасының мемлекеттік органдары мен ұйымдарына талап етілген құжатты қосымшасымен немесе сұрау салуды қанағаттандыру мүмкін еместігінің себебі көрсетілген немесе шет мемлекеттердің құзыретті органдарымен сұрау салуды қарастыруға қосымша мерзімнің қажеттігі туралы жазбаша жауап жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Консулдық қызмет департаменті Қазақстан Республикасының шет елдегі мекемесінен келіп түскен жауапты қосымша құжаттарымен бірге он бес күнтізбелік күн ішінде Қазақстан Республикасының мемлекеттік органдары мен ұйымдарына жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Бұрынғы Кеңестік Социалистік Республикалар Одағының шет елдердегі мекемелерінде азаматтық хал актілерін тіркеу туралы куәліктерді бұрын алған Қазақстан Республикасы азаматтарының осындай қайталама куәліктерін Консулдық қызмет департаменті Қазақстан Республикасының Ресей Федерациясындағы мекемесі арқылы талап етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Қазақстан Республикасымен дипломатиялық қатынастар орнатылмаған мемлекеттерден құжаттарды талап ету сол елдерді Қазақстан Республикасының аумағында өкілдік ететін шет мемлекеттердің мекемелері немесе Қазақстан Республикасының шет елдердегі мекемелерінің болу елінің аумағында орналасқан сол елдердің мекемелері арқылы жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта өзгеше көзделмесе, шет мемлекеттерден талап етіп алынған ресми құжаттарды заңдастыру немесе оларға апостиль қою Қазақстан Республикасының заңнамасында белгіленген тәртіпте жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3045,68 +3013,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құжаттарды талап ету жөніндегі сауалнама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4512,55 +4480,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>