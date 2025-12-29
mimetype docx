--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="60feb41" w14:textId="60feb41">
+    <w:p w14:paraId="b166ef0" w14:textId="b166ef0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1651,943 +1651,819 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы көрсетілетін қызметті берушіге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z79" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z80" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-</w:t>
-[...77 lines deleted...]
-</w:t>
+      2) сараптама қорытындысының электрондық көшірмесін жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сараптама қорытындысы Негізгі талаптар тізбесіне қосымшада көзделген талаптарды қамтиды. Ұсынылған құжаттар көшірмелерінің әрбір парағы көрсетілетін қызметті алушының қолымен және мөрімен (болған жағдайда) куәландырылады немесе құжаттардың көшірмелері тігіледі және олардың соңғы беттері көрсетілетін қызметті алушының қолымен және мөрімен (болған жағдайда) куәландырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>
-      2) сараптама қорытындысының электрондық көшірмесін жолдайды.</w:t>
-[...18 lines deleted...]
-      Сараптама қорытындысы Негізгі талаптар тізбесіне қосымшада көзделген талаптарды қамтиды. Ұсынылған құжаттар көшірмелерінің әрбір парағы көрсетілетін қызметті алушының қолымен және мөрімен (болған жағдайда) куәландырылады немесе құжаттардың көшірмелері тігіледі және олардың соңғы беттері көрсетілетін қызметті алушының қолымен және мөрімен (болған жағдайда) куәландырылады. </w:t>
+      Көрсетілетін қызметті алушының барлық қажетті құжаттарды портал арқылы берген кезде - көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызметті көрсету үшін сұрауды қабылдау туралы мәртебесі мемлекеттік көрсетілетін қызмет нәтижесін алу күнін корсете отырып көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушының барлық қажетті құжаттарды портал арқылы берген кезде - көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызметті көрсету үшін сұрауды қабылдау туралы мәртебесі мемлекеттік көрсетілетін қызмет нәтижесін алу күнін корсете отырып көрсетіледі.</w:t>
+      Құжаттарды қарау және мемлекеттік қызмет нәтижесін берудің жалпы мерзімі 3 (үш) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттарды қарау және мемлекеттік қызмет нәтижесін берудің жалпы мерзімі 3 (үш) жұмыс күнін құрайды.</w:t>
+      Көрсетілетін қызметті берушінің кеңсе қызметкері құжаттар мен мәліметтерді олар келіп түскен күні қабылдауды және тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің басшысына, не болмаса оны алмастыратын тұлғаға жібереді, ол жауапты орындаушыны тағайындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті берушінің кеңсе қызметкері құжаттар мен мәліметтерді олар келіп түскен күні қабылдауды және тіркеуді жүзеге асырады және көрсетілетін қызметті берушінің басшысына, не болмаса оны алмастыратын тұлғаға жібереді, ол жауапты орындаушыны тағайындайды.</w:t>
+      Өтініш беруші жұмыс уақыты аяқталғаннан кейін демалыс және мереке күндері Қазақстан Республикасының еңбек заңнамасына сәйкес жүгінген жағдайда, өтінішті қабылдау және Мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің м.а. 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Жауапты орындаушы екі жұмыс күні ішінде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген ұсынылған құжаттардың толықтығын тексереді және ұсынылған құжаттардың толық болмау фактісі анықталған жағдайда, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті беруші басшысының не оны алмастыратын адамның ЭЦҚ-мен қол қойылған дәлелді бас тартуды дайындайды және оны портал арқылы электрондық құжат нысанында көрсетілетін қызметті алушының жеке кабинетіне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген құжаттардың толық топтамасын ұсынған жағдайда, көрсетілетін қызметті беруші ұсынылған құжаттар мен оларда көрсетілген мәліметтердің өнеркәсіптік қауіпсіздік саласындағы нормативтік құқықтық актілердің талаптарына сәйкестігін тексереді және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандар бойынша мемлекеттік қызмет көрсету нәтижесін ресімдейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының заңнамасымен белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баяндалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Өтініш беруші жұмыс уақыты аяқталғаннан кейін демалыс және мереке күндері Қазақстан Республикасының еңбек заңнамасына сәйкес жүгінген жағдайда, өтінішті қабылдау және Мемлекеттік қызмет көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      Мемлекеттік қызметті көрсету нәтижесіне көрсетілетін қызметті беруші басшысының не оны алмастыратын адамның ЭЦҚ-мен қол қойылады және портал арқылы көрсетілетін қызметті алушының "жеке кабинетіне" электрондық құжат нысанында жолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің м.а. 15.04.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 137</w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">7-1. Алып тасталды - ҚР Төтенше жағдайлар министрінің м.а. 15.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 137</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...42 lines deleted...]
-      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...362 lines deleted...]
-        </w:rPr>
         <w:t>
       8. Көрсетілетін қызметті беруші мемлекеттік қызметті көрсету сатысы туралы деректерді ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
-      </w:r>
-[...73 lines deleted...]
-      10. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шағым көрсетілетін қызметті берушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
+      Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызметті көрсету кезінде мемлекеттік қызметті көрсету сатысы туралы деректер мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне автоматты режимде түседі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      Өнеркәсіптік қауіпсіздік саласындағы уәкілетті орган үш жұмыс күні ішінде "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторына, сондай-ақ Бірыңғай байланыс орталығына осы Қағидаларға енгізілген өзгерістер мен толықтырулар туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік қызметті көрсету үшін қажетті мәліметтерді қамтитын ақпараттық жүйе істен шыққан жағдайда, көрсетілетін қызметті беруші 1 (бір) жұмыс күні ішінде "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторын (бұдан әрі - Оператор) sd@nitec.kz электрондық пошта бойынша бірыңғай қолдау қызметіне сұрау жіберу арқылы мемлекеттік көрсетілетін қызметтің атауы, өтініштің әкімшілік құжатының нөмірі мен коды немесе өтініштің бірегей сәйкестендіру нөмірі (УИНЗ), әкімшілік құжаттың нөмірі мен коды (РД НИКАД) немесе рұқсат беру құжатының бірегей сәйкестендіру нөмірі (УИНРД), жеке сәйкестендіру нөмірі (ЖСН) немесе көрсетілетін қызметті алушының бизнес-сәйкестендіру нөмірі (БСН) бойынша ақпаратты міндетті түрде ұсына отырып, авторландыру сәтінен бастап қатенің нақты уақытын көрсете отырып, қате пайда болған сәтке дейін қадамдық скриншоттарды қоса бере отырып хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушінің мемлекеттік қызметтерді көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздіктеріне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым көрсетілетін қызметті берушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Бұл ретте көрсетілетін қызметті беруші, лауазымды адам, шешімге, әрекетке (әрекетсіздікке) шағым жасайды, егер ол 3 (үш) күн ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2609,90 +2485,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он алпыс өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы ол тіркелген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2783,90 +2659,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Көрсетілетін қызметті берушінің, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қажет болған жағдайда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2939,90 +2815,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он алпыс өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Егер Заңда өзгеше көзделмесе, сотқа шағым жасауға Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3252,57 +3128,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Төтенше жағдайлар министрінің м.а. 15.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -4675,135 +4544,50 @@
               <w:t>
 2) www.egov.kz. порталында.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефоны: "1414", +7 (800) 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...83 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4947,547 +4731,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптар тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...495 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша алып тасталды - ҚР Төтенше жағдайлар министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6389,51 +5714,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша алынып тасталды - ҚР Төтенше жағдайлар министрінің 02.06.2021 </w:t>
+      Ескерту. 3-қосымша алып тасталды - ҚР Төтенше жағдайлар министрінің 02.06.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 256</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>