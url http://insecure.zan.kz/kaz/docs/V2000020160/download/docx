--- v0 (2025-10-10)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6b81be2" w14:textId="6b81be2">
+    <w:p w14:paraId="4b3d0a9" w14:textId="4b3d0a9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,140 +150,100 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы 11-бабының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
+      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы 11-бабының 3-2-тармағына, "Әлеуметтік-экономикалық тұрақтылықты қамтамасыз ету жөніндегі шаралар туралы" Қазақстан Республикасы Президентінің 2020 жылғы 16 наурыздағы № 286 Жарлығына сәйкес, Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -974,111 +934,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-бөлім. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 3-2-тармағының екінші абзацына сәйкес әзірленді және екінші деңгейдегі банктерге, Қазақстан Республикасы бейрезидент-банктерінің филиалдары мен Ұлттық пошта операторына (бұдан әрі – банк) қолданылады.</w:t>
+        <w:t>
+      1. Осы Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында екінші деңгейдегі банктер, Қазақстан Республикасы бейрезидент-банктерінің филиалдары мен Ұлттық пошта операторы үшін ішкі бақылау қағидаларына қойылатын талаптар (бұдан әрі – Талаптар) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының (бұдан әрі – КЖ/ТҚҚ туралы заң) 11-бабы 3-2-тармағының екінші абзацына сәйкес әзірленді және екінші деңгейдегі банктерге, Қазақстан Республикасы бейрезидент-банктерінің филиалдары мен Ұлттық пошта операторына (бұдан әрі – банк) қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 69</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1133,92 +1073,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Талаптардың мақсаттары үшін мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> 4-тармағына сәйкес міндетті түрде зерделенуге тиіс операциясы (мәмілесі);</w:t>
+        <w:t>
+      1) әдеттегіден тыс операция (мәміле) – клиенттің КЖ/ТҚҚ туралы заңның 10-бабының 2-тармағына сәйкес қаржы мониторингін жүзеге асыратын және қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға, жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жөніндегі өзге де шараларды қабылдайтын уәкілетті орган (бұдан әрі – уәкілетті орган) айқындаған, сондай-ақ клиенттің қаржы мониторингіне жататын күдікті қызметінің белгілерін қоспағанда, банк дербес әзірлеген күдікті операцияны және қаржы мониторингіне жататын клиенттің күдікті қызметін (бұдан әрі бірге – күдікті операция) айқындау белгілері ескеріле отырып, КЖ/ТҚҚ туралы заңның 4-бабының 4-тармағына сәйкес міндетті түрде зерделенуге тиіс операциясы (мәмілесі);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) біржолғы операция (мәміле) – банктің жеке тұлғаның банктік шотына ақшаны есептеу не қолма-қол ақшаны қабылдауға, банк шотын пайдаланбай қолма-қол ақшасыз төлемге немесе ақша аударымына арналған жабдық (құрылғы) арқылы көрсетілетін қызметтерді берушінің пайдасына төлем жүргізу, айырбастау пунктінде қолма-қол шетел валютасын сатып алу, сату немесе айырбастау, осындай клиенттің банктік шотына қол жеткізу құралы болып табылмайтын төлем карточкасын пайдалану, мемлекеттік органдардың пайдасына атқарушылық іс жүргізу шеңберінде берешекті жабдық (құрылғы) арқылы төлеу, айырбастау пункттері арқылы тазартылған құйма алтынды сатып алу бойынша қызметтер көрсетуі, сондай-ақ банктің сәйкестендірілмеген электрондық ақша иелеріне электрондық ақшаны сатып алу және пайдалану жөніндегі операцияларды жүргізу арқылы қызметтер көрсетуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1368,50 +1268,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2742,121 +2662,121 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z52" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 6-тармағына сәйкес КЖ/ТҚ тәуекелдерін бағалау есебінен жарияланған ақпаратты ескереді.</w:t>
+        <w:t>
+      13-1. Банк КЖ/ТҚ тәуекелдерін басқару бағдарламасын іске асырған кезде КЖ/ТҚҚ туралы заңның 11-1-бабының 7-тармағына сәйкес КЖ/ТҚ тәуекелдерін ұлттық бағалау бойынша жарияланған ақпаратты ескереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Талаптар 13-1-тармақпен толықтырылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (15.11.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (15.11.2020 бастап қолданысқа енгізіледі) қаулысымен; жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z53" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4770,129 +4690,125 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-бөлім. Клиенттерді сәйкестендіру бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z34" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> талаптарын іске асыру мақсатында банк клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін сәйкестендіру бағдарламасын әзірлейді.</w:t>
+        <w:t>
+      21. Клиентті (оның өкілін) және бенефициарлық меншік иесін тиісінше тексеру бойынша КЖ/ТҚҚ туралы заңның талаптарын іске асыру мақсатында банк клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін сәйкестендіру бағдарламасын әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...38 lines deleted...]
-      Бенефициарлық меншік иесін анықтау үшін клиент (оның өкілі) және бенефициарлық меншік иесі ұсынған мәліметтер заңды тұлғалардың бенефициарлық меншік иелерінің тізілімінде (бұдан әрі – Тізілім) көрсетілген мәліметтермен салыстырып тексеріледі. Тізілімде мұндай тұлғалар бойынша мәліметтер болмаған кезде ұсынылған мәліметтер басқа дереккөздерден алынған мәліметтермен салыстырып тексеріледі.</w:t>
+        <w:t>
+      Клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру банктің клиент (оның өкілі) туралы мәліметтерді тіркеу, бенефициарлық меншік иесін анықтау және ол туралы мәліметтерді тіркеу, іскерлік қатынастардың болжамды мақсатын немесе біржолғы операцияны (мәмілені) белгілеу және тіркеу жөніндегі іс-шараларды жүргізуінен, жасалатын операцияларды қаржыландыру көзі туралы мәліметтерді алуды және тіркеуді, сондай-ақ КЖ/ТҚҚ туралы заңда көзделген клиент және оның өкілдері туралы өзге де мәліметтерді алуды және тіркеуді қоса алғанда, іскерлік қатынастарды тексеруді және банк арқылы клиент жүзеге асыратын операцияларды зерделеуді тұрақты негізде жүргізуден тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиентті (оның өкілін), бенефициарлық меншік иесін сәйкестендіруді және тиісінше тексеруді банк клиент (оның өкілі) ұсынатын не өзге дереккөздерден, оның ішінде скорингтік модульдегі тексеру қорытындылары бойынша алынған ақпарат және (немесе) құжаттар негізінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бенефициарлық меншік иесін анықтау үшін клиент (оның өкілі) және бенефициарлық меншік иесі ұсынған мәліметтер заңды тұлғалардың бенефициарлық меншік иелерінің тізілімінде (бұдан әрі – Тізілім) көрсетілген мәліметтермен салыстырып тексеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тізілімде мұндай тұлғалар бойынша мәліметтер болмаған кезде ұсынылған мәліметтер басқа дереккөздерден алынған мәліметтермен салыстырып тексеріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды тұлға-клиенттің, заңды тұлға құрмай шетелдік құрылымның жарғылық капиталға қатысу үлестерінің не орналастырылған (артықшылықты және қоғам сатып алған акцияларды шегергенде) акцияларының жиырма бес пайызынан астамы тікелей немесе жанама түрде тиесілі жеке тұлғаның бенефициарлық меншік иесі болып табылатынына күмән үшін негіздер болған кезде, басқа түрде не оның мүддесінде клиент-заңды тұлға, заңды тұлға құрмай шетелдік құрылым ақшамен және (немесе) өзге мүлікпен операциялар жасайтын клиент-заңды тұлғаға, заңды тұлға құрмай шетелдік құрылымға бақылауды жүзеге асыратын жеке тұлғаны бенефициарлық меншік иесі деп тануға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4912,61 +4828,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5310,51 +5226,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк берілген сенімхат негізінде клиенттің атынан іс-қимыл жасайтын клиенттің өкілі арқылы іскерлік қатынастар орнатқан клиентке қатысты банк шығыс немесе кіріс операцияларын жүргізгенге дейін қосымша клиентті биометриялық сәйкестендіруді жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Клиентпен іскерлік қатынастарды қашықтан орнату кезінде, клиент ұялы байланыс құрылғысының абоненттік нөмірін не электрондық банк қызметтеріне қол жеткізу үшін пайдаланылатын ұялы байланыс абоненттік құрылғысын ауыстырған кезде банк клиентті биометриялық сәйкестендіруді (аутентификаттауды) міндетті түрде жүргізе отырып, клиентті екі факторлы сәйкестендіру қолданады. Клиентті биометриялық сәйкестендіруді жүргізу үшін Сәйкестендіру деректерімен алмасу орталығының қызметтерін қолдануға жол беріледі (клиенттердің сәйкестендіру рәсімдерін жүргізу үшін қолжетімді дереккөздерден клиенттің деректерімен алмасу бойынша банктермен өзара іс-қимылды қамтамасыз ететін банкаралық ақша аудару жүйесінің операциялық орталығы). Клиентті сәйкестендірудің (аутентификаттаудың) екінші тәсілін банк Қазақстан Республикасының төлемдер және төлем жүйелері туралы, қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасына сәйкес дербес айқындайды. Банк клиентті биометриялық сәйкестендіруді жүргізу кезінде қозғалысты анықтау технологиясын пайдалана отырып, клиентпен бейнеконференция сеансының жазбасын немесе клиенттің ағымдағы алынған суретін клиентпен іскерлік қатынастар тоқтатылған күннен бастап кемінде бес жыл бойы, оның ішінде аутсорсинг негізінде сақтауды қамтамасыз етеді.</w:t>
+      Клиентпен іскерлік қатынастарды қашықтан орнату кезінде, клиент ұялы байланыс құрылғысының абоненттік нөмірін не электрондық банк қызметтеріне қол жеткізу үшін пайдаланылатын ұялы байланыс абоненттік құрылғысын ауыстырған кезде банк клиентті биометриялық сәйкестендіруді (аутентификаттауды) міндетті түрде жүргізе отырып, клиентті екі факторлы сәйкестендіру қолданады. Клиентті биометриялық сәйкестендіруді жүргізу үшін Сәйкестендіру деректерімен алмасу орталығының қызметтерін қолдануға жол беріледі (клиенттердің сәйкестендіру рәсімдерін жүргізу үшін қолжетімді дереккөздерден клиенттің деректерімен алмасу бойынша банктермен өзара іс-қимылды қамтамасыз ететін банкаралық ақша аудару жүйесінің операциялық орталығы). Клиентті сәйкестендірудің (аутентификаттаудың) екінші тәсілін банк Қазақстан Республикасының төлемдер және төлем жүйелері туралы, қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасына сәйкес дербес айқындайды. Банк клиентті биометриялық сәйкестендіруді жүргізу кезінде қозғалысты анықтау технологиясын пайдалана отырып, клиентпен бейнеконференция сеансының жазбасын немесе клиенттің ағымдағы алынған суретін клиентпен іскерлік қатынастар тоқтатылған күннен бастап кемінде бес жыл бойы, оның ішінде аутсорсинг негізінде сақтауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиентпен іскерлік қатынастарды қашықтықтан белгілеу және (немесе) оған электрондық банк қызметтерін көрсету кезінде банк банктік шот (банктік шоттар) бойынша операцияларды жүргізу кезінде клиенттің, оның ішінде төлем карточкасын (төлем карточкаларын), Қазақстан Республикасының резиденті – байланыс операторы берген және клиентке немесе жұбайына (зайыбына), клиенттің жақын туысына тіркелген ұялы байланыс құрылғысының бір абоненттік нөмірін пайдалана отырып, клиенттің пайдалануын бақылауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5724,50 +5640,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 25.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z56" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6240,51 +6176,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) клиент күдікті операция (мәміле) жасаған (жасауға әрекет еткен);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) клиент қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамасы бар операцияны (мәмілені) жасаған;</w:t>
+      3) клиент қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамасы бар операцияны (мәмілені) жасаған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиент әдеттегіден тыс операция (мәміле) жасаған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6470,50 +6406,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z38" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7007,88 +6963,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z39" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру барысында банк мұндай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің Тізбеде және ЖҚҚТҚ тізбесінде болуына тексеру жүргізеді.</w:t>
+      26. Клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру барысында банк мұндай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің Тізбеде және ЖҚҚТҚҚ тізбесінде болуына тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Банк клиентті (оның өкілін) сәйкестендіру және бенефициарлық меншік иесін анықтау барысында мұндай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің жария лауазымды тұлғаларға, олардың жұбайларына (зайыптарына) және жақын туыстарына тиесілігіне тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Банктер КЖ/ТҚҚ туралы заңның 1-бабы 3-2) тармақшасының алтыншы, жетінші және сегізінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты:</w:t>
+      Банктер КЖ/ТҚҚ туралы заңның 1-бабы 3-3) тармақшасының алтыншы, жетінші және сегізінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жария лауазымды тұлғаның беделін оның КЖ/ТҚ жағдайларына қатыстылығына қарай бағалауды жүзеге асыруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7134,105 +7090,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру жөнінде тұрақты негізде күшейтілген шаралар қабылдауға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тәуекелдің жоғары деңгейі берілген КЖ/ТҚҚ туралы заңның 1-бабы 3-2) тармақшасының екінші, үшінші, төртінші және бесінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты КЖ/ТҚҚ туралы заңның 5-бабының 3-тармағында көзделген шаралардан басқа, банк қосымша осы тармақтың үшінші бөлігінің 1), 2), 3) және 4) тармақшаларында белгіленген шараларды қолданады.</w:t>
+      Тәуекелдің жоғары деңгейі берілген КЖ/ТҚҚ туралы заңның 1-бабы 3-3) тармақшасының екінші, үшінші, төртінші және бесінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты КЖ/ТҚҚ туралы заңның 5-бабының 3-тармағында көзделген шаралардан басқа, банк қосымша осы тармақтың үшінші бөлігінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1), 2), 3) және 4) тармақшаларында белгіленген шараларды қолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Еуразиялық экономикалық одаққа кіретін мемлекеттердің азаматтарына қатысты көші-қон карточкалары туралы мәліметтер алу талап етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Клиенттің (оның өкілінің) және бенефициарлық меншік иесінің Тізбеде және ЖҚҚТҚ тізбесінде болуын (Тізбеге және ЖҚҚТҚ тізбесіне енгізілуін) тексеру клиенттің тәуекел деңгейіне байланысты емес және Тізбеге және ЖҚҚТҚ тізбесіне өзгерістер енгізілуіне (Тізбенің және ЖҚҚТҚ тізбесінің жаңартылуына) қарай жүзеге асырылады.</w:t>
-[...17 lines deleted...]
-      Банк жеке тұлғаны (заңды тұлғаның немесе заңды тұлға құрмай шетелдік құрылым басшысын, құрылтайшыларды (қатысушыларды) бенефициарлық меншік иесін) сәйкестендіру кезінде мынадай деректерді белгілейді және тіркейді: </w:t>
+      Клиенттің (оның өкілінің) және бенефициарлық меншік иесінің Тізбеде және ЖҚҚТҚҚ тізбесінде болуын (Тізбеге және ЖҚҚТҚҚ тізбесіне енгізілуін) тексеру клиенттің тәуекел деңгейіне байланысты емес және Тізбеге және ЖҚҚТҚҚ тізбесіне өзгерістер енгізілуіне (Тізбенің және ЖҚҚТҚҚ тізбесінің жаңартылуына) қарай жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банк жеке тұлғаны (заңды тұлғаның немесе заңды тұлға құрмай шетелдік құрылым басшысын, құрылтайшыларды (қатысушыларды) бенефициарлық меншік иесін) сәйкестендіру кезінде мынадай деректерді белгілейді және тіркейді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тегі, аты, әкесінің аты (бар болса);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7367,70 +7341,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       атауы, ұйымның тіркеу нөмірі және мемлекеттік тіркелген күні, тіркеуші органның атауы (олар бар болса);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      бизнес-сәйкестендіру нөмірі (заңды тұлғаға Қазақстан Республикасының заңнамасына сәйкес бизнес-сәйкестендіру нөмірі берілмеген жағдайларды қоспағанда); </w:t>
+        <w:t>
+      тіркелген немесе орналасқан жерінің мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бизнес-сәйкестендіру нөмірі (заңды тұлғаға Қазақстан Республикасының заңнамасына сәйкес бизнес-сәйкестендіру нөмірі берілмеген жағдайларды қоспағанда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызмет түрі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7493,126 +7467,126 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлға құрмай шетелдік құрылым шет мемлекетте (аумақта) тіркелген атауы, нөмірі (бар болса);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      қызмет сипаты; </w:t>
+        <w:t>
+      негізгі қызметті жүргізу орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қызмет сипаты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқарудағы (меншіктегі) мүліктің құрамы (құрылымы немесе функциясы ұқсас трасттар мен заңды тұлға құрмай өзге де шетелдік құрылымдарға қатысты).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 69</w:t>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -7803,72 +7777,52 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасы төмендегілерден тұрады, бірақ олармен шектелмейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес қаржылық мониторинг жөніндегі уәкілетті орган анықтаған, сондай-ақ банк дербес түрде әзірлеген күдікті операцияларды анықтау белгілерінің негізінде құрылған күдікті операциялар белгілерінің тізбесі;</w:t>
+        <w:t>
+      1) клиенттің қаржы мониторингіне жататын күдікті қызметінің белгілерін қоспағанда, КЖ/ТҚҚ туралы заңның 10-бабының 2-тармағына сәйкес қаржылық мониторинг жөніндегі уәкілетті орган анықтаған, сондай-ақ банк дербес түрде әзірлеген күдікті операцияларды анықтау белгілерінің негізінде жасалған күдікті операциялар белгілерінің тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) клиенттің КЖ/ТҚҚ туралы заңның 4-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -8092,51 +8046,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 24.02.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z44" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -8813,118 +8787,118 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z47" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. Операцияны шекті ретінде жіктеудің заңды болуы бөлігінде күмән туындаған кезде, сондай-ақ әдеттен тыс, күдікті операцияны немесе қылмыстық жолмен алынған кірістерді заңдастырудың (жылыстатудың) және терроризмді қаржыландырудың үлгілеріне, схемаларына және тәсілдеріне сәйкес келетін сипаттамалары бар операцияларды анықтаған кезде, аталған операцияны анықтаған банк қызметкері мұндай операция туралы жауапты қызметкерге (КЖ/ТҚҚ жөніндегі бөлімшеге) банктің ішкі құжаттарында белгіленген тәртіппен, нысанда және мерзімде хабарлама жібереді.</w:t>
+      33. Операцияны шекті ретінде жіктеудің заңды болуы бөлігінде күмән туындаған кезде, сондай-ақ әдеттен тыс, күдікті операцияны немесе қылмыстық жолмен алынған кірістерді заңдастырудың (жылыстатудың), терроризмді қаржыландырудың және жаппай қырып-жою қаруын таратуды қаржыландырудың үлгілеріне, схемаларына және тәсілдеріне сәйкес келетін сипаттамалары бар операцияларды анықтаған кезде, аталған операцияны анықтаған банк қызметкері мұндай операция туралы жауапты қызметкерге (КЖ/ТҚҚ жөніндегі бөлімшеге) банктің ішкі құжаттарында белгіленген тәртіппен, нысанда және мерзімде хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың бірінші бөлігінде көрсетілген операциялар туралы хабарламаларды, сондай-ақ оларды зерттеу нәтижелерін банк операция жасалғаннан кейін кемінде бес жыл сақтайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.10.2020 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 103</w:t>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (15.11.2020 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z48" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9120,55 +9094,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>