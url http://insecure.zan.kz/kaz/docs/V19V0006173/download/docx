--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d9ef48a" w14:textId="d9ef48a">
+    <w:p w14:paraId="f8ee521" w14:textId="f8ee521">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,107 +85,197 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Шығыс Қазақстан облысында ортақ су пайдалану ережелерін белгілеу туралы" Шығыс Қазақстан облыстық мәслихатының 2017 жылғы 6 қазандағы № 14/156-VI шешіміне толықтыру енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Шығыс Қазақстан облыстық мәслихатының 2019 жылғы 10 қыркүйектегі № 33/354-VI шешімі. Шығыс Қазақстан облысының Әділет департаментінде 2019 жылғы 26 қыркүйекте № 6173 болып тіркелді</w:t>
+        <w:t>Шығыс Қазақстан облыстық мәслихатының 2019 жылғы 10 қыркүйектегі № 33/354-VI шешімі. Шығыс Қазақстан облысының Әділет департаментінде 2019 жылғы 26 қыркүйекте № 6173 болып тіркелді. Күші жойылды - Шығыс Қазақстан облыстық мәслихатының 2025 жылғы 18 қарашадағы № 25/203-VIII шешімімен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z5" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...3 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Шығыс Қазақстан облыстық мәслихатының 18.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25/203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Құжаттың мәтінінде түпнұсқаның пунктуациясы мен орфографиясы сақталған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z7" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2003 жылғы 9 шілдедегі Су кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -332,124 +424,115 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-              <w:t>Сессия төрағасы</w:t>
+              <w:t>      Сессия төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -462,944 +545,504 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Р. Джангурчинов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-            </w:r>
+              <w:t>      Шығыс Қазақстан облыстық мәслихатының</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шығыс Қазақстан облыстық мәслихатының</w:t>
+              <w:t>хатшысы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В. Головатюк</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"КЕЛІСІЛДІ"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау министрлігі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тауарлар мен көрсетілетін қызметтердің </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сапасы мен қауіпсіздігін бақылау комитеті </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шығыс Қазақстан облысының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тауарлар мен көрсетілетін қызметтердің </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сапасы мен қауіпсіздігін бақылау </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>департаментінің басшысының міндетін атқарушы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2019 жылғы "___"_______________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 </w:t>
             </w:r>
-            <w:r>
-[...34 lines deleted...]
-            <w:tcW w:w="4205" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>В. Головатюк</w:t>
+              <w:t xml:space="preserve">Н. Құнапьянова </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
-[...711 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1478,1367 +1121,1351 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">10 қыркүйектегі № 33/354-VI </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="8"/>
+    <w:bookmarkStart w:name="z27" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шығыс Қазақстан облысының аумағында орналасқан су объектілерінде шомылуға тыйым салынған жерлер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="687"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="839"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+      № р/б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Су объектісінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Координаттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауылдық округ, жақын орналасқан елді мекен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өскемен қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ертіс өзені, "Колос", "Урал" саяжайлар қоғамдастығы ауданында </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49058′20.20′′С; 82031′51.62′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өскемен қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Д. Серікбаев атындағы ШҚМТУ ауданы аралындағы су айдыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49057′18.52′′ С; 82034′ 30.26′′ В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сол жағалау ауданындағы Ертіс өзенінің жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49056′26.32′′ С; 82038′52.83′′ В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Самар тас жолы ауданындағы су айдыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49055′01.03′′ С; 82038′55.02′′ В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лесхоз кентіндегі су айдыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49056′50.43′′ С; 82041′55.57′′ В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өскемен СЭС ауданындағы Ертіс өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49054′12.69′′С; 82043′36.79′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ертіс өзенінің ағысы, Кен емес материалдар комбинаты ауданындағы шұңқыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49059′34.52′′ С; 82032′29.26′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бабкина Мельница ауданындағы су айдыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49059′02.98′′ С; 82039′01.70′′ В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2848,9081 +2475,8962 @@
               <w:t>
 Семей қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Солнечная поляна саяжай алабы ауданындағы Ертіс өзені </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50028′38.82″С; 8006′59.07″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прииртышье лагері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұрат 1 шұңқыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50025′50.25″С; 8008′2.52″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Семей қаласындағы Бобровка мен 35 колония арасындағы Мұрат кенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұрат 2 шұңқыры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50026′7.35″С; 8008′5.96″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Семей қаласындағы Бобровка мен 35 колония арасындағы Мұрат кенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұрат саяжай алабы ауданындағы Ертіс өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50026′5.53″С; 80010′0.29″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұрат саяжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бобровка саяжай алабы ауданындағы Ертіс өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50025′53.87″С; 80012′6.45″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бобровка саяжай алабы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Судеромзавод ауданындағы Ертіс өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50027′9.36″С; 80012′41.78″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Затон ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аквапарк ауданындағы Жаңа көпірден кейінгі Ертіс өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50024′53.10″С; 80013′19.48″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аквапарк ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аквапарктің сол жағалауы бөлігіндегі Жаңа көпірден кейінгі Ертіс өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50024′32.03″С; 80013′18.87″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңа көпір (сол жағалау)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Смычка су тартқысы мен бұрынғы понтон көпірі арасы ауданындағы Ертіс өзені </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50023′59.71″С; 80015′2.71″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейбітшілік аралы (Смычка су тартқысы ауданы) 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Смычка су тартқысы мен бұрынғы понтон көпірі арасы ауданындағы Ертіс өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50023′51.95″С; 80015′26.66″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейбітшілік аралы (Смычка су тартқысы ауданы) 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абай көшесіндегі орталық мешіт ауданындағы Ертіс өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50023′56.25″С; 80015′49.40″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хасановский аралы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұлпар автобазарынан кейін орналасқан шығыс кенті ауданындағы Ертіс өзені (жеке тұрғын сектор)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50024′8.66″С; 80016′30.85″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығыс кенті (Жібек жолы, Ақжол аудандары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Смычка су тартқысы мен ат-арба көлік көпірі (ескі көпір) арасы ауданындағы Ертіс өзені </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50023′39.74″С; 80017′43.60″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Семипалатинка ағыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Биологиялық орталықтан кейін орналасқан Бейбітшілік аралындағы Ертіс өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50023′2.06″С; 80017′56.05″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейбітшілік аралы (биологиялық орталықтан кейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығыс кенті саяжай алабы ауданындағы Ертіс өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50023′2.52″С; 80017′58.94″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығыс кенті (саяжайлар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Колхозка өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50023′31.68″С; 80028′35.74″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Озерский аулыдық округінің Озерка ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мелькомбинат ауданындағы понтон көпірінің сол жағалау бөлігіндегі Ертіс өзені.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50023′1.90″С; 80015′20.23″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сол жағалау (бұрынғы понтон көпірі ауданы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Курчатов қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Курчатов қаласы әкімдігі ауданындағы Ертіс өзенінің жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50075′61.42′′С; 78055′14.96′′ В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Курчатов қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Курчатов қаласындағы № 1 және № 2 мектептер ауданындағы Ертіс өзенінің жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50075′12.59′′ С; 78055′56.96′′ В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Курчатов қаласындағы саяжай алабы ауданындағы Ертіс өзенінің жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50073′88.81′′ С; 78056′76.76′′ В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Риддер қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тихая өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50032′16.28′′С; 83043′23.30′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 аудандағы бөгеттен төмен орналасқан көпір</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлбі өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50025′89.87′′С; 83031′82.50′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ульбастройдағы көпір ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Быструха өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50025′32.81′′С; 83052′27.90′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алтайская, Филиповская көшелері ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлбі өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50025′87.53′′С; 83029′06.51′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ульбастрой ауылы ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Быструха өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50020′8.5′′С; 8300′0.78′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лесопильная көшесіндегі көпір, Гавань ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үлбі өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50025′86.17′′С; 83028′73.28′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ульбастрой ауылындағы теміржол көпірі ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Быструха өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50020′8.3′′С; 83000′7.6′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Быструха және Журавлиха өзендерінің қосылған жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шаравка өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50035′65.11′′С; 83048′03.20′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гравиемойки ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абай ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қарашоқы" өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49084′09.42″С; 79079′25.23″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кеңгірбай ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Оспан көл"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49017′55.95″С; 79028′65.10″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кеңгірбай ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алтай ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 бұрынғы Зырян кенішіндегі карьер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49043′50.52′′С; 84017′32.26′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алтай қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет сарайы ауданындағы су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49042′52.44′′С; 84015′59.67′′ В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алтай қаласындағы Жаңа-Бұқтырма кенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Алтай қаласының оңтүстік жағы бөлігіндегі саяжай ауданындағы шұңқыр </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49044′13.08′′С; 84013′38.58′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алтай қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Березовка өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49037′11.56′′С; 84020′51.30′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соловьевский ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұқтырма көпірі ауданындағы Бұқтырма өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49048′12.92′′С; 84015′46.25′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Малеевский ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Путинцево ауылы ауданындағы Хамир өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49048′12.56′′С; 84009′30.46′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Малеевский ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Быково ауылы аумағындағы Бұқтырма өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49043′59.89′′С; 84033′46.12′′ В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Малеевский ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Бұқтырма өзені </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49045′57.82′′С; 84001′09.21′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғұсын ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Крестовка және Бұқтырма өзендері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49044′53.18′′С; 84002′59.05′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чапаевский ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Копань тоғаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49037′44.70′′С; 83038′37.47′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Октябрский кенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Теміржол көпірі ауданындағы Бұқтырма өзені </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49048′12.66′′С; 84015′48, 63′′ В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Парыгинский ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Теміржол көпірі аудандағы Тұрғұсын өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49048′ 16.58′′С; 84009′41.79′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Парыгинский ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Саулет LTD" ЖШС карьері ауданындағы Парыгин ауылынан 1 км ары орналасқан шұңқыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49047′20.59′′С; 84006′14.99′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Парыгинский ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бородулиха ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Нұрсұлтан" демалыс орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50040’35.28” C; 810 08’0.06” В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шүлбі су қоймасының оң жағалауы, Жерновский ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Жанай" демалыс орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50040’45.11” C; 81007’58.81” B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шүлбі су қоймасының оң жағалауы, Жерновский ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зайсан ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Үйдене су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47036′74.86′′С; 84077′79.27′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зайсан қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Кіші бөгет </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47045′55.68′′С; 84087′24.78′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зайсан қаласы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші бөгет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47046′49.86′′С, 84078′41.09′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Кеңсай ауылдық округі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Катонқарағай ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Бұқтырма су қоймасының жағалауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 490 12′19.79″ С; 84020′20.09″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приморское ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұқтырма су қоймасының жағалауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49005′22.38″ С; 84011′54.45″В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свинчатка ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Көкпекті ауданы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Новостройка ауылы ауданындағы Бұқтырма өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49006′32.34′′С; 84002′34.78′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сарыбел ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Московка ауылы ауданындағы Бұқтырма өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48056′00.12′′С; 830 09′47.05′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мариногорский ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күршім ауданы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күршім өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48058′54.26′′С; 83066′00.48′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күршім ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қара Ертіс өзені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47099′60.19′′С; 85020′83.73′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Боран ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұқтырма су қоймасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48063′53.75′′С; 83051′50.48′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құйған ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3152" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зайсан көлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6787" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48021′61.31′′С; 83070′51.61′′В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11976,63 +11484,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -12354,35 +11884,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>