--- v0 (2025-12-31)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d0372d3" w14:textId="d0372d3">
+    <w:p w14:paraId="bc446bf" w14:textId="bc446bf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -903,54 +903,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ұлы Отан соғысы кезеңiнде, сондай-ақ бұрынғы Кеңестік Социалистік Республикалар Одағын қорғау жөніндегі басқа да жауынгерлік операциялар кезiнде әрекеттегі армия және флот құрамына кiрген әскери бөлiмдерде, штабтар мен мекемелерде қызмет өткерген әскери қызметшiлер, Ұлы Отан соғысының партизандары мен астыртын күрес жүргізушілері соғысқа қатысушылар деп танылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z22" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. "Ұлы Отан соғысының ардагерлеріне куәліктер беру" мемлекеттік қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) қорғаныс істері жөніндегі басқармалар мен бөлімдер арқылы Қорғаныс министрлігінің жергілікті әскери басқару органдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      3. "Ұлы Отан соғысының ардагерлеріне куәліктер беру" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қорғаныс министрлігінің жергілікті әскери басқару органдары "Қазақстан Республикасы Қорғаныс министрлігінің жұмылдыру ресурсын автоматтандырылған есепке алу интеграциялық шлюзі" ақпараттық жүйесін пайдаланып, қорғаныс істері басқармалары мен бөлімдері арқылы (бұдан әрі – көрсетілетін қызметті беруші) арқылы көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z23" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Куәлікті беру кезінде бұрын берілген Кеңестік Социалистік Республикалар Одағы үлгісіндегі Ұлы Отан соғысы ардагерінің куәлігі алынбайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z24" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>