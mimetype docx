--- v0 (2025-10-03)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9323a41" w14:textId="9323a41">
+    <w:p w14:paraId="b58aa4a" w14:textId="b58aa4a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -10264,642 +10264,710 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z71" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Атқарушылық құжатты қайтару туралы ҚАУЛЫ</w:t>
+        <w:t xml:space="preserve"> Атқарушылық құжатты қайтару туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
+      Ескету. Үлгі нысаны жаңа редакцияда - ҚР Әділет министрінің 24.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 437</w:t>
+        <w:t>№ 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Әділет министрінің м.а. 27.01.2023 </w:t>
-[...197 lines deleted...]
-      (қолданыстағы "Атқарушылық іс жүргізу және сот орындаушыларының мәртебесі туралы" Заңына (бұдан әрі - Заң) немесе өзге де нормативтік құқықтық актілерге сілтеме жасай отырып, атқарушылық іс жүргізуді тоқтату негізі)</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z138" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20__жылғы "__" ________ _________________________  (қала, облыс атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке сот орындаушысы__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жеке сот орындаушысының аты, әкесінің аты (бар болған жағдайда) және тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________ негізінде</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жоғарыда аталғанның негізінде, Заңның 10-бабының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> __) тармақшасын, </w:t>
+      қозғалған (атқарушылық құжаттың атауы, атқарушылық құжатын берген соттың </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немесе органның атауы, берілген күні)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20__ жылғы "____" ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      атқарушылық іс (атқарушылық құжаттың талаптары, өндіріп алушы мен борышкердің</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      деректемелері) жүргізу материалдарын қарап,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АНЫҚТАДЫ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (қолданыстағы "Атқарушылық іс жүргізу және сот орындаушыларының мәртебесі туралы" Заңына (бұдан әрі - Заң) немесе өзге де нормативтік құқықтық актілерге сілтеме  жасай отырып, атқарушылық іс жүргізуді тоқтату негізі)   Ескерту: Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>48-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының 2) тармақшасының тәртібімен борышкер шетелдікке  не азаматтығы жоқ адамға қатысты әкімшілік айыппұлды мемлекет кірісіне өндіру туралы  атқарушылық құжаты қайтарылған кезде мыналар көрсетіледі: - борышкердiң өзiндегi не басқа да жеке немесе заңды тұлғалардағы, банктердегi және банк операцияларының жекелеген түрлерiн жүзеге асыратын ұйымдардағы, сондай-ақ сақтандыру ұйымдарындағы ақшасы мен бағалы қағаздарын қоса алғанда тыйым салуға мүмкін болмаған мүлкінің болмауы (Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>32-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының 1) және 1-1) тармақшалары); - шетелдіктердің Қазақстан Республикасына келуін - кетуін және болуын бақылау жөніндегі "Бүркіт" бірыңғай ақпараттық жүйесі арқылы алынған борышкер шетелдіктің не азаматтығы жоқ  адамның Қазақстан Республикасының шегінен тыс шыққанын растайтын мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жоғарыда аталғанның негізінде, Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағын, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>48-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының  __) тармақшасын, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>49-бабын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>126-бабын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> басшылыққа ала отырып,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...46 lines deleted...]
-    </w:p>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚАУЛЫ ЕТТІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туралы (атқарушылық құжат қайтарылатын жеке тұлғаның аты, әкесінің аты және тегі (болған жағдайда), заңды тұлғаның, соттың, уәкілетті органның атауы, мекен-жайы көрсетіледі)  атқарушылық құжат қайтарылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>49-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес атқарушылық іс жүргізу аяқталды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z141" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Заңның 48-бабы </w:t>
-[...21 lines deleted...]
-    </w:p>
+      3. Қабылданған шешім туралы атқарушылық іс жүргізу тараптарына немесе олардың өкілдеріне хабарлансын.  Ескерту: борышкер шетелдіктің не азаматтығы жоқ адамның Қазақстан Республикасының  шегінен тыс басқа мемлекеттің (_____________) аумағына кету фактісі анықталған жағдайда, жеке сот орындаушысы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>48-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағының 1) және 2) тармақшаларының тәртібімен әкімшілік айыппұлды мемлекет кірісіне өндіріп алу туралы атқарушылық құжатты оны шығарған (бастамашы болған) құқық қорғау органына не арнайы мемлекеттік органға Қазақстан Республикасының заңнамасына сәйкес құзыреті шегінде шаралар қабылдау үшін қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z142" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Жеке сот орындаушысының қаулысы шығарылған күнінен бастап күшіне енеді, міндетті түрде орындалуға тиіс және оған Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
-[...91 lines deleted...]
-      Мөрдің орны            (қолы, инициалдары және тегі)</w:t>
+      4. Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>48-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармақшасына сәйкес атқарушылық құжатты өндiрiп алушыға  қайтару заңда белгiленген атқарудың ескіру мерзiмi шегiнде осы құжатты орындауға қайталап ұсынуға кедергi болып табылмайтыны түсіндірілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z143" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Жеке сот орындаушысының қаулысы шығарылған күнінен бастап күшіне енеді, міндетті түрде орындалуға тиіс және оған Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексіне сәйкес шағым жасалуы мүмкін. Сот орындаушысының атқарушылық құжаттарды орындау жөніндегі әрекеттеріне (әрекетсіздігіне) талап қою әрекет жасалған (әрекет жасаудан бас тартылған) күннен бастап немесе сот орындаушысының әрекет жасау уақыты мен орны туралы хабарланбаған өндіріп алушыға немесе борышкерге ол туралы белгілі болған күннен бастап он жұмыс күні ішінде сотқа беріледі </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z144" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Атқарушылық құжатты мәжбүрлеп орындатуға берудің көзделген мерзімі өткен жағдайларда атқарушылық іс жүргізу шегінде қабылданған мәжбүрлеп орындату шаралары жойылуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке сот орындаушысы ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөрдің орны (қолы, инициалдары және тегі)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11058,68 +11126,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="20"/>
+    <w:bookmarkStart w:name="z73" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Атқарушылық құжатты өзінің іс жүргізуіне қабылдау туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11842,68 +11910,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Үлгі нысаны </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="21"/>
+    <w:bookmarkStart w:name="z75" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Борышкердің мүлкін беру туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13009,68 +13077,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="22"/>
+    <w:bookmarkStart w:name="z77" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тыйым салынған мүлікті өткізуге беру туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14126,68 +14194,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="23"/>
+    <w:bookmarkStart w:name="z79" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дебиторлық берешектен өндіріп алу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14993,68 +15061,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="24"/>
+    <w:bookmarkStart w:name="z81" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жалақыдан және өзге де табыс түрлерiнен өндiрiп алу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15950,68 +16018,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z83" w:id="25"/>
+    <w:bookmarkStart w:name="z83" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Берешекті анықтау туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16703,68 +16771,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z85" w:id="26"/>
+    <w:bookmarkStart w:name="z85" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өндiрiп алынған ақша сомасын бөлу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17492,68 +17560,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z87" w:id="27"/>
+    <w:bookmarkStart w:name="z87" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өндiрiп алуға қосылу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18191,68 +18259,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="28"/>
+    <w:bookmarkStart w:name="z89" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Атқарушылық құжатты тарату комиссиясына, банкроттықты басқарушыға, оңалтуды басқарушыға жіберу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18908,68 +18976,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="29"/>
+    <w:bookmarkStart w:name="z91" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Атқарушылық іс жүргізуін қамтамасыз ету шараларының күшін жою туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19679,68 +19747,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z93" w:id="30"/>
+    <w:bookmarkStart w:name="z93" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Атқарушылық әрекеттер жасау кезіндегі келтірілген шығыстарды өтеу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20504,68 +20572,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="31"/>
+    <w:bookmarkStart w:name="z95" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жеке сот орындаушысының қызметіне төлемақы сомасын бекіту туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21221,68 +21289,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z97" w:id="32"/>
+    <w:bookmarkStart w:name="z97" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Борышкердің белгiлi бiр әрекеттер жасауына тыйым салу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21992,68 +22060,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z99" w:id="33"/>
+    <w:bookmarkStart w:name="z99" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Борышкердің көлік құралын ұстау және арнайы тұраққа қою туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22794,68 +22862,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z101" w:id="34"/>
+    <w:bookmarkStart w:name="z101" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жылжымалы мүлікті алып қою туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23781,68 +23849,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мөрдің орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="35"/>
+    <w:bookmarkStart w:name="z103" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Борышкердің банктердегі шоттары және онда ақша қаражаттарының бар-жоғы, банкте орналасқан мүліктің бағасы және сипаттамасы туралы, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардағы, сондай-ақ сақтандыру ұйымдарындағы ақшасы туралы ақпарат алу және оларға тыйым салу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24735,68 +24803,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="36"/>
+    <w:bookmarkStart w:name="z105" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Борышкердің мүлкіне тыйым салу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25786,68 +25854,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"__"______________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мөрдің орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="37"/>
+    <w:bookmarkStart w:name="z107" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мүліктен өндіріп алу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26870,68 +26938,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мөрдің орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="38"/>
+    <w:bookmarkStart w:name="z109" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жеке тұлғаның, заңды тұлға басшысының (оның міндетін атқарушының) Қазақстан Республикасынан шығуын уақытша шектеу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27862,68 +27930,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мөрдің орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z111" w:id="39"/>
+    <w:bookmarkStart w:name="z111" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жеке тұлғаның, заңды тұлға басшысының (оның міндетін атқарушының) Қазақстан Республикасынан шығуын уақытша шектеуді тоқтата тұру туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28651,68 +28719,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z113" w:id="40"/>
+    <w:bookmarkStart w:name="z113" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жеке тұлғаның, заңды тұлғаның басшысының (міндетін атқарушыдан) Қазақстан Республикасынан шығуына уақытша шектеуді алып тастау туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29625,68 +29693,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мөрдің орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="41"/>
+    <w:bookmarkStart w:name="z115" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сот орындаушысына келуден жалтарып жүрген адамды күштеп келтіру туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30729,68 +30797,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мөрдің орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z117" w:id="42"/>
+    <w:bookmarkStart w:name="z117" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жылжымайтын мүлікті алып қою туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31703,68 +31771,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мөрдің орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z119" w:id="43"/>
+    <w:bookmarkStart w:name="z119" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құқықты белгілейтін құжаттарды алып қою туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32492,68 +32560,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="44"/>
+    <w:bookmarkStart w:name="z121" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еңбекке уақытша жарамсыздығы кезiнде төленетiн әлеуметтiк сақтандыру жөнiндегi жәрдемақыларға, сондай-ақ оқышулардың стипендиялары мен жұмыссыздық жөнiндегi жәрдемақылардан өндiрiп алу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33449,68 +33517,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z123" w:id="45"/>
+    <w:bookmarkStart w:name="z123" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақша қаражаттарының мазмұны және сипаттамасы туралы ақпарат және оларға тыйым салу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -34440,68 +34508,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z125" w:id="46"/>
+    <w:bookmarkStart w:name="z125" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аудармашының, маманның, сот орындаушының, жеке сот орындаушысының көмекшісінің бас тарту (өздігінен бас тарту) туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35229,68 +35297,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z127" w:id="47"/>
+    <w:bookmarkStart w:name="z127" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аудармашының, маманның, сот орындаушының, жеке сот орындаушысының көмекшісінің бас тартуға (өздігінен бас тарту) қарсылық білдіру туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36031,68 +36099,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Үлгі нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z129" w:id="48"/>
+    <w:bookmarkStart w:name="z129" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тыйым салынған мүлікке бағалаушыны тағайындау туралы немесе атқарушылық іс жүргізу тараптарының біріне борышкердің мүлкін бағалауды жүргізу туралы ҚАУЛЫ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескету. Үлгі нысаны жаңа редакцияда – ҚР Әділет министрінің 05.10.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37782,344 +37850,344 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 41-қосымшаның оң жақ жоғарғы бұрышы жаңа редакцияда - ҚР Әділет министрінің м.а. 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="49"/>
+    <w:bookmarkStart w:name="z131" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Жеке сот орындаушыларының қаулыларының үлгілік нысандарын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2011 жылғы 20 қаңтардағы № 18 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6755 тіркелген, 2011 жылғы 16 сәуірде "Егемен Қазақстан" газетінде № 129-130 (26550-26551) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z132" w:id="50"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z132" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Жеке сот орындаушыларының қаулыларының үлгілік нысандарын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2011 жылғы 20 қаңтардағы № 18 бұйрығына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Әділет министрінің 2012 жылғы 12 желтоқсандағы № 404 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8285 тіркелген, 2013 жылғы 23 ақпанда "Егемен Қазақстан" газетінде № 69-70 (27343-27344) жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z133" w:id="51"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z133" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Жеке сот орындаушыларының қаулыларының үлгілік нысандарын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2011 жылғы 20 қаңтардағы № 18 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Әділет министрінің 2014 жылғы 17 наурыздағы № 11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9269 тіркелген, 2014 жылғы 11 сәуірде "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z134" w:id="52"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z134" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Жеке сот орындаушыларының қаулыларының үлгілік нысандарын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2011 жылғы 20 қаңтардағы № 18 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 30 қарашадағы № 604 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12383 тіркелген, 2015 жылғы 28 желтоқсанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған, 2016 жылғы 13 желтоқсанда № 196 (28322), 2016 жылғы 15 қазанда № 198 (28324) "Егемен Қазақстан" газетінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z135" w:id="53"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z135" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Жеке сот орындаушыларының қаулыларының үлгілік нысандарын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2011 жылғы 20 қаңтардағы № 18 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Әділет министрінің 2016 жылғы 27 мамырда № 357 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13784 тіркелген, 2016 жылғы 23 маусымда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z136" w:id="54"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z136" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Жеке сот орындаушыларының қаулыларының үлгілік нысандарын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 27 желтоқсандағы № 1627 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18111 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -38445,31 +38513,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>