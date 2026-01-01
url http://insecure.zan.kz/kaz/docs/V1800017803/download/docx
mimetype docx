--- v0 (2025-10-03)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="de41b7b" w14:textId="de41b7b">
+    <w:p w14:paraId="706b1c6" w14:textId="706b1c6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -216,130 +216,120 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы қаулы 01.01.2019 бастап қолданысқа енгізіледі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының Заңы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>80-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тармағына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 28.10.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 84</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1749,71 +1739,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Тізілімдер жүйесінде бағалы қағаздарды (эмитенттің эмиссиялық бағалы қағаздар жөніндегі міндеттемелері бойынша талап ету құқықтарын) иеленушілерге, эмитенттерге және номиналды ұстаушыларға жеке шоттар ашылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Жеке шотты ашу орталық депозитарий "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" 2009 жылғы 28 тамыздағы Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі - Кірістерді жылыстатуға қарсы іс-қимыл туралы заң) көзделген тиісті тексеру шараларын қабылдағаннан кейін жүргізеді.</w:t>
+      Жеке шотты ашу орталық депозитарий "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚҚІ туралы заң) көзделген тиісті тексеру шараларын қабылдағаннан кейін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жеке тұлға болып табылатын клиентті биометриялық сәйкестендіру құралын пайдалана отырып сәйкестендіру кезінде сәйкестендіру деректерімен алмасу орталығының (бұдан әрі – СДАО) қызметтерін пайдалануға рұқсат етіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1891,50 +1881,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 21.09.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z127" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10085,69 +10095,131 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Бағалы қағаздарды (эмитенттің эмиссиялық бағалы қағаздары жөніндегі міндеттемелері бойынша талап ету құқықтарын) оқшаулау және оқшаулауды алып тастау операциясын орталық депозитарий тізілімдер жүйесінде мемлекеттік органдардың, сондай-ақ осындай құқыққа ие тұлғалардың актілері негізінде Атқарушылық iс жүргiзу туралы заңына сәйкес жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кірістерді жылыстатуға қарсы іс-қимыл туралы заңмен көзделген жағдайларда орталық депозитарий тізілімдер жүйесінде бағалы қағаздарды (эмитенттің эмиссиялық бағалы қағаздары жөніндегі міндеттемелері бойынша талап ету құқықтарын) оқшаулау және оқшаулауды алып тастау операциясын терроризмді және экстремизмді қаржыландыруға байланысты ұйымдар мен тұлғалар тізбесі негізінде жүргізеді.</w:t>
-[...17 lines deleted...]
-      Кірістерді жылыстатуға қарсы іс-қимыл туралы заңмен көзделген негіздер бойынша бұғаттауды жүзеге асыру кезінде хабарлама қаржы мониторингін жүзеге асыратын және Кірістерді жылыстатуға қарсы іс-қимыл туралы заңға сәйкес қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл бойынша өзге де шаралар қабылдайтын мемлекеттік органға жіберіледі.</w:t>
+      КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңмен көзделген жағдайларда орталық депозитарий тізілімдер жүйесінде бағалы қағаздарды (эмитенттің эмиссиялық бағалы қағаздары жөніндегі міндеттемелері бойынша талап ету құқықтарын) оқшаулау және оқшаулауды алып тастау операциясын терроризмді және экстремизмді қаржыландыруға байланысты ұйымдар мен тұлғалар тізбесі негізінде жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңмен көзделген негіздер бойынша бұғаттауды жүзеге асыру кезінде хабарлама қаржы мониторингін жүзеге асыратын және КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңға сәйкес қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға, жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл бойынша өзге де шаралар қабылдайтын мемлекеттік органға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 68-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z84" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Орталық депозитарий айналыс мерзімі аяқталған және эмитент оларды өтеу міндеттемелерін орындамаған эмитенттің эмиссиялық бағалы қағаздар бойынша міндеттемелері немесе эмитенттің міндеттемелерді орындауы бойынша талап ету құқықтарын беруді тіркеу операциясын талап ету құқықтарын беретін тіркелген тұлғаның жеке шотынан осы бағалы қағаздар бойынша эмитенттің міндеттемелері бойынша талап ету құқықтарын есептен шығару және пайдасына осы бағалы қағаздар бойынша эмитенттің міндеттемелері бойынша талап ету құқықтарын беру жүргізілетін тұлғаның жеке шотына немесе эмитенттің эмиссиялық бағалы қағаздар жөніндегі міндеттемелері бойынша сатып алынған талап ету құқықтарын есепке алу үшін эмитенттің жеке шотына есепке жазу операциясын жүргізу жолымен мәмілеге қатысатын тұлғалардың қарсы бұйрықтары негізінде жүзеге асырады. Эмитенттің эмиссиялық бағалы қағаздар жөніндегі міндеттемелері бойынша талап ету құқықтарын тіркелген тұлғалардың шоттарынан (шоттарына) есептен шығару (есепке алу) бұйрығында Қағидалардың 38-тармағында көзделген мәліметтер қамтылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -13142,828 +13214,682 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>96. Орталық депозитарий бұйрықты алған кезден бастап 2 (екі) жұмыс күні ішінде мынадай жағдайларда:</w:t>
+        <w:t>96. Орталық депозитарий бұйрықты алған кезден бастап 2 (екі) жұмыс күні ішінде мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:bookmarkStart w:name="z144" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бұйрықтардағы қойылған қолдардың жеке шоттар бойынша операцияларды және ақпараттық операцияларды тіркеу құжаттарына қол қою құқығына ие заңды тұлға өкілдерінің нотариат куәландырған қол қою үлгілері бар құжатта немесе жеке тұлғаның жеке басын куәландыратын құжатта көрсетілген қол қою үлгілеріне сәйкес келмегенде;</w:t>
+      1) бұйрықтардағы қойылған қолдар жеке шоттар бойынша операцияларды және ақпараттық операцияларды тіркеу құжаттарына қол қою құқығына ие заңды тұлға өкілдерінің нотариат куәландырған қол қою үлгілері бар құжатта немесе жеке тұлғаның жеке басын куәландыратын құжатта көрсетілген қол қою үлгілеріне сәйкес келмеген;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:bookmarkStart w:name="z145" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) операция жасау бұйрығы алынған күннен бастап күнтізбелік 2 (екі) күн ішінде қарсы бұйрық ұсынылмағанда;</w:t>
+      2) операция жасауға арналған бұйрық алынған күннен бастап күнтізбелік 2 (екі) күн ішінде қарсы бұйрық ұсынылмаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:bookmarkStart w:name="z146" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген тәртіппен басқарушы компанияның пайларды есептен шығару (есепке алу) бұйрығымен бір мезгілде (бір жұмыс күні ішінде) инвестициялық пай қорының активтерін есепке алуды қамтамасыз ететін кастодианның растауы ұсынылмағанда;</w:t>
+        <w:t>
+      3) Қағидалардың 38-тармағында белгіленген тәртіппен басқарушы компанияның пайларды есептен шығару (есепке жатқызу) туралы бұйрығымен бір мезгілде (бір жұмыс күні ішінде) инвестициялық пай қорының активтерін есепке алуды қамтамасыз ететін кастодианның растауы ұсынылмаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
     <w:bookmarkStart w:name="z147" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) бұйрықтардың деректемелері орталық депозитарийдің қағидалар жинағында белгіленген деректемелерге немесе жеке шот деректемелеріне сәйкес келмегенде;</w:t>
+      4) бұйрықтардың деректемелері орталық депозитарийдің қағидалар жинағында белгіленген деректемелерге немесе жеке шот деректемелеріне сәйкес келмеген;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
     <w:bookmarkStart w:name="z148" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) жеке шотта қажетті бағалы қағаздар саны болмағанда;</w:t>
+      5) жеке шотта қажетті бағалы қағаздар саны болмаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:bookmarkStart w:name="z149" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> бірінші абзацына сәйкес бұйрықты тексерген кезде Бағалы қағаздар нарығы туралы заңнаманың бұзылғанын анықтағанда;</w:t>
+        <w:t>
+      6) Қағидалардың 41-тармағының бірінші абзацына сәйкес бұйрықты тексерген кезде Бағалы қағаздар рыногы туралы заңнаманың бұзылғаны анықтаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
     <w:bookmarkStart w:name="z150" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) Қағидаларда көзделген жағдайларда клиент мәміленің тіркелуі үшін белгіленген мерзімде осындай мәмілені жасауға осындай келісімді (рұқсатты) беруге уәкілетті мемлекеттік органның берген келісімін (рұқсатын) растайтын құжатты ұсынбағанда;</w:t>
+      7) Қағидаларда көзделген жағдайларда клиент мәміленің тіркелуі үшін белгіленген мерзімде осындай мәмілені жасауға осындай келісімді (рұқсатты) беруге уәкілетті мемлекеттік органның берген келісімін (рұқсатын) растайтын құжатты ұсынбаған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
     <w:bookmarkStart w:name="z151" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) тиісті мемлекеттік органдардың не соттың бағалы қағаздар айналысын тоқтата тұру немесе тоқтату туралы шешімі болғанда;</w:t>
+      8) тиісті мемлекеттік органдардың не соттың бағалы қағаздар айналысын тоқтата тұру немесе тоқтату туралы шешімі болған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
     <w:bookmarkStart w:name="z152" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көрсетілген жағдайларды қоспағанда, бұйрықта көрсетілген бағалы қағаздар және (немесе) жеке шот оқшауланғанда;</w:t>
+        <w:t>
+      9) Атқарушылық іс жүргізу туралы заңның 65-бабының 6-1-тармағында көрсетілген жағдайларды қоспағанда, бұйрықта көрсетілген бағалы қағаздар және (немесе) жеке шот оқшауланған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
     <w:bookmarkStart w:name="z153" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> көзделген операцияларды жүргізуді қоспағанда, бұйрықта көрсетілген бағалы қағаздарға ауыртпалық салынған;</w:t>
+        <w:t>
+      10) Қағидалардың 47, 66, 67 және 77-тармақтарында көзделген операцияларды жүргізуді қоспағанда, бұйрықта көрсетілген бағалы қағаздарға ауыртпалық салынған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:bookmarkStart w:name="z154" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11) Кірістерді жылыстатуға қарсы іс-қимыл туралы заңның </w:t>
+      11) КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
     <w:bookmarkStart w:name="z155" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) орталық депозитарийдің қағидалар жинағында көзделген жағдайларда оның орындалмау себептерін көрсете отырып, жазбаша түрде немесе Қазақстан Республикасының электрондық құжат және электрондық цифрлық қолтаңба туралы заңнамасына сәйкес ақпараттық жүйелер пайдаланыла отырып электрондық құжат нысанында бас тартуды ресімдейді.</w:t>
+      12) орталық депозитарийдің қағидалар жинағында көзделген жағдайларда оның орындалмау себептерін көрсете отырып, жазбаша түрде немесе Қазақстан Республикасының электрондық құжат және электрондық цифрлық қолтаңба туралы заңнамасына сәйкес ақпараттық жүйелерді пайдалана отырып электрондық құжат нысанында бас тартуды ресімдейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z156" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Орталық депозитарий Кірістерді жылыстатуға қарсы іс-қимыл туралы заңның </w:t>
+      Орталық депозитарий КЖ/ТҚ/ЖҚҚТҚҚІ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көзделген жағдайларда және тәртіпте эмитенттің бұйрығын орындаудан бас тартады.</w:t>
+        <w:t xml:space="preserve"> көзделген жағдайларда және тәртіппен эмитенттің бұйрығын орындаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұйрықты орындаудан бас тартуға орталық депозитарийдің қағидалар жинағында айқындалған уәкілетті тұлғалар қол қояды және өз атауы қазақ және орыс тілдерінде жазылған орталық депозитарийдің мөртабанымен куәландырылады не Қазақстан Республикасының электрондық құжат және электрондық цифрлық қолтаңба туралы заңнамасына сәйкес ақпараттық жүйелерді пайдалана отырып электрондық құжат нысанында жасалады және беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жүргізілу талаптарын қосымша тексеру талап етілетін операцияларды жүзеге асыруға арналған бұйрықты орындаудан бас тартуды дайындау кезінде осындай бас тарту 6 (алты) жұмыс күніне дейінгі мерзімде дайындалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 96-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z112" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Номиналды ұстау жүйесіндегі кепіл мен сенімгерлік басқару операциялары депоненттердің тапсырыстары негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z157" w:id="131"/>
-[...15 lines deleted...]
-      Бұйрықты орындаудан бас тартуға бірінші басшы немесе оның орнындағы адам немесе орталық депозитарийдің қағидалар жинағына сәйкес тізілімдер жүйесін жүргізуді жүзеге асыратын тіркеушінің құрылымдық бөлімшесінің басшысы қол қояды және орталық депозитарийдің қазақ және орыс тілдерінде өз атауы бар мөртабанымен расталады не Қазақстан Республикасының электрондық құжат және электрондық цифрлық қолтаңба туралы заңнамасына сәйкес ақпараттық жүйелер пайдаланыла отырып электрондық құжат нысанында жасалады және беріледі.</w:t>
+    <w:bookmarkStart w:name="z113" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Клиенттер трансфер-агенттің қызметін пайдаланған жағдайда орталық депозитарийге жеке шоттар бойынша ақпараттық операциялар мен операцияларды жүргізу үшін қажетті ақпаратты орталық депозитарийдің қағидалар жинағында айқындалған нысандары бойынша береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z158" w:id="132"/>
-[...15 lines deleted...]
-      Жүргізілу талаптарын қосымша тексеру талап етілетін операцияларды жүзеге асыруға арналған бұйрықты орындаудан бас тартуды дайындау кезінде осындай бас тартуды дайындау 6 (алты) жұмыс күніне дейінгі мерзімде жүзеге асырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қағидалардың 85, 89 және 90-тармақтарында көзделген ақпарат орталық депозитарийдің клиенттеріне орталық депозитарийдің қағидалар жинағында айқындалған нысандар бойынша ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z128" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Орталық депозитарийдің электрондық қызметтерді ұсынуы орталық депозитарийдің қағидалар жинағында және орталық депозитарийдің нормативтік құқықтық актілерін қамтамасыз ететін шартта белгіленген қауіпсіздік рәсімдеріне сәйкес жүргізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) клиентті дұрыс сәйкестендіру және оның тиісті электрондық қызметтерді алу құқығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) клиентке электрондық қызметтер көрсетуге негіз болатын электрондық құжаттардың мазмұнында бұрмаланулардың және (немесе) өзгерістердің болуын анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бағалы қағаздар нарығындағы коммерциялық құпияны құрайтын ақпаратқа рұқсатсыз қол жеткізуден және осы ақпараттың бүтіндігін қорғау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) электрондық қызметтерді көрсету кезінде электрондық құжаттарды, оның ішінде клиентке электрондық қызметтерді ұсынуға негіз болған хабарламаларды жіберу және (немесе) алу туралы растауды сақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 96-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 22.01.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 1</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 99-тармақпен толықтырылды – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 24.09.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="133"/>
-[...15 lines deleted...]
-      97. Номиналды ұстау жүйесіндегі кепіл мен сенімгерлік басқару операциялары депоненттердің тапсырыстары негізінде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z129" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Клиентті бірдейлендіру клиенттің электрондық цифрлық қолтаңбасын пайдалана отырып және (немесе) клиентті динамикалық және (немесе) биометриялық сәйкестендіру арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z113" w:id="134"/>
-[...210 lines deleted...]
-    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жеке кабинетке және (немесе) мобильді қосымшаға кіру үшін клиент рұқсат етілген бірдейлендіру құралдарын пайдаланады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14018,70 +13944,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="137"/>
+    <w:bookmarkStart w:name="z130" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101. Клиент орталық депозитарийдің қағидалар жинағында белгіленген қауіпсіздік рәсімдерін орындамаған жағдайда, орталық депозитарий электрондық қызметтерді ұсынбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14100,70 +14026,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="138"/>
+    <w:bookmarkStart w:name="z131" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102. Бағалы қағаздар нарығында коммерциялық құпияны құрайтын ақпаратқа және Клиенттің дербес деректеріне санкцияланбаған қол жеткізу, олардың санкцияланбаған өзгеруі, санкцияланбаған сауда операцияларын, жеке шот бойынша операцияларды және электрондық қызметтерді ұсыну кезінде туындайтын ақпараттық операцияларды жүзеге асыру анықталған кезде Орталық депозитарий олардың себептерін жою үшін барлық қажетті шараларды дереу қабылдайды және бұл туралы клиентті олар анықталған күннен кейінгі келесі жұмыс күнінен кешіктірмей хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14317,402 +14243,402 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 249 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="139"/>
+    <w:bookmarkStart w:name="z115" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылды деп танылған Қазақстан Республикасы нормативтік құқықтық актілерінің, сондай-ақ Қазақстан Республикасының кейбір нормативтік құқықтық актілері құрылымдық элементтерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z116" w:id="140"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z116" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Бағалы қағаздарды ұстаушылар тiзiлiмдерiнiң жүйесін жүргізу жөніндегі тіркеуші қызметін жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2014 жылғы 27 тамыздағы № 167 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9803 тіркелген, "Әділет" ақпараттық-құқықтық жүйесі 2014 жылғы 18 қарашада жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z117" w:id="141"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z117" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне Қазақстан Республикасында кәсіпкерлік қызмет үшін жағдайды түбегейлі жақсарту мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 25 ақпандағы № 28 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10715 тіркелген, "Әділет" ақпараттық-құқықтық жүйесі 2015 жылғы 5 мамырда жарияланған) бекітілген Қазақстан Республикасында кәсіпкерлік қызмет үшін жағдайды түбегейлі жақсарту мәселелері бойынша Қазақстан Республикасының өзгерістер енгізілетін нормативтік құқықтық актілерінің тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z118" w:id="142"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z118" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне бағалы қағаздар нарығын реттеу мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2016 жылғы 28 қазандағы № 259 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14525 тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 29 желтоқсанда жарияланған) бекітілген Өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасының бағалы қағаздар нарығын реттеу мәселелері бойынша нормативтік құқықтық актілерінің тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z119" w:id="143"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z119" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне қаржы нарығы мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 28 сәуірдегі № 72 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15221 тіркелген, Қазақстан Республикасының нормативтік құқықтық актілерінің эталондық бақылау банкінде 2017 жылғы 26 маусымда жарияланған) бекітілген Өзгерістер енгізілетін Қазақстан Республикасының қаржы нарығы мәселелері бойынша нормативтік құқықтық актілерінің тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z120" w:id="144"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z120" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне банк қызметін реттеу мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 11 қыркүйектегі № 169 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15875 тіркелген, Қазақстан Республикасының нормативтік құқықтық актілерінің эталондық бақылау банкінде 2017 жылғы 23 қазанда жарияланған) бекітілген Өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасының банк қызметін реттеу мәселелері бойынша нормативтік құқықтық актілерінің тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z121" w:id="145"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z121" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне бағалы қағаздар нарығын реттеу мәселелері бойынша өзгерістер енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 2 қарашадағы № 197 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16032 тіркелген, Қазақстан Республикасының нормативтік құқықтық актілерінің эталондық бақылау банкінде 2017 жылғы 7 желтоқсанда жарияланған) бекітілген Өзгерістер енгізілетін Қазақстан Республикасының бағалы қағаздар нарығын реттеу мәселелері бойынша нормативтік құқықтық актілерінің тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z122" w:id="146"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z122" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне бағалы қағаздар нарығын реттеу мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 29 қаңтардағы № 11 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16643 тіркелген, Қазақстан Республикасының нормативтік құқықтық актілерінің эталондық бақылау банкінде 2017 жылғы 3 сәуірде жарияланған) бекітілген Өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасының бағалы қағаздар нарығын реттеу мәселелері бойынша нормативтік құқықтық актілерінің тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>