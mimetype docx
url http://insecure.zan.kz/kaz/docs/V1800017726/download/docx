--- v0 (2025-10-05)
+++ v1 (2025-11-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6881478" w14:textId="6881478">
+    <w:p w14:paraId="15dbc7d" w14:textId="15dbc7d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -6313,90 +6313,110 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Директорлар кеңесінің мүшелері кандидаттардың құзыреттерін, дағдыларын, жетістіктерін, іскерлік беделін және кәсіби тәжірибесін ескеретін ашық және әділ конкурсқа сәйкес сайланады. Директорлар кеңесінің жекелеген мүшелерін немесе оның толық құрамын жаңа мерзімге қайта сайлау кезінде олардың Қоғамның директорлар кеңесі қызметінің тиімділігіне қосқан үлесі назарға алынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Қоғамның және ұйымның тәуелсіз директорларын іріктеу Қоғамның және ұйымның акционерлерінің жалпы жиналысында (жалғыз акционермен) айқындалған тәртіппен конкурстық негізде жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve">
+      Қоғамның және ұйымның тәуелсіз директорларын іріктеу Қазақстан Республикасы Премьер-Министрдің орынбасары – Ұлттық экономика министрінің 2025 жылғы 29 тамыздағы № 87 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Ұлттық әл-ауқат қоры мен бірыңғай жинақтаушы зейнетақы қорын қоспағанда, жарғылық капиталына мемлекет жүз пайыз қатысатын акционерлік қоғамдардың (жауапкершілігі шектеулі серіктестіктердің) директорлар кеңесінің (байқау кеңесінің) құрамына тәуелсіз директорларды (тәуелсіз мүшелерді) іріктеу қағидалары мен өлшемшарттарына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 36761 болып тіркелген) сәйкес конкурстық негізде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 70-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 15.10.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 91</w:t>
+        <w:t xml:space="preserve">      Ескерту. 70-тармақ жаңа редакцияда - ҚР Ұлттық экономика министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -15303,126 +15323,146 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217. Корпоративтік хатшының және/немесе омбудсменнің жәрдемімен корпоративтік қақтығыстарды Қоғамның директорлар кеңесінің төрағасы қарайды. Директорлар кеңесінің төрағасы корпоративтік қақтығысқа тартылған жағдайда, мұндай жағдайларды кадрлар және сыйақы комитеті қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="681"/>
     <w:bookmarkStart w:name="z690" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      218. Акционерлер (жалғыз акционер) мемлекеттік органдардың Қоғамның операциялық қызметіне араласуын болдырмау, сондай-ақ қабылданған шешімдер үшін директорлар кеңесінің жауапкершілігін арттыру мақсатында мемлекеттік органдардың өкілдері болып табылатын директорлар кеңесінің мүшелерін сайлаудан қалыс қалғаны жөн.</w:t>
+      218. Акционерлер (жалғыз акционер) мемлекеттік органдардың Қоғамның операциялық қызметіне араласуын болдырмау, сондай-ақ қабылданған шешімдер үшін директорлар кеңестерінің жауапкершілігін арттыру мақсатында мемлекеттік органдардың өкілдері болып табылатын директорлар кеңесінің мүшелерін сайлаудан қалыс қалғаны жөн.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Директорлар кеңесінің төрағасын сайлау туралы мәселені шешкен кезде мемлекеттік мүлік жөніндегі орталық уәкілетті органның және тиісті саланың уәкілетті органының, жергілікті атқарушы органдардың мемлекеттік қызметшілер болып табылатын өкілдерін сайлаудан қалыс қалуы ұсынылады.</w:t>
-[...17 lines deleted...]
-      Қоғамның және ұйымдардың директорлар кеңесінің құрамына мемлекеттік қызметші болып табылмайтын адамдар белгіленген тәртіппен мемлекет өкілі ретінде номинациялануы мүмкін.</w:t>
+      Мемлекеттік қызметшілер болып табылатын мемлекеттік жоспарлау жөніндегі орталық уәкілетті органның, мемлекеттік мүлік жөніндегі уәкілетті органның, тиісті саланың уәкілетті органының, жергілікті атқарушы органдардың өкілдері директорлар кеңесінің төрағасы ретінде сайланбайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Премьер-Министрдің орынбасары – Ұлттық экономика министрінің 2025 жылғы 29 тамыздағы № 87 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген Ұлттық әл-ауқат қоры мен бірыңғай жинақтаушы зейнетақы қорын қоспағанда, жарғылық капиталына мемлекет жүз пайыз қатысатын акционерлік қоғамдардың (жауапкершілігі шектеулі серіктестіктердің) директорлар кеңесінің (байқау кеңесінің) мүшелеріне кандидаттарға мемлекет қоятын ең аз талаптарға (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 36761 болып тіркелген) сәйкес тиісті саланың уәкілетті органының шешімі бойынша мемлекеттік қызметші болып табылмайтын адамдар директорлар кеңесінің құрамына мемлекеттің өкілі ретінде ұсынылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 218-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 15.10.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 91</w:t>
+        <w:t xml:space="preserve">      Ескерту. 218-тармақ жаңа редакцияда - ҚР Ұлттық экономика министрінің м.а. 14.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -16784,55 +16824,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>