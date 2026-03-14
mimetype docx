--- v0 (2025-10-02)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2302448" w14:textId="2302448">
+    <w:p w14:paraId="fe09432" w14:textId="fe09432">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Тауар белгісінің, қызмет көрсету белгісінің, тауар шығарылған жер атауының немесе фирмалық атаудың пайдаланылуындағы тексеру парағын бекіту туралы</w:t>
+        <w:t>Авторлық құқық және сабақтас құқықтар объектілерін, тауар белгісінің, қызмет көрсету белгісінің, тауар шығарылған жер атауының немесе фирмалық атаудың пайдаланылуын тексеру парақтарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Әділет министрінің 2018 жылғы 31 қазандағы № 1517 және Қазақстан Республикасы Ұлттық экономика министрінің 2018 жылғы 31 қазандағы № 48 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2018 жылғы 31 қазанда № 17661 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бірлескен бұйрықтың тақырыбы жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 29.01.2026 № 7 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2015 жылғы 29 қазандағы Кәсіпкерлік кодексінің 138 - бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>64) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -212,234 +250,316 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, БҰЙЫРАМЫЗ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған тауар белгісінің, қызмет көрсету белгісінің, тауар шығарылған жер атауының немесе фирмалық атаудың пайдаланылуындағы тексеру </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      1. Мыналар бекітілсін: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z12" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бірлескен бұйрыққа 1-қосымшаға сәйкес авторлық құқық және сабақтас құқықтар объектілерінің пайдаланылуын тексеру парағы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z13" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бірлескен бұйрыққа 2-қосымшаға сәйкес тауар белгісінің, қызмет көрсету белгісінің, тауар шығарылған жер атауының немесе фирмалық атаудың пайдаланылуын тексеру парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 29.01.2026 № 7 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Өнеркәсіптік меншік объектілерін пайдалану саласындағы тексеру парағын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2015 жылғы 25 желтоқсандағы № 647 және Қазақстан Республикасының Ұлттық экономика министрінің міндетін атқарушының 2015 жылғы 30 желтоқсандағы № 834 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бірлескен бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде 2015 жылғы 31 желтоқсандағы № 12690 тіркелген, "Әділет" АҚЖ 2015 жылғы 31 желтоқсанда жарияланған) күші жойылды деп танылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z4" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Әділет министрлігінің Зияткерлік меншік құқығы департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z5" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z6" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бірлескен бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелген күнінен бастап күнтізбелік он күн ішінде оның көшірмесін электрондық түрде қазақ және орыс тілдерінде Қазақстан Республикасы Нормативтiк құқықтық актiлерiнiң эталондық бақылау банкiне ресми жариялау және енгізу үшін Қазақстан Республикасы Әділет министрлігінің "Республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z7" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бірлескен бұйрықты Қазақстан Республикасы Әділет министрлігінің интернет-ресурсында ресми жарияланғаннан кейін орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z8" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бірлескен бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Әділет вице-министріне, жетекшілік ететін Қазақстан Республикасы Ұлттық экономика вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z9" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бірлескен бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -939,377 +1059,337 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2018 жылғы 31 қазандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 48 бірлескен бұйрығымен</w:t>
-[...12 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>№ 48 бірлескен бұйрығына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тексеру парағы</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+        <w:t xml:space="preserve"> Авторлық құқық және сабақтас құқықтар объектілерінің пайдаланылуын тексеру парағы Қазақстан Республикасы Кәсіпкерлік кодексінің 138-бабына сәйкес авторлық құқық және сабақтас құқықтар объектілерін пайдалануды жүзеге асыратын жеке және заңды тұлғаларға қатысты </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту.  Қосымша жаңа редакцияда – ҚР Әділет министрінің м.а. 30.11.2022 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Әділет министрінің 29.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 978</w:t>
+        <w:t>№ 102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 30.11.2022 № 105 (01.01.2023 ж. бастап қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
-[...163 lines deleted...]
-      тобының атауы.</w:t>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 29.01.2026 № 7 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектілерінің (объектілерінің) біртекті тобының атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеруді тағайындаған мемлекеттік орган</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
-[...17 lines deleted...]
-      ____________________________________________________________________</w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеруді тағайындау туралы акт</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       №, күні</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1319,51 +1399,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақылау субъектісінің (объектісінің) атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бақылау субъектісінің (объектісінің) (жеке сәйкестендіру нөмірі),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1373,392 +1471,544 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бизнес-сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Орналасқан жерінің мекенжайы</w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жерінің мекенжайы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-</w:t>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-</w:t>
+              <w:t>Талаптар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-</w:t>
+              <w:t>Талаптарға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...1 lines deleted...]
-</w:t>
+              <w:t>Талаптарға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1
-</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2
-</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3
-</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
-                <w:b/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4
-</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1791,51 +2041,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біртектес тауарларға немесе көрсетілетін қызметтерге қатысты тауар белгісін, қызмет көрсету белгісін, тауар шығарылған жердің атауын немесе оларға айырғысыз дәрежеге дейiн ұқсас белгiлемелер иеленушінің (құқық иеленушінің) келісімінсіз пайдалану</w:t>
+Авторлық және сабақтас құқықтар объектілерін пайдалануға (қайта шығару, тарату, импортқа шығару, жария көрсету, туындыны жалпы жұрттың назарына арнап хабарлау, жария хабарлау, эфирде жариялау (оның ішінде эфирлік және кабельдік хабар тарату ретрансляция), кабель арқылы хабарлау, аудару, өңдеу, жалпы жұрттың назарына жеткізу) артормен авторлық құқық иесімен немесе құқықтарды ұжымдық басқару ұйымымен шарттың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1857,267 +2107,1385 @@
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лауазымды адам (-дар) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       лауазымы                               қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектісінің басшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       лауазымы                               қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+        тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әділет министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2018 жылғы 31 қазандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 1517 және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлттық экономика министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2018 жылғы 31 қазандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 48 бірлескен бұйрығына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тауар белгісінің, қызмет көрсету белгісінің, тауар шығарылған жер атауының немесе фирмалық атаудың пайдаланылуын тексеру парағы Қазақстан Республикасы Кәсіпкерлік кодексінің 138-бабына сәйкес тауар белгісін, қызмет көрсету белгісін, тауар шығарылған жер атауын немесе фирмалық атауды пайдалануды жүзеге асыратын жеке және заңды тұлғаларға қатысты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бірлескен бұйрық 2-қосымшамен толықтырылды - ҚР Әділет министрінің 29.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 102</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің м.а. 29.01.2026 № 7 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектілерінің (объектілерінің) біртекті тобының атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеруді тағайындаған мемлекеттік орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеруді тағайындау туралы акт</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      №, күні</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектісінің (объектісінің) атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бақылау субъектісінің (объектісінің) (жеке сәйкестендіру нөмірі),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бизнес сәйкестендіру нөмірі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орналасқан жерінің мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптарға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келеді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптарға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келмейді</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауар белгісіне құқық беру/ұсыну туралы тиісті шарттарды тіркеудің болуы</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Еуразиялық экономикалық одаққа мүше мемлекеттердің кез келгенінің аумағында айналымға құқыққа сыйымды енгізілген тауарларға қатысты осы тауар белгісін тікелей тауар белгісі иесінің (құқық иеленушінің) немесе оның келісімімен басқа да тұлғалардың пайдалануы</w:t>
+Тауар таңбасын, қызмет көрсету белгісін, тауардың шыққан жерінің атауын немесе олармен шатастыру дәрежесіне дейін ұқсас белгілерді біртектес тауарларға немесе көрсетілетін қызметтерге қатысты пайдалану үшін иесімен (құқық иеленушімен) жасалған шарттың болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2142,229 +3510,402 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауар белгілерінің мемлекеттік тізілімінде тауар белгісіне айрықша құқық беру/ұсыну туралы тиісті жазбаша шарттарды тіркеудің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лауазымды адам (-дар)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...144 lines deleted...]
-                                          тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+        <w:t xml:space="preserve">
+        _________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             лауазымы                         қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       _________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бақылау субъектісінің басшысы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       _________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             лауазымы                         қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+       _________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -2372,55 +3913,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2746,31 +4287,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>