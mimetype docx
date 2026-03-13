--- v0 (2025-11-14)
+++ v1 (2026-03-13)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e516f4e" w14:textId="e516f4e">
+    <w:p w14:paraId="926ff67" w14:textId="926ff67">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -300,74 +301,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған Жер қойнауын пайдаланушының алдыңғы жылы өндіруге арналған шығыстарының бір пайызы мөлшерінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру </w:t>
-[...9 lines deleted...]
-        <w:t>қағидалары</w:t>
+      1. Қоса беріліп отырған жер қойнауын пайдаланушының алдыңғы жылы өндіруге арналған шығыстарының бір пайызы мөлшерінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 553</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 29.12.2025 № 598 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Инвестициялар және даму министрлігінің Технологиялық және инновациялық даму департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1308,1278 +1371,822 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жер қойнауын пайдаланушының алдыңғы жылы өндіруге арналған шығыстарының бір пайызы мөлшерінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру қағидалары</w:t>
+        <w:t xml:space="preserve"> Жер қойнауын пайдаланушының алдыңғы жылы өндіруге арналған шығыстарының бір пайызы мөлшерінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру Қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қағидалар жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 19.07.2024 </w:t>
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 29.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 272</w:t>
+        <w:t>№ 553</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 23.07.2024 № 365 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Ғылым және жоғары білім министрінің 29.12.2025 № 598 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Жер қойнауын пайдаланушының алдыңғы жылы өндіруге арналған шығыстарының бір пайызы мөлшерінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) 212-бабы 1-тармағының </w:t>
+      1. Осы Жер қойнауын пайдаланушының алдыңғы жылы өндіруге арналған шығыстарының бір пайызы мөлшерінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру қағидалары (бұдан әрі – Қағидалар) "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) 212-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Мемлекеттік статистика туралы" Қазақстан Республикасы Заңының 16-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және жер қойнауын пайдаланушының алдыңғы жылы өндіруге арналған шығыстарының бір пайызы мөлшерінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
-[...15 lines deleted...]
-      2. Осы Қағидалар Қазақстан Республикасының салық заңнамасына сәйкес ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарының шығыстарын шегерімге жатқызу тәртібіне қолданылмайды.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
-[...15 lines deleted...]
-      3. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ғылыми және (немесе) ғылыми-техникалық қызмет нәтижесі – ғылыми және (немесе) ғылыми-техникалық қызметті жүзеге асыру барысында тиісті ғылыми әдістермен және құралдармен алынған және кез келген ақпарат жеткізгіште тіркеліп-белгіленген жаңа білім немесе шешімдер, сондай-ақ өндіріске ендірілген ғылыми әзірлемелер мен технологиялар, жаңа бұйымдардың, материалдар мен заттардың модельдері, макеттері, үлгілері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
-[...15 lines deleted...]
-      1) ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелері – ғылыми және (немесе) ғылыми-техникалық қызметті орындау барысында тиісті ғылыми әдістермен және құралдармен алынған және кез келген ақпараттық тасығышта тіркелген жаңа білімдер немесе шешімдер, ғылыми әзірлемелер мен технологияларды өндіріске енгізу, сондай-ақ модельдер, макеттер, жаңа бұйымдардың, материалдардың және заттардың үлгілері;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері – ғылыми және (немесе) ғылыми-техникалық қызметті жүзеге асыратын жеке және заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
-[...15 lines deleted...]
-      2) ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері – ғылыми және (немесе) ғылыми-техникалық қызметті жүзеге асыратын жеке және заңды тұлғалар;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ғылыми-зерттеу жұмысы – қолда бар білімді кеңейту және жаңа білім алу, ғылыми гипотезаларды тексеру, табиғат пен қоғамның даму заңдылықтарын анықтау, жобаларды ғылыми жалпылау, ғылыми негіздеу мақсатында ғылыми ізденіспен, зерттеулер, эксперименттер жүргізумен байланысты жұмыс;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ғылыми қызмет – зерттелетін объектілерге, құбылыстарға (процестерге) тән қасиеттерді, ерекшеліктер мен заңдылықтарды анықтау және алған білімдерін практикада пайдалану мақсатында қоршаған шындықты зерделеуге бағытталған қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ғылыми-техникалық қызмет – технологиялық, конструкторлық, экономикалық, әлеуметтік-саяси және өзге де міндеттерді шешу үшін ғылым, техника және өндіріс салаларында жаңа білім алуға және оны қолдануға, нәтижелерді коммерцияландыруды және осы зерттеулерді жүргізу үшін қажетті нормативтік-техникалық құжаттама әзірлеуді қоса алғанда, ғылымның, технология мен өндірістің біртұтас жүйе ретінде жұмыс істеуін қамтамасыз етуге бағытталған қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ғылым саласындағы уәкілетті орган – ғылым және ғылыми-техникалық қызмет саласында салааралық үйлестіруді және басшылықты жүзеге асыратын мемлекеттік орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тәжірибелік-конструкторлық жұмыстар – өнімді жасау немесе жаңғырту, тәжірибелік үлгілерге конструкторлық және технологиялық құжаттаманы әзірлеу, тәжірибелік үлгілер мен пайдалы модельдерді дайындау және сынау кезінде орындалатын жұмыстар кешені.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидаларда қолданылатын өзге де ұғымдар Қазақстан Республикасының ғылым саласындағы заңнамасында пайдаланылатын ұғымдарға сәйкес келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жер қойнауын пайдаланушы ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарға жыл сайынғы аударымдарды екінші жылдан бастап өндірудің бүкіл кезеңі ішінде жер қойнауын пайдаланушы өткен жылы қатты пайдалы қазбаларды өндіруге жұмсаған бір пайыз мөлшерінде және (немесе) өндірудің бір пайызы мөлшерінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Егер өндіруге арналған шығындардан жер қойнауын пайдаланушының жылдық жиынтық табысынан жүргізілген аударымдардың сомасы бір пайыздан асқан жағдайда, оның бір бөлігі келесі жылы көрсетілген аударымдарды жүзеге асыру жөніндегі жер қойнауын пайдаланушының міндеттемелерін орындау есебіне есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) ғылыми-зерттеу жұмысы – бар білімді кеңейту және жаңа білім алу, ғылыми гипотезаларды тексеру, табиғат пен қоғам дамуының заңдылықтарын анықтау, жобаларды ғылыми жинақтау, ғылыми негіздеу мақсатында ғылыми ізденіспен, зерттеулер, эксперименттер жүргізумен байланысты жұмыс; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+      5. Ғылыми зерттеулерді қаржыландыру жөніндегі міндеттемелерді есептеу мақсатында алдыңғы жылдың қорытындысы бойынша жер қойнауын пайдаланушы өндіруге жұмсаған шығындарды айқындау жер қойнауын пайдаланушылар Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>215-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 24 мамырдағы № 374 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17063 болып тіркелген) бекітілген Жер қойнауын пайдаланушының пайдалы қатты қазбаларды барлау және өндіру, кең таралған пайдалы қазбаларды өндіру жөніндегі операцияларды жүргізу кезінде есептерді ұсыну қағидаларына сәйкес пайдалы қатты қазбалар саласындағы уәкілетті органға ол бекітетін тәртіппен ұсынатын пайдалы қатты қазбалар саласындағы жер қойнауын пайдаланушы үшін лицензиялық талаптардың орындалуы туралы есептің деректері негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Жер қойнауын пайдаланушылардың пайдалы қатты қазбалар өндіру кезеңінде ғылыми зерттеуді қаржыландыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Өткен жылы жер қойнауын пайдаланушының өндіруге жұмсаған шығыстарының бір пайызы мөлшерінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыруға ақшалай қаражатты аудару есепті жылдан кейінгі жылдың 31 наурызынан кешіктірілмей республикалық бюджетке жер қойнауын пайдаланушының өткен жылы қатты пайдалы қазбаларды өндіруге жұмсаған шығындарының 1% мөлшерінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) ғылыми зерттеулер – ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелеріне қол жеткізу мақсатында ғылыми-зерттеу, тәжірибелік-конструкторлық және технологиялық жұмыстар шеңберінде ғылыми және (немесе) ғылыми-техникалық қызмет субъектілері тиісті ғылыми әдістермен және құралдармен жүзеге асыратын қолданбалы, іргелі, стратегиялық ғылыми зерттеулер; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+      7. Осы Қағиданың мақсаттары үшін Кодекстің 212-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)-тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру жөніндегі міндеттемелерді орындау деп жер қойнауын пайдаланушының Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бюджет кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес республикалық бюджетке іс жүзінде жүзеге асырған ақшалай аударымдары танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) ғылыми қызмет – зерделенетін объектілерге, құбылыстарға (процестерге) тән қасиеттерді, ерекшеліктер мен заңдылықтарды анықтау мақсатында қоршаған болмысты зерделеуге және алынған білімді практикада пайдалануға бағытталған қызмет; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+      8. Тау-кен жұмыстарының жоспарын, жою жоспарын әзірлеу, сондай-ақ Қазақстан Республикасының жер қойнауы және жер қойнауын пайдалану туралы заңнамасына сәйкес жүзеге асырылатын жер қойнауын пайдалану жөніндегі операцияларды жүргізу үшін жобалау құжаттарына өзгерістер мен толықтырулар әзірлеу – Қазақстан Республикасының жер қойнауы және жер қойнауын пайдалану туралы заңнамасында және "Жер қойнауы және жер қойнауын пайдалану туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданысқа енгізілгенге дейін жасалған пайдалы қатты қазбалар бойынша жер қойнауын пайдалануға арналған келісімшарттарға көзделген міндеттемелер шеңберінде ғылыми зерттеулерге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) ғылыми-техникалық қызмет – технологиялық, конструкторлық, экономикалық пен әлеуметтік-саяси және өзге де міндеттерді шешу үшін ғылымның, техниканың және өндірістің барлық саласында жаңа білім алуға және оны қолдануға, осы зерттеулерді жүргізу үшін қажетті нормативтік-техникалық құжаттама әзірлеуді қоса алғанда, ғылымның, технологияның және өндірістің біртұтас жүйе ретінде жұмыс істеуін қамтамасыз етуге бағытталған қызмет; </w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+      9. Жер қойнауын пайдаланушылардың осы Қағидалардың 4-тармағында көзделген мөлшерінде ғылыми-зерттеу, ғылыми-техникалық және (немесе) тәжірибелік-конструкторлық жұмыстарды қаржыландыру жөніндегі міндеттемелердің орындалғанын растайтын құжат "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы Заңының 1-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>59) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес төлем тапсырмасы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10) тәжірибелік-конструкторлық жұмыстар – өнімді жасау немесе жаңғырту кезінде орындалатын жұмыстар кешені, тәжірибелік үлгілерге арналған конструкторлық және технологиялық құжаттаманы әзірлеу, тәжірибелік үлгілер мен пайдалы модельдерді дайындау және сынау; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+      10. "Ғылым және технологиялық саясат туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес құрылатын уәкілетті органның Ғылыми-техникалық кеңесі (бұдан әрі – ҒТК) бағдарламалық-нысаналы қаржыландырудың басым және мамандандырылған бағыттарының тізбесін қалыптастырады, сондай-ақ бағдарламалық-нысаналы қаржыландыру шеңберінде ғылыми-техникалық тапсырмалардың жобаларын қарайды және келіседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11) Ұлттық әл-ауқат қоры (бұдан әрі – Қор) – "Ұлттық әл-ауқат қоры туралы" Қазақстан Республикасының </w:t>
-[...177 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17063 болып тіркелген) бекітілген Жер қойнауын пайдаланушының пайдалы қатты қазбаларды барлау және өндіру, кең таралған пайдалы қазбаларды өндіру жөніндегі операцияларды жүргізу кезінде есептерді ұсыну қағидаларына сәйкес пайдалы қатты қазбалар саласындағы уәкілетті органға ол бекітетін тәртіппен ұсынатын пайдалы қатты қазбалар саласындағы жер қойнауын пайдаланушы үшін лицензиялық-келісімшарттық талаптардың орындалуы туралы есептің деректері негізінде жүзеге асырылады. </w:t>
+      11. Уәкілетті орган осы Қағидалардың 10-тармағында көрсетілген Ғылыми-техникалық тапсырмаларды Қазақстан Республикасы Ғылым және жоғары білім министрінің міндетін атқарушының 2023 жылғы 6 қарашадағы № 563 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33613 болып тіркелген) Ғылыми және (немесе) ғылыми-техникалық қызметті базалық және бағдарламалық-нысаналы қаржыландыру, ғылыми және (немесе) ғылыми-техникалық қызметті гранттық қаржыландыру және ғылыми және (немесе) ғылыми-техникалық қызмет нәтижелерін коммерцияландыру, іргелі ғылыми зерттеулерді жүзеге асыратын ғылыми ұйымдарды қаржыландыру қағидаларының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>45-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ғылым саласындағы уәкілетті органға жібереді (бұдан әрі – Бағдарламалық-нысаналы қаржыландыру қағидалары).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
-[...15 lines deleted...]
-      8. Тау-кен жұмыстарының жоспарын, жою жоспарын әзірлеу, сондай-ақ Қазақстан Республикасының жер қойнауы және жер қойнауын пайдалану туралы заңнамасына сәйкес жүзеге асырылатын жер қойнауын пайдалану жөніндегі операцияларды жүргізу үшін жобалау құжаттарына өзгерістер мен толықтырулар әзірлеу – Қазақстан Республикасының жер қойнауы және жер қойнауын пайдалану туралы заңнамасында және Кодекс қолданысқа енгізілгенге дейін жасалған пайдалы қатты қазбалар бойынша жер қойнауын пайдалануға арналған келісімшарттарға көзделген міндеттемелер шеңберінде ғылыми зерттеулерге жатпайды.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Жер қойнауын пайдаланушы тиісті көрсетілетін қызметтерді жыл сайын 25 (жиырма бесінші) қазаннан кешіктірмей осы Қағидаларға қосымшаға сәйкес нысан бойынша келесі есепті кезеңге қаржыландыруға жоспарланған ғылыми зерттеулер бағдарламасын ҒТК-ға келісуге жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> көзделген ғылыми зерттеулерді қаржыландыру жөніндегі міндеттемелердің орындалғанын растайтын құжат болып табылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҒТК ғылыми зерттеулер бағдарламасын осы Қағидаларға қосымшаға сәйкес ҒТК әзірлеген ғылыми зерттеулерді жүргізуге арналған басым салалық бағыттар тізбесіне сәйкес келуі тұрғысынан қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. ҒТҚ жер қойнауын пайдаланушыдан ғылыми зерттеулер бағдарламасын алған күннен бастап 20 (жиырма) жұмыс күні ішінде келмейтін қаржыландыруға жоспарланған ғылыми зерттеулер бағдарламасын келіседі не пысықтауға жібереді. Ғылыми зерттеулер бағдарламасын пысықтауға жіберген кезде ҒТҚ ұсынымдар бар ҒТҚ отырысын өткізу хаттамасын қоса береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:p>
-[...133 lines deleted...]
-      10. Өткен жылы жер қойнауын пайдаланушының өндіруге жұмсаған шығыстарының бір пайызы мөлшерінде ғылыми зерттеулерді қаржыландыру жөніндегі міндеттемелерді орындау шеңберінде есепті кезеңнің қорытындылары бойынша берешекті жіберуді мемлекеттік бюджетке ақша қаражатын аудару немесе "Инновациялық технологиялар паркі" дербес кластерлік қорына жер қойнауын пайдаланушыларды цифрландыру жобалары және ғылыми зерттеулер бағдарламалары мен пайдалы қатты қазбалар саласындағы уәкілетті органның жанындағы Ғылыми-техникалық кеңеспен (бұдан әрі – ҒТК) келісілген жобаларды іске асыру жолдарымен жүзеге асырады.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Жер қойнауын пайдаланушы ҒТК ұсынымдарын алған сәттен бастап 15 (он бес) жұмыс күні ішінде ҒТК өткізген отырыстың хаттамасына қоса берілген ұсынымдарға сәйкес ғылыми зерттеулер бағдарламасын пысықтайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Жер қойнауын пайдаланушылардың пайдалы қатты қазбалар өндіру кезеңінде ғылыми зерттеуді қаржыландыру тәртібі</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҒТК ұсынымдарымен келіспеген кезде жер қойнауын пайдаланушы ғылыми зерттеулер бағдарламасына ұсынымдарды қабылдамау туралы дәлелді негіздемені қоса береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Жер қойнауын пайдаланушылардан түскен ақшалай қаражат Бағдарламалық-нысаналы қаржыландыру қағидаларының 4-тарауында көзделген тәртіппен уәкілетті органның ҒТК келіскен ғылыми-техникалық тапсырмалар шеңберінде ғылыми және (немесе) ғылыми-техникалық қызмет субъектілерін қаржыландыруға пайдалануға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
-[...392 lines deleted...]
-    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2613,256 +2220,225 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жер қойнауын </w:t>
+              <w:t>Жер қойнауын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пайдаланушының</w:t>
+              <w:t>пайдаланушының алдыңғы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">алдыңғы жылы өндіруге </w:t>
+              <w:t>жылы өндіруге арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">арналған шығыстарының бір </w:t>
+              <w:t>шығыстарының бір пайызы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>пайызы мөлшерінде</w:t>
+              <w:t>мөлшерінде ғылыми-зерттеу,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ғылыми-зерттеу, ғылыми-</w:t>
+              <w:t>ғылыми- техникалық және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">техникалық және (немесе) </w:t>
+              <w:t>(немесе) тәжірибелік-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тәжірибелік- конструкторлық </w:t>
+              <w:t>конструкторлық жұмыстарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жұмыстарды қаржыландыру </w:t>
-[...12 lines deleted...]
-              <w:t>қағидаларына</w:t>
+              <w:t>қаржыландыру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="46"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әкімшілік деректердің нысаны интернет - ресурста орналастырылған: www.gov.kz/memleket/entities/mps </w:t>
-[...35 lines deleted...]
-      Әкімшілік дереккөздер нысанының индексі (нысан атауының әріптік-сандық қысқаша көрінісі): 1- ҒЗТКЖ-ПҚП</w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: www.gov.kz/memleket/entities/mps </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: Жер қойнауын пайдаланушының ғылыми зерттеулерінің _____жылға арналған бағдарламасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі (нысан атауының қысқаша әріптік-цифрлық көрінісі): 1- ҒЗТКЖ-ПҚП</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезеңділік: жыл сайын</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2872,89 +2448,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепті кезең: 20 ______ жыл бойынша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ақпаратты ұсынатын тұлғалар тобы: пайдалы қатты қазбалар бойынша жер қойнауын пайдаланушылар</w:t>
-[...37 lines deleted...]
-    <w:bookmarkEnd w:id="47"/>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын адамдар тобы: пайдалы қатты қазбалар бойынша жер қойнауын пайдаланушылар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: 25 (жиырма бесінші) қазаннан кешіктірмей</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -2972,303 +2530,383 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р/с №</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ғылыми зерттеудің атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми зерттеудің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орындау мерзімдері</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орындау мерзімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мақсаты</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мақсаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аннотация</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аннотация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өзектілігі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өзектілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Күтілетін нәтижелер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күтілетін нәтижелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болжалды құны (теңге) және іске асыру жоспары</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Болжалды құны (теңге) және іске асыру жоспары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3798,50 +3436,190 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      ЖСН/БСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="4267200" cy="419100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4267200" cy="419100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: электронды түрде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       Атауы ____________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мекенжайы________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -3853,87 +3631,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Телефоны __________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Электрондық пошта мекенжайы ______________________________________ </w:t>
+      Электрондық пошта мекенжайы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Орындаушы _____________________________________ __________________ </w:t>
+      Орындаушы ____________________________________ __________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      тегі, аты және әкесінің аты (бар болса)       қолы, телефоны </w:t>
+      тегі, аты және әкесінің аты (бар болса)             қолы,             телефоны </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басшы немесе оның міндеттерін атқаратын тұлға </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3943,231 +3721,247 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _________________________________________________ _______________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тегі, аты және әкесінің аты (бар болса)                   қолы</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="49"/>
+            тегі, аты және әкесінің аты (бар болса)                   қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Жер қойнауын пайдаланушының ғылыми зерттеулерінің _____жылға арналған бағдарламасы" толтыру бойынша түсініктеме (нысанның индексі: 1-ҒЗТКЖ-ПҚП және кезеңділігі: жыл сайын)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 1-бағанда жұмыстың реттік нөмірі көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2-бағанда ғылыми зерттеу жобасының атауы, ғылыми зерттеу жобасының қысқаша мәні көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 3-бағанда ғылыми зерттеу жобасының басталған күні – аяқталған күні көрсетіледі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 4-бағанда ғылыми зерттеу жобасының мақсаты көрсетіледі. Бағдарламаның тақырыбына сәйкес қол жеткізуге болатын және жобаны іске асыру нәтижесінде күтілетін шешімнің сипатын көрсететін қысқаша және нақты баяндалады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 5-бағанда ғылыми зерттеу жобасының жалпы пайымы, орта мерзімді және ұзақ мерзімді нәтижелері көрсетіледі. Аннотация мына сұрақтарға жауап береді: сіз қандай мәселелерді шешесіз, ұсынылған шешімнің жаңалығы қандай, алынған нәтижелер кімге пайдалы болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 6-бағанда ғылыми зерттеу жобасының өзектілігі, ғылыми зерттеу жобасының кемшіліктері/артықшылықтары, ғылыми зерттеу жобасы шешуге бағытталған қазіргі проблема көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. 7-бағанда ғылыми зерттеу жобасын іске асырудың негізгі тікелей (қандай жұмыстар жүргізіледі) және жанама (ғылыми зерттеу жобасын іске асыру неге алып келеді) нәтижелері көрсетіледі. Әсерді өлшеу үшін қандай көрсеткіштер пайдаланылады, қысқа мерзімді, орта мерзімді және ұзақ мерзімді келешекте осы ғылыми зерттеу жобасының (тікелей немесе жанама) әсер ету ауқымы қандай, ғылыми зерттеу жобасын іске асыру неге әкеледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. 8-бағанда әрбір іс-шараның болжалды құны, сондай-ақ ұсынылатын қаржыландыру жоспары көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4543,35 +4337,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>