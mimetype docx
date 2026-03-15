--- v0 (2025-12-22)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5215254" w14:textId="5215254">
+    <w:p w14:paraId="8657e6a" w14:textId="8657e6a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -586,126 +586,156 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қарғалы ауданы әкімінің 2017 жылғы 1 тамыздағы № 4 шешіміне қосымша</w:t>
+              <w:t>Қарғалы ауданы әкімінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2017 жылғы 1 тамыздағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 4 шешіміне қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z11" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қарғалы ауданы аумағындағы сайлау участкелері</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Қарғалы ауданы аумағындағы сайлау учаскелерi</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - Ақтөбе облысы Қарғалы ауданы әкімінің 20.05.2024 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - Ақтөбе облысы Қарғалы ауданы әкімінің 21.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 13</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z26" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 240 сайлау учаскесi</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Бадамша ауылдық округі, Бадамша ауылы, Д.Қонаев көшесі, 17. "Ақтөбе облысының Қарғалы аудандық мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесінің "Қарғалы аудандық мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -893,51 +923,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       А.Пушкин көшесі: № 6, 7, 8, 10, 14, 15, 16, 17, 18, 23, 27, 28, 30, 40, 42;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Д.Қонаев көшесі: № 2, 3, 4 А, 6, 8, 8 А, 9, 10, 12, 14, 14 А, 21;</w:t>
+      Д.Қонаев көшесі: № 2, 3, 4 А, 6, 8, 8А, 9, 10, 12, 14, 14 А, 21;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ы.Алтынсарин тұйығы: № 1, 2, 3, 5, 7, 9;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1130,66 +1160,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тың көшесі: № 9, 11, 13, 17, 19;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С.Торайғыров көшесі: №1.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z27" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  № 241 сайлау учаскесі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> № 241 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Бадамша ауылдық округі, Бадамша ауылы, В.Пацаев көшесі, 2 Г. "Ақтөбе облыcының білім басқармасы Қарғалы ауданының білім бөлімі" мемлекеттік мекемесі "Бадамша мектеп-бөбекжай бақшасы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1362,66 +1394,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       А.Байтұрсынов көшесі: № 5, 6, 7, 8, 10, 13, 14, 16, 20, 24, 25, 26, 27, 28, 29, 31, 32, 35, 36, 38, 40, 41, 46, 48, 50, 58, 59, 60, 61, 62, 64, 65, 69;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Еңбекшілер көшесі: № 22, 24, 26, 32, 32 А, 35, 38, 40, 42, 44, 45, 46, 47, 48, 49, 52, 54, 58, 59, 62, 66, 67, 70, 71, 73, 75, 79, 82, 86, 87, 88, 89, 90, 91, 92, 97, 99, 101, 103, 105, 107, 111, 113, 115.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  № 243 сайлау учаскесі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> № 243 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Бадамша ауылдық округі, Бадамша ауылы, Әйтеке би көшесі, 17 Б. "Ақтөбе облысының білім басқармасы" мемлекеттік мекемесі "Бадамша агротехникалық колледжі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1612,82 +1646,84 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В.Пацаев көшесі:4, 6, 6 Б, 8;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Желтоқсан көшесі: № 30, 32, 34, 41, 43, 47, 49, 52, 58, 63.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  № 571 сайлау учаскесі</w:t>
-[...17 lines deleted...]
-      Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Бадамша ауылдық округі, Бадамша ауылы, А.Жангилдин көшесі, 7. "Ақтөбе облыcының білім басқармасы Қарғалы ауданының білім бөлімі" мемлекеттік мекемесі "№ 2 Бадамша орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+        <w:t xml:space="preserve"> № 571 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Бадамша ауылдық округі, Бадамша ауылы, Есет батыр көшесі, 13. "Ақтөбе облысының білім басқармасы Қарғалы ауданының білім бөлімі" мемлекеттік мекемесінің "Қарғалы аудандық балалар өнер мектебі" мемлекеттік коммуналдық қазыналық кәсіпорнының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң шекаралары: Бадамша ауылы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1880,342 +1916,354 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бекет көшесі: № 2, 4, 6;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан көшесі: № 1, 2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 13, 15, 16, 18, 19, 20, 21, 22, 23, 24, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 44, 45, 47, 49, 51, 53.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 245 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Әлімбет ауылдық округі, Әлімбет ауылы, Қазақстан көшесі, 63. "Ақтөбе облысының білім басқармасы Қарғалы ауданының білім бөлімі" мемлекеттік мекемесі "Әлімбет орта мектеп-балабақшасы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Әлімбет ауылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  № 246 сайлау учаскесі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> № 246 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Ащылысай ауылдық округі, Ащылысай ауылы, Бауыржан Момышұлы көшесі, 43. "Ақтөбе облысының Қарғалы аудандық мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесінің "Қарғалы аудандық мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық клубының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Ащылысай ауылы, Ақкөл ауылы, Преображеновка ауылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 248 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Ащылысай ауылдық округі, Бозтөбе ауылы, В.Жук көшесі, 39. "Ақтөбе облысының білім басқармасы Қарғалы ауданының білім бөлімі" мемлекеттік мекемесі "Бозтөбе негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Бозтөбе ауылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  № 249 сайлау учаскесі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> № 249 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Велихов ауылдық округі, Велихов ауылы, Мектеп көшесі, 13. "Ақтөбе облысының білім басқармасы Қарғалы ауданының білім бөлімі" мемлекеттік мекемесі "Велиховка негізгі мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Велихов ауылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 250 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...14 lines deleted...]
-      Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Велихов ауылдық округі, Ақжайық ауылы, Бауыржан Момышұлы көшесі, 55. "Ақтөбе облысының денсаулық сақтау басқармасы" мемлекеттік мекемесі, шаруашылық жүргізу құқығындағы "Қарғалы ауданының ауруханасы" мемлекеттік коммуналдық кәсіпорнының ғимараты, фельдшер кабинеті.</w:t>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Велихов ауылдық округі, Ақжайық ауылы, Бауыржан Момышұлы көшесі, 55. "Ақтөбе облысының денсаулық сақтау басқармасы" мемлекеттік мекемесі шаруашылық жүргізу құқығындағы "Қарғалы ауданының ауруханасы" мемлекеттік коммуналдық кәсіпорнының ғимараты, фельдшер кабинеті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Ақжайық ауылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 251 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...14 lines deleted...]
-      Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Желтау ауылдық округі, Петропавл ауылы, Дінмұхамед Қонаев көшесі, 70. "Ақтөбе облысының білім басқармасы Қарғалы ауданының білім бөлімі" мемлекеттік мекемесі "Петропавл орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Желтау ауылдық округі, Петропавл ауылы, Қ.Мұқанов көшесі, 92 А. "Ақтөбе облысының дене шынықтыру, спорт және туризм басқармасы" мемлекеттік мекемесінің "Бадамша балалар жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесінің Петропавл спорт кешенінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Петропавл ауылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2225,51 +2273,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дінмұхамед Қонаев көшесі: № 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 46, 54, 56, 58, 60, 63, 64, 66, 74, 78, 80, 82, 86, 88, 90, 92, 94, 96, 98, 100 А, 100 Б, 104;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қ.Мұқанов көшесі: № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13А, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28 А, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37 А, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 62, 63, 64, 65, 66, 66 А, 67, 68, 69, 70, 72, 72 А, 74, 76, 78, 82, 84, 86, 88, 92, 94, 108;</w:t>
+      Қ. Мұқанов көшесі: № 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13А, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28 А, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37 А, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 62, 63, 64, 65, 66, 66 А, 67, 68, 69, 70, 72, 72 А, 74, 76, 78, 82, 84, 86, 88, 92, 94, 108;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қарғалы көшесі: № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 15, 16, 17, 18, 18 Б, 19, 20, 20 А, 20 Б, 21, 22, 23, 24, 24 А, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63 Б, 64, 65, 66, 67, 68, 69, 70, 72, 72 А, 74, 76, 78;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2408,66 +2456,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жамбыл көшесі: № 10, 11, 12, 13, 14;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тұрғын үй алабы: № 1 В, 2, 6, 19, 27, 49, 50, 51, 72, 81, 139, 155, 160, 177.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № 252 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Желтау ауылдық округі, Петропавл ауылы, Жеңіс көшесі, 1. "Ақтөбе облысының Қарғалы аудандық мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесінің "Қарғалы аудандық мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорынының ауылдық клубының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2658,308 +2708,350 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеңіс көшесі: № 2, 3, 3 А, 3 Б, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 14 А, 15, 16, 20, 22, 24;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ф.Майоров көшесі: № 1, 2.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  № 253 сайлау учаскесі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> № 253 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Шәмші Қалдаяқов ауылы, Н.Орынбасаров көшесі, 1. "Ақтөбе облысының білім басқармасы Қарғалы ауданының білім бөлімі" мемлекеттік мекемесінің "В.И.Пацаев атындағы орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Шәмші Қалдаяқов ауылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  № 255 сайлау учаскесі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> № 255 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Кемпірсай ауылдық округі, Жосалы ауылы, Мектеп көшесі, 1. "Ақтөбе облысының білім басқармасы Қарғалы ауданының білім бөлімі" мемлекеттік мекемесі "Жосалы орта мектеп-балабақшасы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Жосалы, Кемпірсай ауылдары.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  № 257 сайлау учаскесі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> № 257 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Қос Естек ауылдық округі, Қос Естек ауылы, Абай көшесі, 104. "Ақтөбе облысының білім басқармасы Қарғалы ауданының білім бөлімі" мемлекеттік мекемесі "Қос Естек орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Қос Естек ауылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  № 259 сайлау учаскесі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> № 259 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Степной ауылдық округі, Степной ауылы, Д.А.Қонаев көшесі, 5. "Ақтөбе облысының Қарғалы аудандық мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесінің "Қарғалы аудандық мәдениет үйі" мемлекеттік коммуналдық қазыналық кәсіпорнының ауылдық клубының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Степной ауылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  № 260 Сайлау учаскесі</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> № 260 Сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесiнiң орналасқан жерi: Ақтөбе облысы, Қарғалы ауданы, Степной ауылдық округі, Қайрақты ауылы, Әбілқайыр хан көшесі, 23. "Ақтөбе облысының білім басқармасы Қарғалы ауданының білім бөлімі" мемлекеттік мекемесі "Қайрақты негізгі мектеп-балабақшасы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сайлау учаскесінің шекаралары: Қайрақты ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -2967,55 +3059,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3341,31 +3433,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>