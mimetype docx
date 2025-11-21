--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="348cf1c" w14:textId="348cf1c">
+    <w:p w14:paraId="5802027" w14:textId="5802027">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,84 +112,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2017 жылғы 28 тамыздағы № 357 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 29 қыркүйекте № 15827 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" 2004 жылғы 9 шілдедегі Қазақстан Республикасы Заңының 9-бабы 1-тармағының </w:t>
+      "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Қазақстан Республикасы Заңының 9-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>77-8) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 292</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Cирек кездесетіндерден және жойылып кету қаупі төнгендерден басқа жануарларды эпизоотияны болғызбау мақсатында пайдалану </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -330,153 +402,173 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Премьер-Министрінің орынбасары −</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ауыл шаруашылығы министрі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -735,74 +827,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Cирек кездесетіндерден және жойылып кету қаупі төнгендерден басқа жануарларды эпизоотияны болғызбау мақсатында пайдалану қағидалары (бұдан әрі – Қағидалар) "Жануарлар дүниесін қорғау, өсiмін молайту және пайдалану туралы" 2004 жылғы 9 шілдедегі Қазақстан Республикасы Заңының 9-бабы 1-тармағының </w:t>
+      1. Cирек кездесетіндерден және жойылып кету қаупі төнгендерден, сондай-ақ балық ресурстарын және басқа да су жануарларынан басқа жануарларды эпизоотияны болғызбау мақсатында пайдалану қағидалары (бұдан әрі – Қағидалар) "Жануарлар дүниесін қорғау, өсiмін молайту және пайдалану туралы" Қазақстан Республикасы Заңының 9-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>77-8) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және сирек кездесетіндерден және жойылып кету қаупі төнгендерден басқа жануарларды эпизоотияны болғызбау мақсатында пайдалану тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 292</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдыр көзделеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -957,354 +1111,420 @@
         <w:t xml:space="preserve">
       3. Cирек кездесетіндерден және жойылып кету қаупі төнгендерден басқа жануарларды эпизоотияны болғызбау мақсатында пайдалану "Ветеринария саласындағы нормативтік құқықтық актілерді бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2014 жылғы 30 қазандағы № 7-1/559 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9891 болып тіркелген) жануарлардың аса қауіпті аурулары тізбесіне енгізілген жануарлардың аса қауіпті аурулары бойынша:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жыл сайын көктем кезінде аң аулау маусымы басталар алдында, негізгі қоныс аудару жолдары бойында жабайы құстардың ұшып келу уақытында олар алғаш келіп қонатын жерлерде (аса қауіпті ауруларды әкелу ықтималдығын бағалау);</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       африкалық және оңтүстік еуропалық қыстау орындарынан ұшып келе жатқанда (Маңғыстау, Атырау және Батыс Қазақстан облыстары);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      пәкістандық қыстау орындарынан ұшып келе жатқанда (Оңтүстік Қазақстан, Қызылорда, Қостанай және Солтүстік Қазақстан облыстары);</w:t>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+      пәкістандық қыстау орындарынан ұшып келе жатқанда (Түркістан, Қызылорда, Қостанай және Солтүстік Қазақстан облыстары);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үнділік қыстау орындарынан ұшып келе жатқанда (Алматы, Шығыс Қазақстан, Жетісу, Абай және Павлодар облыстары) эпизоотиялық мониторинг жүргізу жолымен жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жыл сайын тіршілік етуі кезінде диагностика жасaу үшін сезімтал жабайы жануарлар арасында мониторинг жүргізу мақсатында олардың мекендеу орындарынан биологиялық материалдың (қалдықтардың) сынамаларын іріктеп алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Экология және табиғи ресурстар министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 292</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Эпизоотиялық мониторинг "Эпизоотиялық мониторинг жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2014 жылғы 27 қарашадағы № 7-1/618 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10021 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z14" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Эпизоотиялық мониторингтің зерттеу объектілері: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алып қойылған жануарлар дүниесі объектілері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) биологиялық қалдықтар болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Бекітіп берілген аңшылық алқаптар мен ерекше қорғалатын табиғи аумақтарда зерттеу объектілерінің эпизоотиялық мониторингі олардың әкімшілігімен келісім бойынша жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z16" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Cирек кездесетіндерден және жойылып кету қаупі төнгендерден басқа жануарларды эпизоотияны болғызбау мақсатында пайдалану "Жануарлар дүниесін пайдалануға рұқсаттар беру қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің міндетін атқарушының 2014 жылғы 19 желтоқсандағы № 18-04/675 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10168 болып тіркелген) сәйкес эпизоотиялық мониторинг мақсатында биологиялық материалдың сынамаларын іріктеп алу үшін жануарлар дүниесі объектілерін алып қою жолымен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Биологиялық материалдың сынамаларын іріктеп алу үшін жануарлар дүниесі объектілерін алып қою көлемі биологиялық негіздемеге сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Биологиялық материалдың сынамаларын (қалдықтарын) іріктеп алуды және оны ветеринариялық зертханаға жеткізуді "Орны ауыстырылатын (тасымалданатын) объектілердің және мен биологиялық материалдың сынамаларын алу қағидаларын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің жылғы 2015 жылғы 30 сәуірдегі № 7-1/393 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11618 болып тіркелген) сәйкес ветеринария саласындағы мамандар жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>