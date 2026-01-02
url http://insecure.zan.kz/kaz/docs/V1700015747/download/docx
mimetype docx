--- v0 (2025-10-02)
+++ v1 (2026-01-02)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b9163c6" w14:textId="b9163c6">
+    <w:p w14:paraId="34f1063" w14:textId="34f1063">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -811,87 +811,125 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 69 қе бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының шегінде өз мүлкін тасымалдау үшін ұлттық қауіпсіздік органдарының әскери қызметшілеріне мемлекет есебінен ақша төлеу қағидалары</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы ұлттық қауіпсіздік органдарының әскери қызметшілеріне Қазақстан Республикасының шегінде өз мүлкін тасымалдау үшін мемлекет есебінен ақша төлеу қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - ҚР Ұлттық қауіпсіздік комитеті Төрағасының 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 119/қе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида жаңа редакцияда – ҚР Ұлттық қауіпсіздік комитеті Төрағасының м.а. 28.08.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 68/қе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1060,281 +1098,365 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жаңа қызмет орнына ауысу кезінде немесе басқа жергілікті жерде әскери есепке қою үшін ҚР шегінде өз мүлкін тасымалдау үшін ақша төлеуге әскери қызметші және әскери қызметтен босатылған адам тасымалдау маршрутын көрсету арқылы еркін түрде баянат (өтініш) ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z22" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Қазақстан Республикасы Президентінің 2007 жылғы 5 шілдедегі № 364 Жарлығымен бекітілген ҚР Қарулы Күштерінің, басқа да әскерлері мен әскери құралымдарының Ішкі қызмет жарғысының 50-тармағына сәйкес баянат (өтініш) істер мен лауазымды қабылдаған немесе мекеме тізімінен шығарылған күнінен бастап он жұмыс күні ішінде мынадай лауазымды адамдардың атына ұсынылады:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Қазақстан Республикасы Президентінің 2007 жылғы 5 шілдедегі № 364 Жарлығымен бекітілген ҚР Қарулы Күштерінің, басқа да әскерлері мен әскери құралымдарының Ішкі қызмет жарғысының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>50-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес баянат (өтініш) істер мен лауазымды қабылдаған не болмаса мекеме тізімінен шығарылған күнінен бастап отыз жұмыс күні ішінде мынадай лауазымды адамдардың атына ұсынылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z36" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) ҚР Ұлттық қауіпсіздік комитетінің (бұдан әрі – ҰҚК) Төрағасына – ҰҚК ведомстволарының бірінші басшылары, "Қазақстан Республикасы Ұлттық қауіпсіздік комитеті" республикалық мемлекеттік мекемесі құрылымдық бөлімшелерінің және әскери, арнаулы оқу орындарының бастықтары; </w:t>
-[...55 lines deleted...]
-    </w:p>
+      1) ҚР Ұлттық қауіпсіздік комитетінің (бұдан әрі – ҰҚК) Төрағасына – "Қазақстан Республикасы Ұлттық қауіпсіздік комитеті" республикалық мемлекеттік мекемесі ведомстволарының бірінші басшылары, құрылымдық бөлімшелерінің және ҰҚК әскери, арнаулы оқу орындарының бастықтары; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z37" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Қазақстан Республикасы Ұлттық қауіпсіздік комитеті" республикалық мемлекеттік мекемесі құрылымдық бөлімшелерінің бастықтарына – олардың қарамағындағы әскери қызметшілер және көрсетілген бөлімшелерде бұрын қызмет өткерген әскери қызметтен босатылған адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z38" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) ҰҚК Төрағасының орынбасары – Шекара қызметінің директорына – "Қазақстан Республикасы Ұлттық қауіпсіздік комитетінің Шекара қызметі" республикалық мемлекеттік мекемесінің әскери қызметшілері мен әскери қызметтен босатылған адамдар, ҰҚК Шекара қызметінің аумақтық бөлімшелері мен ведомстволық бағыныстағы ұйымдарының бастықтары; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z39" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ҰҚК мемлекеттік мекемелерінің бірінші басшыларына – олардың қарамағындағы әскери қызметшілер және көрсетілген бөлімшелерде бұрын әскери қызмет өткерген әскери қызметтен босатылған адамдар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Ұлттық қауіпсіздік комитеті Төрағасының 16.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 51/қе</w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда – ҚР Ұлттық қауіпсіздік комитеті Төрағасының 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>№ 119/қе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="11"/>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. ҚР шегінде өз мүлкін тасымалдау үшін ақша төлеуге бұйрық жасауға жауапты мемлекеттік мекеменің құрылымдық бөлімшесі (бұдан әрі – құрылымдық бөлімше) баянат (өтініш) тіркелген күннен бастап бес күннен кешіктірмей баянатта (өтініште) көрсетілген мәліметтерді тексеруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. ҚР шегінде өз мүлкін тасымалдау үшін ақша төлеуге бұйрық жасауға жауапты мемлекеттік мекеменің құрылымдық бөлімшесі (бұдан әрі – құрылымдық бөлімше) баянат (өтініш) тіркелген күннен бастап 5 күннен кешіктірмей баянатта (өтініште) көрсетілген мәліметтерді тексеруді жүзеге асырады. </w:t>
-[...18 lines deleted...]
-      Баянатта (өтініште) көрсетілген тасымалдау маршруты елді мекендердің нақты орналасуына сәйкес келмеген жағдайда, құрылымдық бөлімше өтініш берушіге оларды пысықтау үшін қайтарады. Өтініш беруші он күн ішінде құрылымдық бөлімшеге қайта өтініш жасайды, бұл ретте баянат (өтініш) бастапқы тіркелген күні берілген болып есептеледі.</w:t>
+      Баянатта (өтініште) көрсетілген тасымалдау бағыты елді мекендердің нақты орналасуына сәйкес келмеген жағдайда, құрылымдық бөлімше өтініш берушіге оларды пысықтау үшін қайтарады. Өтініш беруші он күн ішінде құрылымдық бөлімшеге қайта өтініш жасайды, бұл ретте баянат (өтініш) бастапқы тіркелген күні берілген болып есептеледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Баянат (өтініш) негізінде құрылымдық бөлімше төлем мөлшерін белгілейді және ҚР шегінде өз мүлкін тасымалдау үшін ақша төлеуге бұйрық жобасын дайындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Ұлттық қауіпсіздік комитеті Төрағасының 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 119/қе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Құрылымдық бөлімше бір айлық есептік көрсеткіш көлемінде автомобильдік жолдың әр 20 шақырымына төлем мөлшерін аңықтап және формула бойынша есептейді:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1441,242 +1563,242 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20 км - тұрақты шама;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1 АЕК - тиісті қаржы жылына арналып бекітілген айлық есептік көрсеткіш мөлшері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="12"/>
+    <w:bookmarkStart w:name="z30" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. ҚР шегінде өз мүлкін тасымалдау үшін ақша төлеу туралы бұйрық тасымалдау маршруты, арақашықтық және төлемнің мөлшері көрсетіліп, әскери қызметші әскери қызметті өткеріп жатқан жүрген, ал әскери қызметтен босатылған адамға әскери қызметтен шығар алдында қызмет өткерген мемлекеттік мекеменің уәкілетті лауазымды адамы шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ҚР шегінде өз мүлкін тасымалдағаны үшін ақша төлеу туралы бұйрық жарияланғаннан кейін құрылымдық бөлімше аталған бұйрықты немесе одан үзінді көшірмені қаржы бөлімшесіне төлемді жүзеге асыру үшін жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="13"/>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қаржы бөлімшесі ҚР шегінде өз мүлкін тасымалдағаны үшін әскери қызметшіге ақша төлеуді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z32" w:id="14"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қаржыландыру жоспары бойынша қаражаттар болған кезде – ақшалай үлеспен бірге төлей отырып;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z33" w:id="15"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қаражаттар болмаған жағдайда – жеке қаржыландыру жоспарында тиісті өзгерістер енгізілгеннен кейін жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z34" w:id="16"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. ҚР шегінде өз мүлкін тасымалдағаны үшін ақша төлеудің әскери қызметшіге немесе әскери қызметтен босатылған адамға тиістісі және оған төленбегені немесе аз мөлшерде төленгені Қазақстан Республикасы Азаматтық кодексі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>178-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағында белгіленген жалпы талап қою мерзімінің шегінде төленуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>