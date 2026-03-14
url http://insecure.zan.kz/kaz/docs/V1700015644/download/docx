--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d43c59b" w14:textId="d43c59b">
+    <w:p w14:paraId="00b3681" w14:textId="00b3681">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,106 +77,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасының Ұлттық архив қоры және архивтер туралы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттары</w:t>
+        <w:t>Ұлттық архив қоры және архивтер туралы Қазақстан Республикасы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттарын және тексеру парақтарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Мәдениет және спорт министрінің 2017 жылғы 9 маусымдағы № 172 және Қазақстан Республикасы Ұлттық экономика министрінің 2017 жылғы 14 тамыздағы № 301 бірлескен бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2017 жылғы 11 қыркүйекте № 15644 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 78</w:t>
+        <w:t>№ 663-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -267,296 +267,336 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қоса беріліп отырған бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z190" w:id="2"/>
+    <w:bookmarkStart w:name="z250" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасының Ұлттық архив қоры және архивтер туралы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
+        <w:t xml:space="preserve"> сәйкес Ұлттық архив қоры және архивтер туралы Қазақстан Республикасы заңнамасының сақталуына тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z191" w:id="3"/>
+    <w:bookmarkStart w:name="z251" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасы Ұлттық архивінің, орталық мемлекеттік архивтердің және мемлекеттік архивтердің толықтыру көздерінде электрондық құжат және электронды цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының электрондық құжаттар мен электрондық архивтер бөлігінде сақталуының тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының Ұлттық архиві, орталық мемлекеттік архивтер, Қазақстан Республикасының Президенті архиві мен мемлекеттік архивтердің жинақтау көздеріндегі Электрондық құжат және электрондық цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының электрондық құжат айналымы және электрондық архивтер бөлігінде сақталуына тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z192" w:id="4"/>
+    <w:bookmarkStart w:name="z252" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының Ұлттық архив қоры және архивтер туралы заңнамасының сақталуының тексеру парағы;</w:t>
+        <w:t xml:space="preserve"> сәйкес Ұлттық архив қоры және архивтер туралы Қазақстан Республикасының заңнамасының сақталуын тексеру парағы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z193" w:id="5"/>
+    <w:bookmarkStart w:name="z253" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы бірлескен бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасы Ұлттық архивінің, орталық мемлекеттік архивтердің және мемлекеттік архивтердің толықтыру көздерінде электрондық құжат және электронды цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының электрондық құжаттар мен электрондық архивтер бөлігінде сақталуын тексеру парағы;</w:t>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының Ұлттық архиві, орталық мемлекеттік архивтер, Қазақстан Республикасының Президенті архиві мен мемлекеттік архивтердің жинақтау көздеріндегі Электрондық құжат және электрондық цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының электрондық құжат айналымы және электрондық архивтер бөлігінде сақталуын тексеру парағы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z194" w:id="6"/>
+    <w:bookmarkStart w:name="z254" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) осы бірлескен бұйрыққа 5-қосымшаға сәйкес Қазақстан Республикасының Ұлттық архив қоры және архивтер туралы заңнамасының сақталуына тәуекел дәрежесін айқындау үшін субъективті өлшемшарттардың тізбесі;</w:t>
+        <w:t xml:space="preserve">
+      5) осы бірлескен бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Ұлттық архив қоры және архивтер туралы Қазақстан Республикасының заңнамасының сақталуына тәуекел дәрежесін айқындау үшін субъективті өлшемшарттардың тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z195" w:id="7"/>
+    <w:bookmarkStart w:name="z255" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) осы бірлескен бұйрыққа 6-қосымшаға сәйкес Мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасының электрондық құжат туралы Заңнамасының және электрондық құжат айналымы бөлігінде электрондық цифрлық қолтаңбаның және Қазақстан Республикасының Ұлттық архивтін, орталық мемлекеттік архивтерді және мемлекеттік архивтерді жинақтау көздеріндегі электрондық архивтердің сақталуына тәуекел дәрежесін айқындау үшін субъективті өлшемшарттардың тізбесі</w:t>
+        <w:t xml:space="preserve">
+      6) осы бірлескен бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық архивінің, орталық мемлекеттік архивтердің, Қазақстан Республикасының Президенті архиві және мемлекеттік архивтердің толықтыру көздерінде электрондық құжат айналымы мен электрондық архивтер бөлігінде электрондық құжат және электрондық цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының сақталуына тәуекел дәрежесін айқындау үшін субъективтік өлшемшарттардың тізбесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 78</w:t>
+        <w:t>№ 663-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1257,90 +1297,90 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z15" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасының Ұлттық архив қоры және архивтер туралы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> Ұлттық архив қоры және архивтер туралы Қазақстан Республикасы заңнамасының сақталуына тәуекел дәрежесін бағалау өлшемшарттары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырып жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+      Ескерту. Тақырып жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 78</w:t>
+        <w:t>№ 663-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – ҚР Мәдениет және спорт министрінің м.а. 01.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1371,51 +1411,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасының Ұлттық архив қоры және архивтер туралы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттары (бұдан әрі – Өлшемшарттар) Қазақстан Республикасының Кәсіпкерлік кодексінің (бұдан әрі – Кодекс) 141-бабының </w:t>
+      1. Осы Ұлттық архив қоры және архивтер туралы Қазақстан Республикасы заңнамасының сақталуына тәуекел дәрежесін бағалау өлшемшарттары (бұдан әрі – Өлшемшарттар) Қазақстан Республикасының Кәсіпкерлік кодексінің (бұдан әрі – Кодекс) 141-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1451,120 +1491,140 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, "Ұлттық архив қоры және архивтер туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, сәйкес, Ұлттық экономика министрінің міндетін атқарушының 2018 жылғы 31 шілдедегі № 3 "Тексеру парағының нысанын бекіту туралы" </w:t>
+        <w:t xml:space="preserve">, "Тексеру парағының нысанын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2018 жылғы 31 шілдедегі № 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17371 болып тіркелген) және Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2022 жылғы 22 маусымдағы № 48 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17371 болып тіркелген) және реттеуші мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесін қалыптастыру қағидаларын Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2022 жылғы 22 маусымдағы № 48 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28577 болып тіркелген) сәйкес әзірленді және бақылау субъектілерін тәуекел дәрежесіне жатқызуға және бақылау субъектісіне (объектісіне) бара отырып, профилактикалық бақылау жүргізу кезінде бақылау субъектілерін іріктеуге (бұдан әрі – профилактикалық бақылау) арналған.</w:t>
+        <w:t xml:space="preserve"> бекітілген Реттеуші мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесін қалыптастыру қағидаларына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28577 болып тіркелген) сәйкес бақылау субъектілерін тәуекел дәрежелеріне жатқызуға және бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау (бұдан әрі – профилактикалық бақылау) жүргізу кезінде бақылау субъектілерін іріктеу үшін әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 78</w:t>
+        <w:t>№ 663-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2391,1366 +2451,1412 @@
         <w:t>
       9. Бақылау субъектілерін тәуекел дәрежесіне жатқызу бақылау субъектілерінің ҰАҚ құжаттарының жойылуына (жоғалуына), бүлінуіне, қолдан жасалуына әкелуі мүмкін ҰАҚ және басқа да архивтік құжаттардың сақталуын қамтамасыз етумен байланысты қызметі нәтижесінде жеке және заңды тұлғалардың заңды мүдделеріне, мемлекеттің мүліктік мүдделеріне зиян келтіру ықтималдығына қарай жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z51" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Объективті өлшемшарттарға мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z209" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      жоғары тәуекел дәрежесіне:</w:t>
+        <w:t xml:space="preserve">
+      жоғары тәуекел </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дәрежесіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z210" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) мемлекеттік органдар болып табылмайтын заңды тұлғалар, ұйымдық-құқықтық нысанына қарай ұйымдары, олардың қызметінде ҰАҚ құжаттары және басқа да архивтік құжаттар қалыптастырылады;</w:t>
+      1) қызметінде ҰАҚ құжаттары және басқа да архивтік құжаттар қалыптастырылатын ұйымдық-құқықтық нысанына қарай заңды тұлғалар, ұйымдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z211" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) қызметінде ҰАҚ құжаттарының және басқа да архивтік құжаттар қалыптастырылатын мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасының Ұлттық архивін, орталық мемлекеттік архивтерді және мемлекеттік архивтерді жинақтау көздері;</w:t>
+      2) қызметінде ҰАҚ құжаттары және басқа да архивтік құжаттар қалыптастырылатын Қазақстан Республикасының Ұлттық архиві, орталық мемлекеттік архивтер, Қазақстан Республикасының Президенті архиві мен мемлекеттік архивтердің жинақтау көздері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z212" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      орташа тәуекел дәрежесіне:</w:t>
+        <w:t xml:space="preserve">
+      орташа тәуекел </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дәрежесіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z213" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қызметінде ҰАҚ құжаттары және басқа да архивтік құжаттар қалыптасатын мемлекеттік органдардың және жергілікті атқарушы органдардың ведомствоға қарасты заңды тұлғалары;</w:t>
+      1) қызметінде ҰАҚ құжаттары және басқа да архивтік құжаттар қалыптастырылатын мемлекеттік органдардың және жергілікті атқарушы органдардың ведомстволық бағынысты заңды тұлғалары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z214" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      төмен тәуекел дәрежесіне:</w:t>
+        <w:t xml:space="preserve">
+      төмен тәуекел </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дәрежесіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z215" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қызметінде ҰАҚ құжаттары қалыптастырылатын мемлекеттік емес заңды тұлғалар жатады.</w:t>
-      </w:r>
-[...435 lines deleted...]
-        <w:t xml:space="preserve"> қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 78</w:t>
+        <w:t>№ 663-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="73"/>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Субъективті өлшемшарттарды айқындауда келесідей сатыларда:</w:t>
+      11. Объективті өлшемшарттар бойынша тәуекелдің жоғары және орташа дәрежесіне жатқызылған бақылау субъектілеріне қатысты бақылау субъектісіне бару арқылы профилактикалық бақылауды жүргізу мақсатында субъективті өлшемшарттар қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z77" w:id="74"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Қазақстан Республикасының заңнамалық актілеріне сәйкес ерекшелік пен құпиялылық ескеріле отырып, ақпараттық жүйелерді пайдаланатын мемлекеттік органдарға арналған тәуекелдерді бағалау және басқару жүйесін қалыптастыру ерекшеліктері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z62" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) деректер базасын қалыптастыру және талаптардың бұзылуы туралы ақпарат жинау;</w:t>
+      12. Адал бақылау субъектілерін көтермелеу және бұзушыларға бақылау шоғырландыру қағидатын іске асыру мақсатында бақылау субъектілері (объектілері) субъективті өлшемшарттарды қолдану арқылы реттеуші мемлекеттік органның тәуекел дәрежесін бағалау өлшемшарттарымен айқындалатын кезеңге бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүргізуден босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z78" w:id="75"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z184" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) ақпаратты талдау және тәуекелдерді бағалау кезеңдерін қолдана отырып жүзеге асырылады.</w:t>
+      13. Бақылау субъектілері (объектілері) ақпараттық жүйені қолдана отырып, бақылау субъектілері қызметінің тиісті салаларындағы жоғары тәуекел дәрежесінен орташа тәуекел дәрежесіне немесе орташа тәуекел дәрежесінен төмен тәуекел дәрежесіне мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z79" w:id="76"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z185" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Субъективті өлшемшарттар бойынша тәуекел дәрежесін бағалау үшін келесі ақпарат көздері пайдаланылады:</w:t>
+      1) егер мұндай субъектілер Қазақстан Республикасының заңдарында белгіленген жағдайларда және тәртіппен үшінші тұлғалар алдында азаматтық-құқықтық жауапкершілікті сақтандыру шарттарын жасасcа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z216" w:id="77"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z186" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері;</w:t>
+      2) егер Қазақстан Республикасының заңдарында және реттеуші мемлекеттік органдардың тәуекел дәрежесін бағалау өлшемшарттарында бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудан немесе талаптарға сәйкестігіне тексерулер жүргізуден босату жағдайлары айқындалған болса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z217" w:id="78"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z187" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) бақылау субъектілеріне (объектілеріне) алдыңғы тексерулер мен бару арқылы профилактикалық бақылаудың нәтижелері;</w:t>
+        <w:t xml:space="preserve">
+      3) егер субъектілер өзін-өзі реттейтін ұйым қызметінің нәтижелерін тану туралы келісім жасалған, "Өзін-өзі реттеу туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ерікті мүшелікке (қатысуға) негізделген өзін-өзі реттейтін ұйымның мүшелері болып табылса ауыстырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z218" w:id="79"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері.</w:t>
+      14. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудан жүргізуден босату мақсатында реттеуші мемлекеттік органдар, сондай-ақ мемлекеттік органдар жеңілдететін индикаторларды ескереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеңілдететін индикаторларға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) деректерді онлайн-режимде беретін аудио және (немесе) бейне жазбалардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) деректерді мемлекеттік органдар жүйесіне беретін датчиктер мен басқа да бекіту құрылғыларының болуы (су датчиктері, атмосфераға шығарындыларды тіркеу датчиктері) жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Егер Қазақстан Республикасы ратификациялаған халықаралық шарттарда осындай негіздер көзделген болса, реттеуші мемлекеттік органның тәуекел дәрежесін бағалау өлшемшарттарына сәйкес тәуекелдерді бағалау мен талдаудың, аудиттің, сараптамалардың қолданылатын баламалы (тәуелсіз) жүйелері негізінде бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудан жүргізуден босату мүмкін болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесі бақылау субъектілерін (объектілерін) тәуекелдің нақты дәрежелеріне жатқызатын және бақылау іс-шараларын жүргізу тізімдерін қалыптастыратын ақпараттық жүйелерді пайдалана отырып жүргізіледі, сондай-ақ мемлекеттік статистикаға, ведомстволық статистикалық байқаудың қорытындыларына, сондай-ақ ақпараттық құралдарға негізделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тәуекелдерді бағалау мен басқарудың ақпараттық жүйесі болмаған кезде оларға қатысты бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау жүзеге асырылатын бақылау субъектілері (объектілері) санының ең аз жол берілетін шегі мемлекеттік бақылаудың белгілі бір саласындағы осындай бақылау субъектілерінің жалпы санының бес пайызынан аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z74" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...66 lines deleted...]
-</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Субъективті өлшемшарттар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="80"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z75" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Субъективті өлшемшарттар маңыздылығы мен қоғамға қауіптілігіне байланысты, Өлшемшарттармен қарастырылған бұзушылықтар ауырлығының 3 дәрежесіне қарай: өрескел, елеулі және болмашы болып бөлінеді.</w:t>
+      17. Субъективті өлшемшарттар: өрескел, елеулі, болмашы болып үш дәрежеге бөлініп, тексеру парақтарында келтірілген ҰАҚ және архивтер туралы заңнаманың сақталуы саласындағы Қазақстан Республикасы заңнамасының талаптарының (бұдан әрі – талаптар) негізінде жасалған және осы Өлшемшарттардың қосымшасында келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z84" w:id="81"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Өрескел дәрежеге ҰАҚ құжаттарының жойылу немесе бүліну қаупі жатады, ал ҰАҚ құжаттарының жойылуына Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы Кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>509-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      21. Бақылау субъектін (объектін) тәуекел дәрежесіне жатқызу үшін тәуекел дәрежесінің көрсеткішін есептеудің мынадай тәртібі қолданылады.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z85" w:id="82"/>
+    <w:bookmarkStart w:name="z76" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бір өрескел бұзушылық анықталған кезде бақылау субъектісіне 100 тәуекел дәрежесінің көрсеткіші теңестіріледі және оған қатысты профилактикалық бақылау жүргізіледі.</w:t>
+      18. Субъективті өлшемшарттарды айқындауда келесідей сатыларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z86" w:id="83"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z77" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер өрескел бұзушылықтар анықталмаса, онда тәуекел дәрежесінің көрсеткішін айқындау үшін елеулі және болмашы бұзушылықтар бойынша жиынтық көрсеткіш есептеледі.</w:t>
+      1) деректер базасын қалыптастыру және талаптардың бұзылуы туралы ақпарат жинау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z87" w:id="84"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z78" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      2) ақпаратты талдау және тәуекелдерді бағалау кезеңдерін қолдана отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Субъективті өлшемшарттар бойынша тәуекел дәрежесін бағалау үшін келесі ақпарат көздері пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z216" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z217" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бақылау субъектілеріне (объектілеріне) алдыңғы тексерулер мен бару арқылы профилактикалық бақылаудың нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z218" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Субъективті өлшемшарттар маңыздылығы мен қоғамға қауіптілігіне байланысты, Өлшемшарттармен қарастырылған бұзушылықтар ауырлығының 3 дәрежесіне қарай: өрескел, елеулі және болмашы болып бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Бақылау субъектін (объектін) тәуекел дәрежесіне жатқызу үшін тәуекел дәрежесінің көрсеткішін есептеудің мынадай тәртібі қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z85" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бір өрескел бұзушылық анықталған кезде бақылау субъектісіне 100 тәуекел дәрежесінің көрсеткіші теңестіріледі және оған қатысты профилактикалық бақылау жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z86" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер өрескел бұзушылықтар анықталмаса, онда тәуекел дәрежесінің көрсеткішін айқындау үшін елеулі және болмашы бұзушылықтар бойынша жиынтық көрсеткіш есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z87" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Елеулі бұзушылықтар көрсеткішін айқындау кезінде 0,7 коэффициенті қолданылады және бұл көрсеткіш мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРз = (SР2 х 100/SР1) х 0,7,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="85"/>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРз – елеулі бұзушылықтардың көрсеткіші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z91" w:id="86"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z91" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР1 – елеулі бұзушылықтардың талап етілетін саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z92" w:id="87"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z92" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР2 – анықталған елеулі бұзушылықтардың саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z93" w:id="88"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z93" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Болмашы бұзушылықтардың көрсеткішін айқындау кезінде 0,3 коэффициенті қолданылады және бұл көрсеткіш мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z94" w:id="89"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн = (SР2 х 100/SР1) х 0,3,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z95" w:id="90"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z96" w:id="91"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн – болмашы бұзушылықтардың көрсеткіші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z97" w:id="92"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z97" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР1 – болмашы бұзушылықтардың талап етілетін саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z98" w:id="93"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z98" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР2 – анықталған болмашы бұзушылықтардың саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z99" w:id="94"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z99" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекел дәрежесінің жалпы көрсеткіші (SР) 0-ден 100-ге дейінгі шәкіл бойынша есептеледі және мына формула бойынша елеулі және болмашы бұзушылықтардың көрсеткіштерін қосу арқылы айқындалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z100" w:id="95"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z100" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР = SРз + SРн,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z101" w:id="96"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z101" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z102" w:id="97"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z102" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР – тәуекел дәрежесінің жалпы көрсеткіші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z103" w:id="98"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z103" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРз – елеулі бұзушылықтардың көрсеткіші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z104" w:id="99"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z104" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн – болмашы бұзушылықтардың көрсеткіші.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z219" w:id="100"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z219" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін есептеу 0-ден 100 балға дейінгі шкала бойынша жүргізіледі және мынадай формула бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3967,70 +4073,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z220" w:id="101"/>
+    <w:bookmarkStart w:name="z220" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. R көрсеткіші бойынша субъектілер (объектілер) бойынша есептелген мәндер 0-ден 100 балға дейінгі диапазонға қалыпқа келтіріледі. Деректерді қалыпқа келтіру әрбір іріктемелі жиынтық (іріктеме) бойынша мынадай формула әдісін пайдалана отырып жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4344,188 +4450,188 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ұлттық архив қоры және </w:t>
+              <w:t>Ұлттық архив қоры және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">архивтер туралы </w:t>
+              <w:t>архивтер туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>заңнамасының сақталуының</w:t>
+              <w:t xml:space="preserve">заңнамасының сақталуына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тәуекел дәрежесін</w:t>
+              <w:t xml:space="preserve">тәуекел дәрежесін бағалау </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>бағалау өлшемшарттарына</w:t>
+              <w:t>өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="102"/>
+    <w:bookmarkStart w:name="z106" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасының Ұлттық архив қоры және архивтер туралы заңнамасының сақталуына байланысты тәуекел дәрежесін бұзу</w:t>
+        <w:t xml:space="preserve"> Ұлттық архив қоры және архивтер туралы Қазақстан Республикасы заңнамасының сақталуына тәуекел бұзу дәрежелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 78</w:t>
+        <w:t>№ 663-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4540,200 +4646,230 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/н</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшемшарттар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бұзушылық деңгейі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұзушылық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әрқайсысы жеке бланкіде (жеке парақтарда) басылып шығарылған қазақ тіліндегі құжат және орыс немесе өзге тілде жасалатын тең түп-нұсқалы құжаттың бірыңғай деректемелермен ресімделуі</w:t>
+Жекелеген бланкілерде (жекелеген парақтарда) басылған қазақ тіліндегі құжаттың және орыс немесе өзге тілде жасалатын теңтүпнұсқалық құжаттың бірыңғай деректемелерімен ресімдеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4766,195 +4902,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттар ұйымның атауы көрсетілген мөртабанды пайдалана отырып, оның бедерін сол жақ жоғарғы бұрышына қою не міндетті түрде мынадай деректемелерді ресімдеу арқылы жасалуы:</w:t>
+Құжаттарды ұйымның атауы көрсетілген мөртабанды пайдалана отырып, оның бедерін сол жақ жоғарғы бұрышына қою не міндетті түрде мынадай деректемелерді ресімдеу арқылы жасау:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) құжатты шығарған ұйымның ресми атауы не сол жақ жоғарғы бұрышқа қою арқылы құжатты шығарған ұйымның атауы көрсетілген мөртабанның бедері;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) хаттан басқа құжат түрінің атауы;</w:t>
+2) хатты қоспағанда, құжат түрінің атауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) құжаттың датасы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) құжаттың тіркеу нөмірі индексі);</w:t>
-[...35 lines deleted...]
-6) ұйым мөрінің бедері</w:t>
+4) құжаттың тіркеу нөмірі (индексі);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) құжатқа қол қойған адам лауазымының атауы, қолтаңбасы және қолтаңбаның толық жазылуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) егер осы заңды тұлғаның Қазақстан Республикасының заңнамасына сәйкес мөрі болса, ұйым мөрінің бедері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4987,159 +5123,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сәйкес болуы:</w:t>
-[...71 lines deleted...]
-4) ұйымдардың бланкілерінде типографиялық тәсілмен немесе нумератормен нөмірдің, серияның болуы</w:t>
+Сәйкестік:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) құжаттар деректемелерін ресімдеген кезде ұйымның, филиалдың (өкілдіктің) атауының ұйымдық-құқықтық нысаны көрсетіліп, құрылтай құжаттарына сәйкес келуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ұйымның, филиалдың (өкілдіктің) қысқартылған атауы құрылтай құжаттарында бекітілген атауға сәйкес келуі және оны толық атауынан төмен жақша ішінде орналастыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) ұйымдардың құжаттар бланкілерінде типографиялық тәсілмен немесе нөмірлеуішпен қойылған нөмірдің, серияның болуы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) барлық құжаттарда бас әріптермен қалың қаріппен басылған құжат түрінің атауын көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5172,87 +5308,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген бланкіде эмблема, логотип немесе тауар белгісінің (қызмет көрсету белгісінің) болмауы</w:t>
+              <w:t xml:space="preserve">
+Қазақстан Республикасының Мемлекеттік Елтаңбасының, эмблеманың, логотиптің немесе тауар белгісінің (қызмет көрсету белгісінің) бейнесін бланкіге орналастыру </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5285,87 +5421,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік және мемлекеттік емес ұйымдарда құжаттама жасау, құжаттаманы басқару және электрондық құжат айналымы жүйелерін пайдалану қағидаларының (бұдан әрі – Құжаттандыру) қағидалары нысаны бойынша Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлерді, мөртабандарды және арнайы штемпельдік бояуларды есепке алу мен беру журналының болуы</w:t>
+Мемлекеттік және мемлекеттік емес ұйымдарда құжаттама жасау, құжаттаманы басқару және электрондық құжат айналымы жүйелерін пайдалану қағидаларының (бұдан әрі – Құжаттау қағидалары) нысаны бойынша Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлерді, мөртабандарды және арнайы штемпельдік бояуларды есепке алу мен беру журналының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5398,51 +5534,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5511,87 +5647,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қорғауға жататын баспа-бланк өнімдерін, мөрлерді, мөртабандарды және құжаттарды қорғау құралдарын есепке алу және беру журналдарында ұйым басшысының бұйрығымен (өкімімен) құрылған комиссиямен қойылған қорғауға жататын баспа-бланк өнімдері даналарының, мөрлердің, мөртабандардың және құжаттарды қорғау құралдарының бар болуын тексеру нәтижелері туралы белгінің бар болуы</w:t>
+Қорғауға жататын баспа-бланк өнімдерін, мөрлерді, мөртабандарды және құжаттарды қорғау құралдарын есепке алу және беру журналдарында ұйым басшысының бұйрығымен (өкімімен) құрылған комиссия берген қорғауға жататын баспа-бланк өнімдері даналарының, мөрлердің, мөртабандардың және құжаттарды қорғау құралдарының бар-жоғын тексеру нәтижелері туралы белгінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5624,87 +5760,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әр түріне басталған қорғауға жататын, баспа-бланкі өнімдерін есепке алу және оларды беру журналының болуы</w:t>
+Әр түріне басталған, қорғауға жататын баспа-бланк өнімдерін есепке алу және оларды беру журналының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5737,123 +5873,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоюға бөлу туралы актінің болуы:</w:t>
-[...35 lines deleted...]
-2) қорғауға жататын, мөрлер мен мөртабандарды жою кезінде қорғауға жататын, мөрлер мен мөртабандарды</w:t>
+1) қорғауға жататын баспа-бланк өнімдерінің бүлінген даналарын жою кезінде қорғауға жататын баспа-бланк өнімдерінің бүлінген даналарын;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) қорғауға жататын мөрлер мен мөртабандарды жою кезінде қорғауға жататын мөрлер мен мөртабандарды жоюға бөлу туралы актілердің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5886,87 +6004,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құқықтық актілерде, шығармашылық құжаттамада, азаматтардың құқықтары мен заңды мүдделеріне қатысты құжаттарда, қаржы құжаттарында, бір мәселе жөніндегі істерде, сондай-ақ датасын қою олар үшін маңызды болатын құжаттарда (баяндамалар, үнхаттар, стенограммалар, хаттар) сөздік-цифрлық тәсілмен жазылған датаның болуы</w:t>
+Құқықтық актілерде, шығармашылық құжаттамада, азаматтардың құқықтары мен заңды мүдделеріне қатысты құжаттарда, қаржы құжаттарында, бір мәселе жөніндегі істерде, сондай-ақ күнін қою олар үшін маңызды болатын құжаттарда (баяндамалар, үнхаттар, стенограммалар, хаттар) сөздік-цифрлық тәсілмен жазылған күнінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5999,87 +6117,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттарда бекіту және келісу бұрыштамаларының болуы</w:t>
+Құжаттарда бекіту және келісу белгілерінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6112,105 +6230,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
+12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құқықтык актілер деректемелерінің сәйкес келуі, оның ішінде:</w:t>
-[...17 lines deleted...]
-1) Қазақстан Республикасының Мемлекеттік Елтаңбасы немесе эмблема, логотип, тауар белгісі (қызмет көрсету белгісі) бейнесі;</w:t>
+Бұйрықтың деректемелерінің сәйкес келуі, оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Қазақстан Республикасы Мемлекеттік Елтаңбасының немесе эмблеманың, логотиптің, тауар белгісінің (қызмет көрсету белгісінің) бейнесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) ұйымның ресми атауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6220,177 +6338,177 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) құжат түрінің атауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) бұйрықтың датасы;</w:t>
+4) бұйрықтың күні;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) бұйрықтың тіркеу нөмірі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) бұйрықтың шығарылған жері;</w:t>
-[...17 lines deleted...]
-7) мәтіннің тақырыбы;</w:t>
+6) бұйрық шығарылған жер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) мәтінге тақырып;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8) мәтін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9) қолы;</w:t>
-[...35 lines deleted...]
-11) ұйым мөрінің бедері</w:t>
+9) қолтаңба;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) бұйрықты келісу туралы белгі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) егер аталған ұйымда Қазақстан Республикасының заңнамасына сәйкес мөрі болса, ұйымның мөрінің бедері болып табылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6423,87 +6541,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
+13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қағаз құжаттарда лауазымды адамның құжаттағы қолының түпнұсқалығын куәландыратын ұйым мөрі бедерінің болуы</w:t>
+Қағаз құжаттарда лауазымды адамның құжаттағы қолтаңбасының түпнұсқалығын куәландыратын ұйым мөрі бедерінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6536,141 +6654,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болуы:</w:t>
-[...17 lines deleted...]
-1) негізгі қызмет бойынша, жеке құрам бойынша бұйрықтардың тиісті журналдарда (деректер базасында) жеке тіркелуінің;</w:t>
+1) негізгі қызмет бойынша, жеке құрам бойынша бұйрықтардың тиісті журналдарда (деректер базасында) жекелеген тіркелуінің;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) жеке құрам бойынша бұйрықтардың реттік нөміріне сызықша арқылы қосылған "ж/қ" немесе "і" литерінің;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) негізгі қызмет бойынша бұйрықтардың (өкімдердің), жеке құрам, әкімшілік-шаруашылық қызмет бойынша бұйрықтардың (өкімдердің) қалыптастырылуы бойынша жеке-жеке істердің</w:t>
+3) негізгі қызмет бойынша бұйрықтардың (өкімдердің), жеке құрам, әкімшілік-шаруашылық қызмет бойынша бұйрықтардың (өкімдердің) қалыптастырылуы бойынша жеке-жеке істердің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6703,285 +6803,285 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Іс жүргізу жылының шегінде хаттамалардың әр тобы – жиналыстар, алқалық отырыстар хаттамалары, техникалық, ғылыми және сараптамалық кеңестердің хаттамалары бойынша берген жеке-жеке реттік нөмірлердің болуы.</w:t>
-[...197 lines deleted...]
-9) қолы</w:t>
+1. Іс жүргізу жылының шегінде хаттамалардың әр тобы – жиналыстар, алқа отырыстарының хаттамалары, техникалық, ғылыми және сараптамалық кеңестердің хаттамалары бойынша берген жеке-жеке реттік нөмірлердің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Хаттамалардың оларға құжаттармен бірге нөмірі бойынша хронологиялық тәртіппен істе орналасуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Хаттама деректемелерінің сәйкестігі, оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) ұйымның және (немесе) құрылымдық бөлімшенің ресми атауының;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) құжат түрі атауының;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) күнінің;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) хаттаманың тіркеу нөмірінің;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) хаттама шығарылған жердің;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) бекіту белгісінің (кей жағдайларда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) мәтін тақырыбының;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) мәтінінің;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) қолтаңбаның сәйкестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7014,51 +7114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
+16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7127,87 +7227,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17</w:t>
+17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке істердегі құжаттардың олардың келіп түсуіне сәйкес хронологиялық тәртіппен орналастырылуы</w:t>
+Жеке істердегі құжаттардың олардың келіп түсуіне сәйкес хронологиялық тәртіппен орналасуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7240,51 +7340,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
+18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7294,87 +7394,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қалыптастырылуының сәйкес келуі:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) жалақы бойынша дербес шоттардың жеке істерге қалыптастырылуының және олардағы жұмыскерлер тектерінің әліпбилік ретпен;</w:t>
-[...35 lines deleted...]
-3) жеке тұлғалардың тізімдері және әлеуметтік аударымдардың аударылғанын растайтын құжаттардың бір істе</w:t>
+1) жалақы бойынша дербес шоттардың жеке істерге қалыптастырылуының және олардағы жұмыскерлер тектерінің әліпбилік ретпен орналасуының;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке тұлғалардың тізімдері мен бірыңғай жинақтаушы зейнетақы қорына міндетті зейнетақы жарналарының, міндетті кәсіптік зейнетақы жарналарының аударылғанын растайтын құжаттардың бір істе қалыптастырылуының;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жеке тұлғалардың тізімдері және әлеуметтік аударымдардың аударылғанын растайтын құжаттардың бір істе қалыптастырылуының сәйкес келуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7407,87 +7507,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
+19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Еңбек шарттарының жеке істердің құрамында немесе қызметкерлер тектерінің әліпбилік ретімен жеке қалыптастырылуының сәйкес келуі</w:t>
+Еңбек шарттарының жеке істердің құрамында немесе жұмыскерлер тектерінің әліпбилік ретпен жеке қалыптастырылуының сәйкес келуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7520,51 +7620,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7633,231 +7733,249 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
+21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Істерді қалыптастыру кезінде келесі жалпы талаптардың сақталуы:</w:t>
-[...143 lines deleted...]
-9) томдардың (бөліктердің) нөмірлеріне қосып, әрбір томға істің нөмірінің (индексінің) және тақырыбының қойылуы, істе бірнеше том (бөлік) болған жағдайды соңғы томға (бөлікке) "соңғы" деген сөздің қосылуы</w:t>
+Істерді қалыптастыру кезінде мынадай:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) іске орындалған, істер номенклатурасы бойынша істердің тақырыптарының өз мазмұны бойынша сәйкес келетін дұрыс ресімделген құжаттарды орналастыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) бір мәселені шешуге қатысты барлық құжаттарды бірге орналастыру. оларды бекіткен немесе жасаған күннен тыс олар жататын құжаттарға қосымшаларды қосу. Көлемі 180 парақтан асатын қосымшаларды құжатқа белгі қоя отырып, жеке томға салу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) құжаттың қазақ, орыс және басқа да тілдердегі нұсқаларын бірге топтастыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) өтпелі істерді, сот істерін, осы адамның ұйымдағы жұмысының бүкіл кезеңі ішінде қалыптастырылатын жеке істерді, сайланбалы органдар мен олардың тұрақты комиссияларының, оларды шақыру кезеңінде топтастырылатын депутаттық топтардың құжаттары, оқу жылында қалыптастырылатын оқу орындарының құжаттары, театр маусымындағы сахналық қызметті сипаттайтын театр құжаттары, ауру тарихын қоспағанда, бір күнтізбелік жылдың құжаттары істерге топтастыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) іске сақтау мерзімдері тұрақты және уақытша құжаттардың бөлек-бөлек топтастырылуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) іске жедел хаттардың, факсограммалар көшірмелерінің, телефонограммалардың істер номенклатурасына сәйкес жалпы негізде орналасуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) қайтарылуы тиіс құжаттарды, шимай жазбалар мен артық даналарды іске орналастыруға жол бермеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) сақтау мерзімі тұрақты істің көлемі бойынша 180 парақтан асуына жол бермеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) томдарды (бөліктерді) нөмірлеуді қосып, әрбір томға істің нөмірін (индексін) және тақырыбын беру, істе бірнеше том (бөліктер) болған жағдайда соңғы томға (бөлікке) "соңғы" деген сөзді қосу жалпы талаптарды сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7890,87 +8008,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
+22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымның Орталық сараптау комиссиясымен (сараптау комиссиясымен) келісілгеннен кейін ұйым басшысымен және мемлекеттік архивтің, немесе жергілікті атқарушы органның сараптау-тексеру комиссиясымен бекітілген тұрақты сақталатын істер, құжаттар тізімдемесінің болуы</w:t>
+Ұйымның сараптау комиссиясымен (сараптау комиссиясымен) келісілгеннен кейін ұйым басшысы бекіткен және мемлекеттік архивтің немесе жергілікті атқарушы органның сараптау-тексеру комиссиясымен келісілген істер номенклатурасының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8003,87 +8121,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сақтау мерзімі тұрақты, ұзақ (10 жылдан жоғары) және жеке құрам бойынша істердің мұқабаларында келесі деректемелердің болуы:</w:t>
+Сақтау мерзімі тұрақты, уақытша (10 жылдан астам) және жеке құрам бойынша істердің мұқабаларында мынадай деректемелердің болуы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) ұйымның атауы, құрылымдық бөлімшенің атауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8093,51 +8211,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) ұйым орналасқан елді мекеннің атауы, істің нөмірі (индексі);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) істің тақырыбы, істің (томның, бөліктің) датасы, істегі парақтар саны, істің сақталу мерзімі;</w:t>
+3) істің тақырыбы, істің (томның, бөліктің) күні, істегі парақтар саны, істің сақтау мерзімі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) істің архивтік шифрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
@@ -8188,231 +8306,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
+24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Істің парақтарын нөмірлеу тәртібінің сақталуы:</w:t>
-[...35 lines deleted...]
-2) парақтарының өзіндік нөмірі бар құжаттарды, оның ішінде баспа басылымдарын жалпы тәртіп бойынша нөмірлену немесе егер істегі парақтардың орналасу тәртібіне сәйкес келсе, олардың өзіндік нөмірленуін сақтау;</w:t>
+Іс парақтарының:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) бір шетінен тігілген А4 форматынан артық парақтың жоғарғы оң бұрышында бір парақ ретінде нөмірлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) парақтардың өзіндік нөмірленуі бар құжаттарды, оның ішінде баспа басылымдарын, егер істегі парақтардың орналасу тәртібіне сәйкес келсе, жалпы тәртіппен нөмірлеу немесе өзінің нөмірленуін сақтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) бірнеше томнан немесе бөліктен тұратын істердің парақтарын әр том немесе бөлік бойынша жеке нөмірлеу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) істе жеке парақты құрайтын фотосуреттер, сызбалар, диаграммалар және иллюстративті және ерекше құжаттардың сыртқы жағынан сол жақ жоғары бұрышында нөмірлеу;</w:t>
-[...71 lines deleted...]
-8) парақтардың нөмірленуінде жекелеген қателіктер болған кезде парақтардың литерлік нөмірлерін қолдану</w:t>
+4) істе дербес парақты білдіретін фотосуреттер, сызбалар, диаграммалар және өзге де иллюстрациялық және ерекше құжаттардың сырт жағында сол жақ жоғары бұрышта нөмірлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) салымдары бар іске тігілген конверттерді алдымен, содан кейін конверттегі әрбір салымдарды кезекті нөмірмен нөмірлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) түптеуде келіс түскен іске қосымшалар дербес том ретінде рәсімдеу және оны бөлек нөмірлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) нөмірлеуде көптеген қателер анықталған жағдайда істің парақтарын қайта нөмірлеу. Парақтарды қайта нөмірлеу кезінде ескі нөмірлерді сызу және олардың жанына парақтардың жаңа нөмірлерін қою, істің соңында жаңа куәландыру парағын жасау, ескі куәландыру парағын сызу және істе сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) парақтарды нөмірлеуде жекелеген қателер болған кезде парақтардың литерлік нөмірлерін пайдалану тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8445,105 +8563,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлық құжаттардың мәтіні еркін оқылатындай мүмкіндікті ескере отырып, картоннан жасалған қатты мұқабаға кемінде төрт жерден тесіліп тігілген істердің болуы.</w:t>
-[...17 lines deleted...]
-Тігілген (түптелген) істерде темір бекітпелердің (түйреуіштердің, қыстырғыштардың және басқалардың) болмауы</w:t>
+Барлық құжаттардың мәтіні еркін оқылатындай мүмкіндікті ескере отырып, картоннан жасалған немесе түптелген қатты мұқабаны кемінде төрт жерден тесіліп іске тігілген құжаттардың болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тігілген (түптелген) істерде металл бекітпелердің (түйреуіштердің, қыстырғыштардың және басқалардың) болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8576,87 +8694,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26</w:t>
+26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Іс жүргізу аяқталғаннан кейін құжаттардың ұйымның архивіне тапсырғанға дейін қалыптастырылған орны бойынша істерде бір жыл бойы сақталуы</w:t>
+Іс жүргізуде аяқталғаннан кейін ұйымның архивіне тапсырғанға дейін олардың қалыптастырылған орны бойынша құжаттарды істерде бір жыл ішінде сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8689,51 +8807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
+27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8802,51 +8920,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
+28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8915,87 +9033,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29</w:t>
+29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тізімдеменің әрбір данасының соңында санмен және жазбаша іс жүзінде қабылданған істердің санының, істерді қабылдау-тапсыру күнінің, сондай-ақ архивке жауапты қызметкер мен істерді өткізген тұлғаның қолдарының болуы</w:t>
+Тізімдеменің әрбір данасының соңында санмен және жазбаша іс жүзінде қабылданған істердің санының, істерді қабылдау-тапсыру күнінің, сондай-ақ архивке жауапты қызметкер мен істерді тапсырған адамның қолдарының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9028,87 +9146,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
+30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттарды архивке тапсыру кезінде құжаттарды сақтауға қабылдау-тапсыру актілерінің болуы</w:t>
+Құжаттарды (істерді) архивке тапсыру кезінде құжаттарды сақтауға қабылдау-тапсыру актілерінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9141,303 +9259,375 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
+31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Ұлттық архив қорының құрамына жатқызылған дәстүрлі және электрондық тасымалдағыштар-дағы құжаттардың ведомстволық сақтау мерзімдерінің шегінің сақталуы, оның ішінде:</w:t>
-[...215 lines deleted...]
-12) электрондық құжаттар – 5 жыл</w:t>
+Қазақстан Республикасының Ұлттық архив қоры құрамына жатқызылған дәстүрлі және электрондық жеткізгіштегі құжаттарды ведомстволық сақтаудың шекті мерзімдерін сақтау, оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Қазақстан Республикасы Президенті Әкімшілігінің, Қазақстан Республикасы Парламенті Сенаты Аппаратының, Қазақстан Республикасы Парламенті Мәжілісі Аппаратының, Қазақстан Республикасының Үкіметі Аппаратының, Қазақстан Республикасы Конституциялық Сотының, Қазақстан Республикасы Орталық сайлау комиссиясының, Қазақстан Республикасы Жоғарғы Сотының, Қазақстан Республикасының Сот әкімшілігінің, Қазақстан Республикасы Бас прокуратурасының, Қазақстан Республикасы Ұлттық Банкінің, Қазақстан Республикасы министрліктерінің, Қазақстан Республикасы агенттіктерінің, Қазақстан Республикасы министрліктері комитеттерінің құжаттары – 15 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Қазақстан Республикасы министрліктерінің, Қазақстан Республикасы агенттіктерінің, Қазақстан Республикасы министрліктері комитеттерінің аумақтық органдарының құжаттары – 10 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) акциялардың бақылау пакеті мемлекет меншігіне жататын ұйымдардың, республикалық деңгейдегі өзге де мемлекеттік заңды тұлғалардың құжаттары – 10 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) облыстың (республикалық маңызы бар қалалардың, астананың) жергілікті мемлекеттік басқару органдарының құжаттары – 10 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) облыстық (республикалық маңызы бар қалалық, астаналық) деңгейдегі мемлекеттік ұйымдардың құжаттары – 10 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) қаланың (ауданның) жергілікті мемлекеттік басқару органдарының құжаттары – 5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) қалалық және аудандық деңгейдегі мемлекеттік заңды тұлғалардың құжаттары – 5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) азаматтық ахуал актілерінің жазбалары, шаруашылық кітаптар, үй кітаптары, нотариалдық іс-қимылдар, сот істері жазбалары және құжаттары – 75 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) ғылыми-зерттеу, технологиялық және патенттік-лицензиялық құжаттама – 10 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) тәжірибелік-конструкторлық құжаттама – 15 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) күрделі құрылыс жөніндегі жобалық құжаттама – 20 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) картографиялық құжаттама – 25 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13) геодезиялық құжаттама – 25 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14) телеметриялық құжаттама – 5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15) аудиовизуалды құжаттама – 3 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16) электрондық құжаттар – 5 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9470,87 +9660,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
+32.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымда құжаттарды сақтауға арналған архив қоймасынан, зерттеушілердің жұмыс істеуіне арналған бөлмеден (оқу залынан), архив қызметкерлерінің жұмыс бөлмелерінен, серверлік және коммуникациялық жабдықтарға арналған бөлмелерден тұратын архивке арналған үй-жайдың болуы</w:t>
+Ұйымда құжаттарды сақтауға арналған архив қоймасынан, зерттеушілердің жұмыс істеуіне арналған бөлмеден (оқу залынан), архив жұмыскерлерінің жұмыс бөлмелерінен, серверлік және коммуникациялық жабдықтарға арналған бөлмелерден тұратын архивке арналған үй-жайдың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9583,51 +9773,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
+33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9696,51 +9886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34</w:t>
+34.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9809,159 +9999,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
+35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орналастырып сақтау бойынша талаптарды сақтау:</w:t>
-[...71 lines deleted...]
-4) бейне құжаттарды заводтан шыққан қаптамада тігінен</w:t>
+1) тиісті көлемдегі байламаларға, катушкаларға немесе кассетаға оралған, полиэтилен үлдірлі пакетке және зауыттық қораптарға салып немесе заттаңбаларға арналған ойықтарымен полиэтилен футлярға (контейнерге) салынған магниттік таспадағы құжаттардың;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) зауыттық қаптамаға салынған және қорап ыдысқа салынған компакт-дискілердің;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) стандартты қорғаныш ракордтарымен ресімделген, байламаларға фотографиялық қабатын сыртқа қаратып тығыз орамаға оралған, орамдарын бума сыртына шығармай металл қораптарға салынған микрофильмдерді, кинофильмдердің;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) зауыттық қаптамада тігінен бейне құжаттардың сақталуы бойнша талаптарды сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9994,159 +10166,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
+36.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сақтау құралдарын (стационарлы немесе жылжымалы металл стеллаждар, металлшкафтар, сейфтер) орналастыру талаптарының сәйкес келуі:</w:t>
-[...35 lines deleted...]
-3) ғимараттың сыртқы қабырғасымен сыртқы қабырғаға параллель стеллаждың арақашықтығы – 75 сантиметрден кем емес;</w:t>
+Сақтау құралдарын (стационарлық немесе жылжымалы металл стеллаждар, металл шкафтар, сейфтер) орналастыру талаптарының сәйкес келуі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) стеллаждар қатарының арақашықтығы (басты өтетін жер) – 120 сантиметрден кем емес;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) стеллаждардың арақашықтығы (өту) – 75 сантиметрден кем емес;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ғимараттың сыртқы қабырғасы мен сыртқы қабырғаға қатар стеллаждың арақашықтығы – 75 сантиметрден кем емес;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) стеллаждың немесе шкафтың (сейфтің) шет жағы мен қабырғалардың ара қашықтығы – 45 сантиметрден кем емес;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) еден мен стеллаждың немесе шкафтың (сейфтің) төменгі сөресінің арақашықтығы – 15 сантиметрден кем емес, цокольды қабаттарда – 30 сантиметрден кем емес</w:t>
+5) еден мен стеллаждың немесе шкафтың (сейфтің) төменгі сөресі арасындағы арақашық – 15 сантиметрден кем емес, астыңғы қабаттарда – 30 сантиметрден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10179,87 +10369,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
+37.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архив қоймаларында температура параметрлері мен ауаның салыстырмалы ылғалдылығын өлшеуге арналған бақылау-өлшеу аспаптарының (термометрлер, психрометрлер, гигрометрлер) болуы және олардың көрсеткіштерінің температура параметрлері мен ауаның салыстырмалы ылғалдылығын өлшеу журналында тіркелуі</w:t>
+Архив қоймаларында температура параметрлері мен ауаның салыстырмалы ылғалдылығын өлшеуге арналған бақылау-өлшеу аспаптарының (термометрлер, психрометрлер, гигрометрлер) болуы және олардың көрсеткіштерін температура параметрлері мен ауаның салыстырмалы ылғалдылығын өлшеу журналында тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10292,357 +10482,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
+38.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архив қоймаларында құжаттарды сақтау үшін мынадай температуралық-ылғалдылық режимінің сақталуы:</w:t>
-[...269 lines deleted...]
-              <w:t>С, ауаның салыстырмалы ылғалдылығы – 50-65%</w:t>
+Архив қоймаларында мынадай температуралық-ылғалдылық режимін сақтау:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) ақпаратты қағаз жеткізгіштердегі құжаттары үшін – температура +17оС – +19оС, ауаның салыстырмалы ылғалдылығы 50-55%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ақпаратты ақ-қара үлдір жеткізгіштердегі құжаттар үшін – температура + 15оС, ауаның салыстырмалы ылғалдылығы 40-55%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ақпаратты түрлі-түсті үлдір жеткізгіштердегі құжаттар үшін – температура +2оС – +5оС, ауаның салыстырмалы ылғалдылығы 40-55%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) магниттік таспадағы және диск жеткізгіштердегі құжаттар үшін – температура +8оС-ден +18оС дейін, ауаның салыстырмалы ылғалдылығы 45-65%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) ақпаратты электрондық жеткізгіштегі құжаттар үшін – температура +15оС – +20оС, ауаның салыстырмалы ылғалдылығы – 50-65%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10675,87 +10685,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39</w:t>
+39.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ведомстволық және жеке архивтердің архив қоймасында құжаттарды архив қоймасынан беру кітабының болуы</w:t>
+Ведомстволық және жеке архивтердің архив қоймасында құжаттарды (істерді) архив қоймасынан беру кітабының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10788,87 +10798,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+40.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архивтік құжаттарды уақытша пайдалануға беру кезінде архивтік құжаттарды уақытша пайдалануға беру туралы актінің болуы</w:t>
+Архивтік құжаттарды уақытша пайдалануға беру кезінде архивтік құжаттарды өзге ұйымдарға уақытша пайдалануға беру туралы актінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10901,51 +10911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41</w:t>
+41.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11014,87 +11024,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
+42.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйым архивінде құжаттардың құндылығына сараптау нәтижелері бойынша жасалған істер, құжаттар тізімдемелері бойынша құрылымдық бөлімшелерден ұйым архивіне тапсырылған істердің болуы</w:t>
+Ұйым архивінде құрылымдық бөлімшелерден құжаттардың құндылығына сараптау нәтижелері бойынша жасалған істер, құжаттар тізімдемелері бойынша ұйым архивіне тапсырылған істердің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11127,87 +11137,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43</w:t>
+43.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымның Орталық сараптау комиссиясымен (сараптау комиссиясымен) келісілгеннен кейін ұйым басшысымен және мемлекеттік архивтің, немесе жергілікті атқарушы органның сараптау-тексеру комиссиясымен бекітілген тұрақты сақталатын істер, құжаттар тізімдемесінің болуы</w:t>
+Ұйымның Орталық сараптау комиссиясымен (сараптау комиссиясымен) келісілгеннен кейін ұйым басшысымен және республикалық мемлекеттік архивтің, немесе жергілікті атқарушы органның сараптау-тексеру комиссиясымен бекітілген тұрақты сақталатын істер, құжаттар тізімдемесінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11240,87 +11250,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44</w:t>
+44.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымның Орталық сараптау комиссиясының (сараптау комиссиясының) және мемлекеттік архивтің, немесе жергілікті атқарушы органның сараптау-тексеру комиссиясының келісуімен ұйым басшысымен бекітілген жеке құрам бойынша істер тізімдемесінің болуы</w:t>
+Ұйымның Орталық сараптау комиссиясының (сараптау комиссиясының) және республикалық мемлекеттік архивтің, немесе жергілікті атқарушы органның сараптау-тексеру комиссиясының келісуімен ұйым басшысымен бекітілген жеке құрам бойынша істер тізімдемесінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11353,87 +11363,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
+45.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымның Орталық сараптау комиссиясымен (Сараптау комиссиясымен) келісілгеннен кейін ұйым басшысымен бекітілген уақытша (10 жылдан астам) сақталатын құжаттардың істер тізімдемесінің болуы</w:t>
+Ұйымның Орталық сараптау комиссиясымен (Сараптау комиссиясымен) келісілгеннен кейін ұйым басшысымен бекітілген уақытша (10 жылдан астам) сақталатын құжаттардың, істердің тізімдемесінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11466,87 +11476,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46</w:t>
+46.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Істердің тізімдемесіндегі қорытынды жазбаның сақтау бірліктерінің іс жүзінде бар болуына сәйкестігі</w:t>
+Істердің тізімдемесіндегі қорытынды жазбаның сақтау бірліктерінің іс жүзінде болуына сәйкестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11579,87 +11589,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47</w:t>
+47.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымның Орталық сараптау комиссиясымен (Сараптау комиссиясымен) және мемлекеттік архивтің, немесе жергілікті атқарушы органның Сараптау-тексеру комиссиясымен келісілгеннен кейін ұйым басшысымен бекітілген сақтауға жатпайтын құжаттарды жоюға бөлу туралы актінің болуы</w:t>
+Ұйымның Орталық сараптау комиссиясымен (Сараптау комиссиясымен) және республикалық мемлекеттік архивтің немесе жергілікті атқарушы органның Сараптау-тексеру комиссиясымен келісілгеннен кейін ұйым басшысымен бекітілген сақтауға жатпайтын құжаттарды жоюға бөлу туралы актінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11692,87 +11702,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
+48.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттардың бар болуын және жай-күйін тексеру барысында барлық табылмаған архивтік құжаттарды есепке алу карточкаларының болуы</w:t>
+Архивтік құжаттардың бар-жоғы және жай-күйін тексеру барысында болмаған барлық табылмаған архивтік құжаттарды есепке алу карточкаларының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11805,51 +11815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49</w:t>
+49.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11918,51 +11928,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+50.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12031,141 +12041,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
+51.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ведомстволық және жеке архивтерде тұрақты сақталатын істердің, құжаттардың тізімдемесінде тақырыптардың жүйеленуінің келесі белгілерге сәйкес келуі:</w:t>
-[...53 lines deleted...]
-3) функционалдық, салалық, тақырыптық, тақырыптық-сұрақтық (сақтау бірліктерінің мазмұнына қатысты ұйымның қызметін, тақырыптар немесе мәселелерді есепке ала отырып); 4) атаулы (іс жүргізудің нысаны бойынша – құжаттың түрлері және әр алуандығы);</w:t>
+Ведомстволық және жеке архивтерде тұрақты сақталатын істердің, құжаттардың тізімдемесінде тақырыптардың жүйеленуінің мына белгілерге сәйкес келуі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) құрылымдық (сақтау бірліктерінің құрылымдық бөлімшелерге тиістілігіне байланысты);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) хронологиялық (сақтау бірліктерінің кезеңі мен күні бойынша);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) функционалдық, салалық, тақырыптық, затты-сұрақтық (сақтау бірліктерінің мазмұнына қатысты ұйымның функцияларын, тақырыптары немесе мәселелерін есепке ала отырып);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) атаулы (іс жүргізудің нысаны бойынша – құжаттың түрлері және әр алуандығы бойынша);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) корреспонденттік (ұйымдар және жеке тұлғалармен хат алмасу барысында сақтау бірліктері түзілген жағдайда);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12252,51 +12280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52</w:t>
+52.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12365,87 +12393,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53</w:t>
+53.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архив қоймаларында архивтік құжаттардың алғашқы қорғау құралдарында (архивтік қораптардың, папкалардың, арнайы қаптардың, пакеттердің және тағы сол сияқты) орналасуы</w:t>
+Архив қоймаларында архивтік құжаттардың сақтаудың бастапқы қорғаныш құралдарында (архивтік қораптарда, бумаларда, арнайы футлярларда, пакеттерде, бокстарда) орналасуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12478,87 +12506,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54</w:t>
+54.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архив қоймасында стеллаждың топографиялық сілтегіштерінің карточкасының болуы</w:t>
+Архив қоймасында стеллаждың топографиялық көрсеткіштері карточкасының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12591,87 +12619,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55</w:t>
+55.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архивтік анықтаманың мәтінінде өзгертулердің, жөндеулердің, түсініктемелердің, негізінде архивтік анықтамалар жасалған архивтік құжаттардың мазмұны бойынша орындаушының өз пікірлерінің болмауы</w:t>
+Архивтік анықтаманың мәтінінде өзгерістердің, түзетулердің, түсініктемелердің, негізінде архивтік анықтамалар жасалған архивтік құжаттардың мазмұны бойынша орындаушының өз тұжырымдарының болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12704,177 +12732,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56</w:t>
+56.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архивтік қор деңгейіндегі архивтік анықтамалықтың сипаттау мақаласының мазмұнының келесі талаптарға сәйкес келуі:</w:t>
-[...89 lines deleted...]
-5) қол жеткізу мен пайдалану шарттары туралы ақпарат;</w:t>
+Архив қоры деңгейіндегі архив анықтамалығының сипаттамалық мақаласы мазмұнының мынадай талаптарға сәйкестігі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) архив қорының атауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) архив қоры туралы анықтамалық деректерді (архивтік шифр (қор нөмірі), құжаттаманың түрлері бойынша сақтау бірліктеріндегі архив қорының көлемін, құжаттаманың әрбір түрі бойынша архивтік құжаттардың соңғы күндерін, қолда бар қорішілік ғылыми-анықтамалық аппараттың тізбесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) архив қорына тарихи анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) архивтік құжаттардың құрамы және мазмұны туралы аннотация;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) қол жеткізу шарттары туралы ақпарат;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) библиография</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
@@ -12925,51 +12953,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57</w:t>
+57.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13301,50 +13329,3276 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Істердің, құжаттардың, электрондық құжаттардың (істердің) жетіспеуі кезінде іздестіруді ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде ықтимал бұзылуға қарсы техникалық тұрғыдан мейлінше төтеп беретін, құпиялылығы жоғары құлыптармен жабдықталған есіктердің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде әрбір тізімдемеге бөлек архивтік құжаттардың бар-жоғын және жай-күйін тексеру парағының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архивтік қор ішінде сақтау бірліктерінің бөлімдер (бөлімшелер) бойынша мына белгілерге сәйкес келуі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) құрылымдық (сақтау бірлігінің тиісті құрылымдық бөлімшеге тиесілілігіне сәйкес);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) хронологиялық (сақтау бірлігі жатқызылған кезеңдер немесе күндері бойынша);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) функционалдық, салалық, тақырыптық, пәндік-мәселелік (сақтау бірлігінің мазмұнына қатысты ұйымның функциясын, тақырыбын немесе мәселелерін есепке ала отырып);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) номиналдық (құжаттардың түрлері мен әртүрлілігі);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) корреспонденттік (ұйымдармен және адамдармен хат алмасу нәтижесінде пайда болған сақтау бірліктері);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) географиялық (құжаттардың мазмұны, олардың авторлары, корреспонденттері байланысты болатын белгілі бір аумақтарға, елді мекендерге және өзге де географиялық объектілерге сәйкес);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) авторлық (құжаттың авторы болып табылатын ұйымның атауы немесе тұлғалардың тегі бойынша) белгілермен айқындалады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде толықтыру көздерінен Қазақстан Республикасы Ұлттық архив қорының құжаттарын қабылдаудың жоспар-кестесінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архив қоймасына кіруге рұқсаты бар адамдардың тізімінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архив үй-жайлары құлыптарының кілттерін тіркеу журналының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде жұмыскердің архив үй-жайларының құлыптарына кілттердің данасын алғаны үшін қолының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде әрбір архив қорына бөлек жасалған және реттік нөмірі тәртібімен орналастырылған қордың топографиялық көрсеткіштерінің карточкаларының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+болмашы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде құжаттардың келіп түсуін есепке алу кітабының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде қорлардың тізімінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде істер, құжаттар тізімдемелерінің тізілімінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде аса құнды істер, құжаттар тізімдемелерінің тізілімінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде мәдени құндылықтарға жататын құжатты есепке алу және сипаттау парағының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+болмашы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде аса құнды құжаттарды қамтитын қор тізімінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде қорлар істерінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архивтік құжаттарды беру, архив қоймасын пайдалану қорының көшірмелерін оқу залына беру кітабының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде есепке алу құжаттарындағы техникалық қателер туралы актілердің, архивтік құжаттарды табу туралы актілердің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+болмашы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде құжаттарды құпиясыздандыру туралы актінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерімен және арнаулы мемлекеттік архивтерінің мынадай архивтік құжаттарды жеке сақтау бойынша талаптарды сақтауы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) құпия;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) мәдени құндылықтарға жатқызылған, бағалы металдармен және тастармен безендірілген, қосымшасында бағалы металдар мен тастар бар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) нитронегіздегі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) биологиялық зиянкестермен зақымданған;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) жинақтау көзінің таратылуына байланысты архивке сақтауға тапсырылған, сақтау мерзімдері уақытша.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде толықтыру көздерінің бекітілген тізімдерінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архивтік қордың мынадай хронологиялық шектердің сақталуы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) ұйымның архив қоры үшін – олардың құрылуы мен таратылуының құқықтық актілер негізінде белгіленетін ресми күндері (бірнеше құқықтық актілер болған кезде олардың ең ерте күні ұйымның құрылған күні болып қабылданады);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) біріктірілген архив қоры үшін – құжаттары біріктірілген архив қорының құрамына кірген ұйымдар қызметінің уақыты бойынша ең ерте құрылған және ең соңғы таратылған күндері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жеке тектік архив қоры үшін – жеке тұлғаның, отбасы мүшелерінің немесе тектің туған және қайтыс болған күндері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) архивтік коллекция үшін – ең алғашқы және ең соңғы құжаттың күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+болмашы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде "Мемлекеттік архивтер қызметінің негізгі бағыттары мен нәтижелерінің көрсеткіштері" әкімшілік деректерін жинауға арналған нысанның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде архивті толықтыру көзі болып табылатын ұйымдарға бақылау істерінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+елеулі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архивтік құжаттарды есепке алу схемасының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+болмашы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архивтік құжаттардың тақырыптық, тақырыптық-экспозициялық және графикалық көрмелер жоспарының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+болмашы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде архивтік құжаттардың құрамы мен мазмұны туралы архивтік анықтамалықтардың және деректер базасының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13542,179 +16796,179 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 301 бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="103"/>
+    <w:bookmarkStart w:name="z40" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасы Ұлттық архивінің, орталық мемлекеттік архивтердің және мемлекеттік архивтердің толықтыру көздерінде электрондық құжат және электронды цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының электрондық құжаттар мен электрондық архивтер бөлігінде сақталуының тәуекел дәрежесін бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасының Ұлттық архиві, орталық мемлекеттік архивтер, Қазақстан Республикасының Президенті архиві мен мемлекеттік архивтердің жинақтау көздеріндегі электрондық құжат айналымы және электрондық архивтер бөлігінде Электрондық құжат және электронды цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының сақтау саласындағы тәуекел дәрежесін бағалау өлшемшарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тақырып жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+      Ескерту. Тақырып жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 78</w:t>
+        <w:t>№ 663-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда – ҚР Мәдениет және спорт министрінің м.а. 01.12.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 347</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және ҚР Ұлттық экономика министрінің 01.12.2022 № 114 (01.01.2023 бастап қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="104"/>
+    <w:bookmarkStart w:name="z88" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z188" w:id="105"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z188" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Мемлекеттік және жергілікті атқарушы органдарды қоспағанда, осы Қазақстан Республикасы Ұлттық архивінің, орталық мемлекеттік архивтер мен мемлекеттік архивтерді толықтыру көздерінде Электрондық құжат және электронды цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының электрондық құжаттар мен электрондық архивтер бөлігінде сақталуы тұрғысынан тәуекел дәрежесін бағалау өлшемшарттары (бұдан әрі – Өлшемшарттар) Қазақстан Республикасының Кәсіпкерлік кодексінің (бұдан әрі – Кодекс) 141-бабының </w:t>
+      1. Осы Қазақстан Республикасының Ұлттық архиві, орталық мемлекеттік архивтер, Қазақстан Республикасының Президенті архиві мен мемлекеттік архивтердің жинақтау көздеріндегі электрондық құжат айналымы және электрондық архивтер бөлігінде Электрондық құжат және электрондық цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының сақталуының тәуекел дәрежесін бағалау өлшемшарттары (бұдан әрі – Өлшемшарттар) Қазақстан Республикасының Кәсіпкерлік кодексінің (бұдан әрі – Кодекс) 141-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -13730,496 +16984,496 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 143-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, Қазақстан Республикасының "</w:t>
+        <w:t xml:space="preserve">, "Ұлттық архив қоры және архивтер туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ұлттық архив қоры және архивтер туралы</w:t>
+        <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>", "</w:t>
+        <w:t xml:space="preserve">, "Электрондық құжат және электрондық цифрлық қолтаңба туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Электрондық құжат және электронды цифрлық қолтаңба туралы</w:t>
+        <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">" Заңдарына, Қазақстан Республикасы Үкіметінің 2018 жылғы 31 қазандағы № 703 </w:t>
+        <w:t xml:space="preserve">, "Мемлекеттік және мемлекеттік емес ұйымдарда құжаттама жасау, құжаттаманы басқару және электрондық құжат айналымы жүйелерін пайдалану қағидаларын бекіту туралы" Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 25 тамыздағы № 236 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қаулысымен</w:t>
+        <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бекітілген Мемлекеттік және мемлекеттік емес ұйымдарда құжаттама жасау, құжаттаманы басқару және электрондық құжат айналымы жүйелерін пайдалану қағидаларына, Ұлттық экономика министрінің міндетін атқарушының 2018 жылғы 31 шілдедегі № 3 "Тексеру парағының нысанын бекіту туралы" </w:t>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33339 болып тіркелген), "Тексеру парағының нысанын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2018 жылғы 31 шілдедегі № 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>бұйрығымен</w:t>
+        <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17371 болып тіркелген) және реттеуші мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесін қалыптастыру қағидаларын Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2022 жылғы 22 маусымдағы № </w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17371 болып тіркелген) және Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2022 жылғы 22 маусымдағы № 48 бұйрығымен бекітілген Реттеуші мемлекеттік органдардың тәуекелдерді бағалау және басқару жүйесін қалыптастыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>48</w:t>
+        <w:t>қағидаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28577 болып тіркелген) сәйкес бақылау субъектілерін тәуекел дәрежелеріне жатқызуға және бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау (бұдан әрі – профилактикалық бақылау) жүргізу кезінде бақылау субъектілерін іріктеу үшін әзірленді.</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 28577 болып тіркелген) сәйкес бақылау субъектілерін тәуекел дәрежесіне жатқызу және бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау (бұдан әрі – профилактикалық бақылау) жүргізу кезінде бақылау субъектілерін іріктеу үшін әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 78</w:t>
+        <w:t>№ 663-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z189" w:id="106"/>
+    <w:bookmarkStart w:name="z189" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы Өлшемшарттарда мынадай ұғымдар пайдаланылады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z221" w:id="107"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z221" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) балл – тәуекелді есептеудің сандық өлшемі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z222" w:id="108"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z222" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) болмашы бұзушылық – бірыңғай нормативтік-анықтамалық ақпаратты пайдалану тәртібіне, ұйымдардың электрондық құжат айналымы жүйесіндегі электрондық және қағаз құжаттардың ара қатынасына қатысты талаптарды бұзу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z223" w:id="109"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z223" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) деректерді қалыпқа келтіру – әртүрлі шәкілдерде өлшенген мәндерді шартты түрде жалпы шәкілге келтіруді көздейтін статистикалық рәсім;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z224" w:id="110"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z224" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) елеулі бұзушылық – электрондық құжат айналымы жүйесінің функционалына, электрондық құжаттардың деректемелік бөлігіне электрондық құжаттардың сақтау мерзімдеріне және олардың электрондық тіркеу бақылау карточкаларына, электрондық құжат айналымын пайдалану тәртібіне қойылатын талаптарды бұзу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z225" w:id="111"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z225" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өрескел бұзушылық – электрондық құжаттардың заңсыз жойылуына (жоғалуына), зақымдалуына, қолдан жасалуына әкелген немесе әкелуі мүмкін электрондық құжат және электрондық архивтер саласындағы нормативтік құқықтық актілермен белгіленген талаптарды (бұдан әрі – талаптар) бұзу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z226" w:id="112"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z226" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) тәуекел – бақылау субъектісінің қызметі нәтижесінде жеке және заңды тұлғалардың заңды мүдделеріне, мемлекеттің мүліктік мүдделеріне салдарларының ауырлық дәрежесін ескере отырып зиян келтіру ықтималдығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z227" w:id="113"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z227" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) тәуекел дәрежесін бағалау өлшемшарттары – бақылау субъектісінің тікелей қызметіне, салалық даму ерекшеліктеріне және осы дамуға әсер ететін факторларға байланысты, бақылау субъектілерін (объектілерін) тәуекелдің әртүрлі дәрежелеріне жатқызуға мүмкіндік беретін сандық және сапалық көрсеткіштердің жиынтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z228" w:id="114"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z228" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) тәуекел дәрежесін бағалаудың объективті өлшемшарттары (бұдан әрі – объективті өлшемшарттар) – белгілі бір қызмет саласында тәуекел дәрежесіне байланысты және жеке бақылау субъектісіне (объектісіне) тікелей байланыссыз бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z229" w:id="115"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z229" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) тәуекел дәрежесін бағалаудың субъективті өлшемшарттары (бұдан әрі – субъективті өлшемшарттар) – нақты бақылау субъектісінің (объектісінің) қызметі нәтижелеріне байланысты бақылау субъектілерін (объектілерін) іріктеу үшін пайдаланылатын тәуекел дәрежесін бағалау өлшемшарттары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z230" w:id="116"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z230" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) тәуекелдерді бағалау және басқару жүйесі – тиісті қызмет салаларында тәуекелдің жол берілетін деңгейін қамтамасыз ете отырып, кәсіпкерлік еркіндігін шектеудің ең төменгі ықтимал дәрежесі мақсатында бақылау субъектісіне бару арқылы профилактикалық бақылауды кейіннен жүзеге асыру үшін бақылау субъектілерін тәуекел дәрежелері бойынша бөлу арқылы қолайсыз факторлардың туындау ықтималдығын азайтуға бағытталған, сондай-ақ нақты бақылау субъектісі (объектісі) үшін тәуекел деңгейін өзгертуге бағытталған басқарушылық шешімдерді қабылдау және (немесе) осындай бақылау субъектісін (объектісін) бару арқылы профилактикалық бақылаудан босату процесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z231" w:id="117"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z231" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) тексеру парағы – бақылау субъектілерінің (объектілерінің) қызметіне қойылатын, олардың сақталмауы жеке және заңды тұлғалардың, мемлекеттің заңды мүдделеріне қатер төндіруге алып келетін талаптар тізбесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z232" w:id="118"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z232" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) іріктеме жиынтық (іріктеме) – Кодекстің 143-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік бақылау мен қадағалаудың нақты саласында бақылау субъектілерінің (объектілерінің) біртекті тобына жатқызылатын бағаланатын субъектілердің (объектілердің) тізбесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14238,150 +17492,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="119"/>
+    <w:bookmarkStart w:name="z122" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылаудың еселігін бақылау органдары жоғары және орташа тәуекел дәрежесіне жатқызылған бақылау субъектілеріне (объектілеріне) қатысты жылына екі реттен жиі емес айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z123" w:id="120"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z123" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды тағайындау үшін мемлекеттік органның бірінші басшысы бекіткен бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды жүргізудің жартыжылдық тізімі негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z124" w:id="121"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z124" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бақылау субъектісіне (объектісіне) бара отырып, профилактикалық бақылау тізімдері субъективті өлшемшарттары бойынша тәуекел дәрежесінің ең жоғары көрсеткіші бар бақылау субъектісінің басымдығы ескеріле отырып жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z233" w:id="122"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z233" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5-1. Кодекстің 141-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау және (немесе) талаптарға сәйкестігіне тексеру жүргізу үшін қолданылатын тәуекел дәрежесін бағалау өлшемшарттары мен тексеру парақтары реттеуші мемлекеттік органдардың, кәсіпкерлік жөніндегі уәкілетті органның бірлескен актісімен бекітіледі және реттеуші мемлекеттік органдардың интернет-ресурстарында орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14400,326 +17654,326 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="123"/>
+    <w:bookmarkStart w:name="z125" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Бақылау субъектілерінің (объектілерінің) біліктілік талаптарына сәйкестігіне тексеру және профилактикалық бақылау жүргізу кезінде тәуекелдерді бағалау және басқару жүйесін қалыптастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z126" w:id="124"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z126" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылауды жүзеге асыру кезінде бақылау субъектілерін (объектілерін) мынадай тәуекел дәрежелерінің біріне (бұдан әрі – тәуекел дәрежелері) жатқызады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z127" w:id="125"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z127" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоғары тәуекел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z128" w:id="126"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z128" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орташа тәуекел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z129" w:id="127"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z129" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) төмен тәуекел.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z130" w:id="128"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z130" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы Өлшемшарттардың 3-тарауына сәйкес субъективті өлшемшарттар бойынша тәуекел дәрежесінің жалпы көрсеткішін есептеу тәртібіне сәйкес қолданылатын ақпарат көздерінің басымдығын негізге ала отырып, 0-ден 100-ге дейінгі шкала бойынша субъективті өлшемшарттар бойынша тәуекел дәрежесінің жалпы көрсеткіші есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z131" w:id="129"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z131" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекел дәрежесінің көрсеткіштері бойынша бақылау субъектісі (объектісі):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z132" w:id="130"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z132" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тәуекелдің жоғары дәрежесіне – тәуекел дәрежесінің көрсеткіші 71-ден 100-ге дейін қоса алғанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z133" w:id="131"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z133" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тәуекелдің орташа дәрежесіне – тәуекел дәрежесінің көрсеткіші 31-ден 70-ке дейін қоса алғанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z134" w:id="132"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z134" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тәуекел төмен дәрежесіне – тәуекел дәрежесінің көрсеткіші 0-ден 30-ға дейін қоса алғанда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z135" w:id="133"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z135" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекелдің жоғары, орташа және төмен дәрежелеріне жатқызылған бақылау субъектілері (объектілері) үшін талаптарға сәйкестігіне тексерулер, бақылау субъектісіне (объектісіне) бара отырып профилактикалық бақылау және жоспардан тыс тексерулер жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z136" w:id="134"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z136" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Бақылау субъектілерінің (объектілерінің) профилактикалық бақылау жүргізу үшін тәуекел дәрежесін ағалау өлшемшарттары объективті және субъективті өлшемшарттарды айқындау арқылы қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z137" w:id="135"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z137" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Объективті өлшемшарттар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z138" w:id="136"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z138" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Бақылау субъектілерін тәуекел дәрежесіне жатқызу бақылау субъектілерінің Ұлттық архив қоры (бұдан әрі – ҰАҚ) құжаттарын жоюға (жоғалтуға), зақымдауға, қолдан жасауға әкелуі мүмкін ҰАҚ электрондық құжаттарын және басқа да архивтік құжаттарды сақтауды қамтамасыз етумен байланысты қызметі нәтижесінде жеке және заңды тұлғалардың заңды мүдделеріне, мемлекеттің мүліктік мүдделеріне зиян келтіру ықтималдығына қарай жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14738,550 +17992,538 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="137"/>
+    <w:bookmarkStart w:name="z139" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      10. Объективті өлшемшарттар бойынша </w:t>
+        <w:t>
+      10. Объективті өлшемшарттар бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z234" w:id="138"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тәуекелдің жоғары дәрежесіне:</w:t>
+      жоғары тәуекел дәрежесіне:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z235" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) қызметінде ҰАҚ құжаттары және электрондық құжат айналымын ұйымдастыру үшін мемлекеттік органдардың электрондық құжат айналымы жүйесін (бұдан әрі – ЭҚЖ) пайдаланатын басқа да мұрағат құжаттары немесе қызметінде ҰАҚ құжаттары қалыптастырылатын мемлекеттік заңды тұлғалар қалыптастырылатын мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасының Ұлттық архивін, орталық мемлекеттік архивтерді және мемлекеттік архивтерді жинақтау көздері және ЭҚЖ пайдаланатын басқа да архивтік құжаттар</w:t>
+      1) қызметінде электрондық құжат айналымын ұйымдастыру үшін мемлекеттік органдардың электрондық құжат айналымы жүйесін (бұдан әрі – ЭҚЖ) пайдаланатын ҰАҚ құжаттары және басқа да архивтік құжаттар қалыптастырылатын Қазақстан Республикасының Ұлттық архиві, орталық мемлекеттік архивтер, Қазақстан Республикасының Президенті архиві мен мемлекеттік архивтердің жинақтау көздері және немесе қызметінде ЭҚЖ пайдаланатын ҰАҚ құжаттары және басқа да архивтік құжаттар қалыптастырылатын мемлекеттік заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z236" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тәуекелдің орташа дәрежесіне:</w:t>
+      орташа тәуекел дәрежесіне:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z237" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ЭҚЖ пайдаланатын, қызметінде ҰАҚ құжаттары және басқа да архивтік құжаттар қалыптастырылатын мемлекеттік органдар мен жергілікті атқарушы органдарға ведомстволық бағынысты заңды тұлғалар;</w:t>
+      1) қызметінде ЭҚЖ пайдаланатын ҰАҚ құжаттары және басқа да архивтік құжаттар қалыптастырылатын мемлекеттік органдар мен жергілікті атқарушы органдарға ведомстволық бағынысты заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z238" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тәуекелдің төменгі дәрежесіне:</w:t>
+      төмен тәуекел дәрежесіне:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z239" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ЭҚЖ пайдаланатын, қызметінде ҰАҚ құжаттары қалыптастырылатын мемлекеттік емес заңды тұлғалар.</w:t>
-[...158 lines deleted...]
-        <w:t xml:space="preserve"> қолданылатын ҰАҚ құжаттарын жою жатады.</w:t>
+      1) қызметінде ЭҚЖ пайдаланатын ҰАҚ құжаттары қалыптастырылатын мемлекеттік емес заңды тұлғалар жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 78</w:t>
+        <w:t>№ 663-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="147"/>
+    <w:bookmarkStart w:name="z147" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Субъективті өлшемшарттарды айқындауды келесідей сатыларда:</w:t>
+      11. Объективті өлшемшарттар бойынша жоғары және орташа тәуекел дәрежесіне жатқызылған бақылау субъектілеріне қатысты бақылау субъектісіне бару арқылы профилактикалық бақылауды жүргізу мақсатында субъективті өлшемшарттар қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z151" w:id="148"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z148" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Субъективті өлшемшарттар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z149" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) деректер базасын қалыптастыру және талаптардың бұзылуы туралы ақпарат жинау;</w:t>
+      12. Субъективті өлшемшарттар Қазақстан Республикасының Ұлттық архиві, орталық мемлекеттік архивтер, Қазақстан Республикасының Президенті архиві мен мемлекеттік архивтердің жинақтау көздеріндегі электрондық құжат және электрондық құжат айналымы бөлігінде Электрондық құжат және электрондық цифрлық қолтаңба туралы Қазақстан Республикасының заңнамасын сақтау саласындағы Қазақстан Республикасының заңнамасы талаптарының (бұдан әрі – талаптар) негізінде әзірленді, олар өрескел, елеулі, болмашы - үш дәрежеге бөлініп, тексеру парақтарында көрсетілді және осы Өлшемшарттардың қосымшасында келтірілді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z152" w:id="149"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Өрескел дәрежеге Қазақстан Республикасының Әкімшілік құқық бұзушылық туралы Кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>509-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданылатын ҰАҚ құжаттарын жою жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      2) ақпаратты талдау және тәуекелдерді бағалау кезеңдерін қолдана отырып жүзеге асырылады.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 663-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z153" w:id="150"/>
+    <w:bookmarkStart w:name="z150" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Субъективті өлшемшарттар бойынша тәуекел дәрежесін бағалау үшін келесі ақпарат көздері пайдаланылады:</w:t>
+      13. Субъективті өлшемшарттарды айқындауды келесідей сатыларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z240" w:id="151"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z151" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері;</w:t>
+      1) деректер базасын қалыптастыру және талаптардың бұзылуы туралы ақпарат жинау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z241" w:id="152"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z152" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) бақылау субъектілеріне (объектілеріне) алдыңғы тексерулер мен бару арқылы профилактикалық бақылаудың нәтижелері;</w:t>
+      2) ақпаратты талдау және тәуекелдерді бағалау кезеңдерін қолдана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z242" w:id="153"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z153" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      14. Субъективті өлшемшарттар бойынша тәуекел дәрежесін бағалау үшін келесі ақпарат көздері пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z240" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z241" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бақылау субъектілеріне (объектілеріне) алдыңғы тексерулер мен бару арқылы профилактикалық бақылаудың нәтижелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z242" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       3) мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15320,151 +18562,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қараңыз і) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="154"/>
+    <w:bookmarkStart w:name="z157" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Субъективті өлшемшарттар маңыздылығы мен қоғамға қауіптілігіне байланысты, Өлшемшарттармен қарастырылған бұзушылықтар ауырлығының 3 дәрежесіне: қарай өрескел, елеулі және болмашы болып бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z158" w:id="155"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z158" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Бақылау субъектін (объектін) тәуекел дәрежесіне жатқызу үшін тәуекел дәрежесінің көрсеткішін есептеудің мынадай тәртібі қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z159" w:id="156"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z159" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бір өрескел бұзушылық анықталған кезде бақылау субъектісіне 100 тәуекел дәрежесінің көрсеткіші теңестіріледі және оған қатысты профилактикалық бақылау жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z160" w:id="157"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z160" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер өрескел бұзушылықтар анықталмаса, онда тәуекел дәрежесінің көрсеткішін айқындау үшін елеулі және болмашы бұзушылықтар бойынша жиынтық көрсеткіш есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z161" w:id="158"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z161" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Елеулі бұзушылықтар көрсеткішін айқындау кезінде 0,7 коэффициенті қолданылады және бұл көрсеткіш мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z162" w:id="159"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z162" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -15479,412 +18721,412 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> = (SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> х 100/SР1) х 0,7,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z163" w:id="160"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z163" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z164" w:id="161"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z164" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – елеулі бұзушылықтардың көрсеткіші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z165" w:id="162"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z165" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – елеулі бұзушылықтардың талап етілетін саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z166" w:id="163"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z166" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – анықталған елеулі бұзушылықтардың саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z167" w:id="164"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z167" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Болмашы бұзушылықтардың көрсеткішін айқындау кезінде 0,3 коэффициенті қолданылады және бұл көрсеткіш мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z168" w:id="165"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z168" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = (SР2 х 100/SР1) х 0,3,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z169" w:id="166"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z169" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z170" w:id="167"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z170" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – болмашы бұзушылықтардың көрсеткіші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z171" w:id="168"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z171" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – болмашы бұзушылықтардың талап етілетін саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z172" w:id="169"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z172" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – анықталған болмашы бұзушылықтардың саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z173" w:id="170"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z173" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тәуекел дәрежесінің жалпы көрсеткіші (SР) 0-ден 100-ге дейінгі шәкіл бойынша есептеледі және мына формула бойынша елеулі және болмашы бұзушылықтардың көрсеткіштерін қосу арқылы айқындалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z174" w:id="171"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z174" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР = SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -15899,191 +19141,191 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z175" w:id="172"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z175" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мұнда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z176" w:id="173"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z176" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР – тәуекел дәрежесінің жалпы көрсеткіші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z177" w:id="174"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z177" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – елеулі бұзушылықтардың көрсеткіші;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z178" w:id="175"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z178" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – болмашы бұзушылықтардың көрсеткіші.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z243" w:id="176"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z243" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Айқындалған субъективті өлшемшарттар бойынша тәуекел дәрежесінің көрсеткішін есептеу 0-ден 100 балға дейінгі шкала бойынша жүргізіледі және мынадай формула бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -16300,70 +19542,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z244" w:id="177"/>
+    <w:bookmarkStart w:name="z244" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. R көрсеткіші бойынша субъектілер (объектілер) бойынша есептелген мәндер 0-ден 100 балға дейінгі диапазонға қалыпқа келтіріледі. Деректерді қалыпқа келтіру әрбір іріктемелі жиынтық (іріктеме) бойынша мынадай формула әдісін пайдалана отырып жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -16697,331 +19939,331 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мемлекеттік және жергілікті</w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">атқарушы органдарды </w:t>
+              <w:t xml:space="preserve">Ұлттық архивінің, орталық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қоспағанда,</w:t>
+              <w:t>мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">архивтер, Қазақстан </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Президенті архиві мен </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мемлекеттік архивтердің </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">толықтыру көздерінде </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">электрондық құжат айналымы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">және электрондық архивтер </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бөлігінде электрондық құжат </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және электрондық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық қолтаңба туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ұлттық архивінің, орталық</w:t>
+              <w:t xml:space="preserve">заңнамасының сақталуының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік архивтер мен</w:t>
-[...129 lines deleted...]
-              <w:t>тәуекел дәрежесін бағалау</w:t>
+              <w:t xml:space="preserve">тәуекел дәрежесін бағалау </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z180" w:id="178"/>
+    <w:bookmarkStart w:name="z180" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасы Ұлттық архивінің, орталық мемлекеттік архивтердің және мемлекеттік архивтердің толықтыру көздерінде электрондық құжат және электронды цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының электрондық құжаттар мен электрондық архивтер бөлігін де сақталуының тәуекел дәрежесін бағалау өлшемшарттары</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ұлттық архивінің, орталық мемлекеттік архивтердің, Қазақстан Республикасының Президенті архиві және мемлекеттік архивтердің толықтыру көздерінде электрондық құжат айналымы және электрондық архивтер бөлігінде электрондық құжат және электрондық цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының сақталуына тәуекелді бұзу дәрежелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымша жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+      Ескерту. Қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 78</w:t>
+        <w:t>№ 663-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17036,164 +20278,194 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/б</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ рс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшемшарттар</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бұзушылық деңгейі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұзушылық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17352,87 +20624,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық тіркеу бақылау карточкаларының сақтау мерзімінің электрондық құжаттардың сақтау мерзіміне сәйкес келуі</w:t>
+Электрондық тіркеу бақылау карточкаларын сақтау мерзімінің электрондық құжаттарды сақтау мерзіміне сәйкес келуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17465,51 +20737,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17578,87 +20850,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Істер номенклатурасында ұсынылған құжат нысанының: ақпарат жеткізгіші көрсетілген электрондық немесе қағаздағы болуы</w:t>
+Істер номенклатурасында ұсынылған құжат нысанының: ақпарат жеткізгіші көрсетілген электрондық немесе қағаз түрінде болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17691,87 +20963,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық құжаттар және деректер базасының ұйымның істер номенклатурасына сәйкес қағаз жеткізгіштегі құжаттардан бөлек істерге (папкаларға) ақпараттық тасығышта бөлек қалыптастырылуы</w:t>
+Электрондық құжаттарды және деректер қорын ұйымның істер номенклатурасына сәйкес істерге (папкаларға) қағаз жеткізгіштегі құжаттардан бөлек ақпаратты бөлек тасығышта қалыптастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17804,87 +21076,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық құжаттарды сақтаудың тиісті электрондық дерекқорларды, пайдаланылған электрондық цифрлық қолтаңбаның ашық кілттері (электрондық цифрлық қолтаңбаны тіркеу куәліктері) мен электрондық құжаттардың электрондық цифрлық қолтаңбасын қалыптастыру және тексеру процестерін іске асыратын бағдарламаларды сақтаумен бірге жүргізілуі</w:t>
+Электрондық құжаттарды сақтауды тиісті электрондық дерекқорларды, пайдаланылған электрондық цифрлық қолтаңбаның ашық кілттері (электрондық цифрлық қолтаңбаны тіркеу куәліктері) мен электрондық құжаттардың электрондық цифрлық қолтаңбасын қалыптастыру және тексеру процестерін іске асыратын бағдарламаларды сақтаумен сүйемелдеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17917,87 +21189,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ведомстволық және жеке архивте қағаз түпнұсқасы болмаған не салыстырудың нәтижесі теріс болған кезде ұйымның Орталық сараптау комиссиясымен (сараптау комиссиясы) және мемлекеттік архивтер, немесе жергілікті атқарушы органның сараптау-тексеру комиссиясымен келісу бойынша электрондық құжаттың (тардың) көшірмесін (лерін) жою туралы актінің болуы</w:t>
+Ведомстволық және жеке архивте қағаз түпнұсқасы болмаған не салыстырудың нәтижесі теріс болған кезде ұйымның Орталық сараптау комиссиясымен (сараптау комиссиясы) және мемлекеттік архивтің немесе жергілікті атқарушы органның Сараптау-тексеру комиссиясымен келісу бойынша ұйым басшысы бекіткен электрондық құжаттың (тардың) көшірмесін (лерін) жою туралы актінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18179,51 +21451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архивтік істердің, құжаттардың бар-жоғын және жай-күйін жоспарлы түрде 3 жылда бір рет тексеру</w:t>
+Архивтік істердің, электрондық құжаттардың (іс) бар-жоғын және жай-күйін жоспарлы түрде 3 жылда бір рет тексеру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18411,443 +21683,462 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мәдениет және спорт </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">министрінің </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2017 жылғы 9 маусымдағы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 172 және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мәдениет және спорт </w:t>
+              <w:t>Ұлттық экономика министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>министрінің</w:t>
+              <w:t>2017 жылғы 14 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2017 жылғы 9 маусымдағы</w:t>
+              <w:t xml:space="preserve">№ 301 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 172 және</w:t>
-[...51 lines deleted...]
-              <w:t>№ 301 бірлескен бұйрығына</w:t>
+              <w:t>бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z245" w:id="179"/>
+    <w:bookmarkStart w:name="z245" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының Ұлттық архив қоры және архивтер туралы заңнамасының сақталуының тексеру парағы</w:t>
+        <w:t xml:space="preserve"> Ұлттық архив қоры және архивтер туралы Қазақстан Республикасының заңнамасының сақталуын тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 78</w:t>
+        <w:t>№ 663-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасының Ұлттық архивтін, орталық мемлекеттік архивтердің және мемлекеттік архивтердің жинақтау көздері болып табылатын ведомстволық және жеке архивтерге қатысты.</w:t>
+      Қазақстан Республикасының Ұлттық архивінің, орталық мемлекеттік</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тексеруді тағайындаған мемлекеттік орган</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+      архивтердің, Қазақстан Республикасының Президенті архиві және мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      архивтердің жинақтау көздері болып табылатын ведомстволық және жеке архивтерге қатысты. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бақылау субъектісінің (объектісінің) барумен </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      тексеруді/профилактикалық бақылауды тағайындаған мемлекеттік </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орган ______________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бақылау субъектісіне (объектісіне) бару арқылы  тексеруді/профилактикалық </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бақылауды тағайындау туралы акт ______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          (№, күні)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бақылау субъектісінің (объектісінің) атауы ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">___________________________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бақылау субъектісінің (объектісінің) жеке сәйкестендіру нөмірі, бизнес- </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкестендіру нөмірі _________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орналасқан жерінің мекенжайы_______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      __________________________________________________________________</w:t>
-[...161 lines deleted...]
-      Орналасқан жерінің мекенжайы_______________________________________ </w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -18863,159 +22154,199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/б</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ р/б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптар тізбесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптарға сәйкес келеді</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптарға сәйкес келеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптарға сәйкес келмейді</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптарға сәйкес келмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19161,87 +22492,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әрқайсысы жеке бланкіде (жеке парақтарда) басылып шығарылған қазақ тіліндегі құжат және орыс немесе өзге тілде жасалатын тең түп-нұсқалы құжаттың бірыңғай деректемелермен ресімделуі</w:t>
+Жекелеген бланкілерде (жекелеген парақтарда) басылған қазақ тіліндегі құжаттың және орыс немесе өзге тілде жасалатын теңтүпнұсқалық құжаттың бірыңғай деректемелерімен ресімдеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19302,195 +22633,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттар ұйымның атауы көрсетілген мөртабанды пайдалана отырып, оның бедерін сол жақ жоғарғы бұрышына қою не міндетті түрде мынадай деректемелерді ресімдеу арқылы жасалуы:</w:t>
+Құжаттарды ұйымның атауы көрсетілген мөртабанды пайдалана отырып, оның бедерін сол жақ жоғарғы бұрышына қою не міндетті түрде мынадай деректемелерді ресімдеу арқылы жасау:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) құжатты шығарған ұйымның ресми атауы не сол жақ жоғарғы бұрышқа қою арқылы құжатты шығарған ұйымның атауы көрсетілген мөртабанның бедері;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) хаттан басқа құжат түрінің атауы;</w:t>
+2) хатты қоспағанда, құжат түрінің атауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) құжаттың датасы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) құжаттың тіркеу нөмірі индексі);</w:t>
-[...35 lines deleted...]
-6) ұйым мөрінің бедері</w:t>
+4) құжаттың тіркеу нөмірі (индексі);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) құжатқа қол қойған адам лауазымының атауы, қолтаңбасы және қолтаңбаның толық жазылуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) егер осы заңды тұлғаның Қазақстан Республикасының заңнамасына сәйкес мөрі болса, ұйым мөрінің бедері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19551,159 +22882,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сәйкес болуы:</w:t>
-[...71 lines deleted...]
-4) ұйымдардың бланкілерінде типографиялық тәсілмен немесе нумератормен нөмірдің, серияның болуы</w:t>
+Сәйкестік:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) құжаттар деректемелерін ресімдеген кезде ұйымның, филиалдың (өкілдіктің) атауының ұйымдық-құқықтық нысаны көрсетіліп, құрылтай құжаттарына сәйкес келуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ұйымның, филиалдың (өкілдіктің) қысқартылған атауы құрылтай құжаттарында бекітілген атауға сәйкес келуі және оны толық атауынан төмен жақша ішінде орналастыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) ұйымдардың құжаттар бланкілерінде типографиялық тәсілмен немесе нөмірлеуішпен қойылған нөмірдің, серияның болуы; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) барлық құжаттарда бас әріптермен қалың қаріппен басылған құжат түрінің атауын көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19764,87 +23095,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген бланкіде эмблема, логотип немесе тауар белгісінің (қызмет көрсету белгісінің) болмауы</w:t>
+Қазақстан Республикасының Мемлекеттік Елтаңбасының, эмблеманың, логотиптің немесе тауар белгісінің (қызмет көрсету белгісінің) бейнесін бланкіге орналастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19905,87 +23236,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік және мемлекеттік емес ұйымдарда құжаттама жасау, құжаттаманы басқару және электрондық құжат айналымы жүйелерін пайдалану қағидаларының (бұдан әрі – Құжаттандыру) қағидалары нысаны бойынша Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлерді, мөртабандарды және арнайы штемпельдік бояуларды есепке алу мен беру журналының болуы</w:t>
+Мемлекеттік және мемлекеттік емес ұйымдарда құжаттама жасау, құжаттаманы басқару және электрондық құжат айналымы жүйелерін пайдалану қағидаларының (бұдан әрі – Құжаттау қағидалары) нысаны бойынша Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлерді, мөртабандарды және арнайы штемпельдік бояуларды есепке алу мен беру журналының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20046,51 +23377,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20187,87 +23518,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қорғауға жататын баспа-бланк өнімдерін, мөрлерді, мөртабандарды және құжаттарды қорғау құралдарын есепке алу және беру журналдарында ұйым басшысының бұйрығымен (өкімімен) құрылған комиссиямен қойылған қорғауға жататын баспа-бланк өнімдері даналарының, мөрлердің, мөртабандардың және құжаттарды қорғау құралдарының бар болуын тексеру нәтижелері туралы белгінің бар болуы</w:t>
+Қорғауға жататын баспа-бланк өнімдерін, мөрлерді, мөртабандарды және құжаттарды қорғау құралдарын есепке алу және беру журналдарында ұйым басшысының бұйрығымен (өкімімен) құрылған комиссия берген қорғауға жататын баспа-бланк өнімдері даналарының, мөрлердің, мөртабандардың және құжаттарды қорғау құралдарының бар-жоғын тексеру нәтижелері туралы белгінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20328,87 +23659,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әр түріне басталған қорғауға жататын, баспа-бланкі өнімдерін есепке алу және оларды беру журналының болуы</w:t>
+Әр түріне басталған, қорғауға жататын баспа-бланк өнімдерін есепке алу және оларды беру журналының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20469,123 +23800,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоюға бөлу туралы актінің болуы:</w:t>
-[...35 lines deleted...]
-2) қорғауға жататын, мөрлер мен мөртабандарды жою кезінде қорғауға жататын, мөрлер мен мөртабандарды</w:t>
+1) қорғауға жататын баспа-бланк өнімдерінің бүлінген даналарын жою кезінде қорғауға жататын баспа-бланк өнімдерінің бүлінген даналарын;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) қорғауға жататын мөрлер мен мөртабандарды жою кезінде қорғауға жататын мөрлер мен мөртабандарды жоюға бөлу туралы актілердің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20646,87 +23959,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құқықтық актілерде, шығармашылық құжаттамада, азаматтардың құқықтары мен заңды мүдделеріне қатысты құжаттарда, қаржы құжаттарында, бір мәселе жөніндегі істерде, сондай-ақ датасын қою олар үшін маңызды болатын құжаттарда (баяндамалар, үнхаттар, стенограммалар, хаттар) сөздік-цифрлық тәсілмен жазылған датаның болуы</w:t>
+Құқықтық актілерде, шығармашылық құжаттамада, азаматтардың құқықтары мен заңды мүдделеріне қатысты құжаттарда, қаржы құжаттарында, бір мәселе жөніндегі істерде, сондай-ақ күнін қою олар үшін маңызды болатын құжаттарда (баяндамалар, үнхаттар, стенограммалар, хаттар) сөздік-цифрлық тәсілмен жазылған күнінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20787,87 +24100,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттарда бекіту және келісу бұрыштамаларының болуы</w:t>
+Құжаттарда бекіту және келісу белгілерінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20928,105 +24241,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
+12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құқықтык актілер деректемелерінің сәйкес келуі, оның ішінде:</w:t>
-[...17 lines deleted...]
-1) Қазақстан Республикасының Мемлекеттік Елтаңбасы немесе эмблема, логотип, тауар белгісі (қызмет көрсету белгісі) бейнесі;</w:t>
+Бұйрықтың деректемелерінің сәйкес келуі, оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Қазақстан Республикасы Мемлекеттік Елтаңбасының немесе эмблеманың, логотиптің, тауар белгісінің (қызмет көрсету белгісінің) бейнесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) ұйымның ресми атауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21036,177 +24349,177 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) құжат түрінің атауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) бұйрықтың датасы;</w:t>
+4) бұйрықтың күні;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) бұйрықтың тіркеу нөмірі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) бұйрықтың шығарылған жері;</w:t>
-[...17 lines deleted...]
-7) мәтіннің тақырыбы;</w:t>
+6) бұйрық шығарылған жер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) мәтінге тақырып;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8) мәтін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9) қолы;</w:t>
-[...35 lines deleted...]
-11) ұйым мөрінің бедері</w:t>
+9) қолтаңба;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) бұйрықты келісу туралы белгі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) егер аталған ұйымда Қазақстан Республикасының заңнамасына сәйкес мөрі болса, ұйымның мөрінің бедері болып табылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21267,87 +24580,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
+13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қағаз құжаттарда лауазымды адамның құжаттағы қолының түпнұсқалығын куәландыратын ұйым мөрі бедерінің болуы</w:t>
+Қағаз құжаттарда лауазымды тұлғаның құжаттағы қолтаңбаның түпнұсқалығын куәландыратын ұйым мөрі бедерінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21408,141 +24721,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Болуы:</w:t>
-[...17 lines deleted...]
-1) негізгі қызмет бойынша, жеке құрам бойынша бұйрықтардың тиісті журналдарда (деректер базасында) жеке тіркелуінің;</w:t>
+1) негізгі қызмет бойынша, жеке құрам бойынша бұйрықтардың тиісті журналдарда (деректер базасында) жекелеген тіркелуінің;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) жеке құрам бойынша бұйрықтардың реттік нөміріне сызықша арқылы қосылған "ж/қ" немесе "і" литерінің;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) негізгі қызмет бойынша бұйрықтардың (өкімдердің), жеке құрам, әкімшілік-шаруашылық қызмет бойынша бұйрықтардың (өкімдердің) қалыптастырылуы бойынша жеке-жеке істердің</w:t>
+3) негізгі қызмет бойынша бұйрықтардың (өкімдердің), жеке құрам, әкімшілік-шаруашылық қызмет бойынша бұйрықтардың (өкімдердің) қалыптастырылуы бойынша жеке-жеке істердің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21603,285 +24898,285 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Іс жүргізу жылының шегінде хаттамалардың әр тобы – жиналыстар, алқалық отырыстар хаттамалары, техникалық, ғылыми және сараптамалық кеңестердің хаттамалары бойынша берген жеке-жеке реттік нөмірлердің болуы.</w:t>
-[...197 lines deleted...]
-9) қолы</w:t>
+1. Іс жүргізу жылының шегінде хаттамалардың әр тобы – жиналыстар, алқа отырыстарының хаттамалары, техникалық, ғылыми және сараптамалық кеңестердің хаттамалары бойынша берген жеке-жеке реттік нөмірлердің болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Хаттамалардың оларға құжаттармен бірге нөмірі бойынша хронологиялық тәртіппен істе орналасуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Хаттама деректемелерінің сәйкестігі, оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) ұйымның және (немесе) құрылымдық бөлімшенің ресми атауының;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) құжат түрі атауының;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) күнінің;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) хаттаманың тіркеу нөмірінің;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) хаттама шығарылған жердің;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) бекіту белгісінің (кей жағдайларда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) мәтін тақырыбының;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) мәтінінің;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) қолтаңбаның сәйкестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21942,51 +25237,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
+16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22083,87 +25378,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17</w:t>
+17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке істердегі құжаттардың олардың келіп түсуіне сәйкес хронологиялық тәртіппен орналастырылуы</w:t>
+Жеке істердегі құжаттардың олардың келіп түсуіне сәйкес хронологиялық тәртіппен орналасуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22224,141 +25519,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
+18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қалыптастырылуының сәйкес келуі:</w:t>
-[...53 lines deleted...]
-3) жеке тұлғалардың тізімдері және әлеуметтік аударымдардың аударылғанын растайтын құжаттардың бір істе</w:t>
+1) жалақы бойынша дербес шоттардың жеке істерге қалыптастырылуының және олардағы жұмыскерлер тектерінің әліпбилік ретпен орналасуының;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жеке тұлғалардың тізімдері мен бірыңғай жинақтаушы зейнетақы қорына міндетті зейнетақы жарналарының, міндетті кәсіптік зейнетақы жарналарының аударылғанын растайтын құжаттардың бір істе қалыптастырылуының;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жеке тұлғалардың тізімдері және әлеуметтік аударымдардың аударылғанын растайтын құжаттардың бір істе қалыптастырылуының сәйкес келуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22419,87 +25696,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
+19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Еңбек шарттарының жеке істердің құрамында немесе қызметкерлер тектерінің әліпбилік ретімен жеке қалыптастырылуының сәйкес келуі</w:t>
+Еңбек шарттарының жеке істердің құрамында немесе жұмыскерлер тектерінің әліпбилік ретпен жеке қалыптастырылуының сәйкес келуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22560,51 +25837,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22701,231 +25978,249 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
+21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Істерді қалыптастыру кезінде келесі жалпы талаптардың сақталуы:</w:t>
-[...143 lines deleted...]
-9) томдардың (бөліктердің) нөмірлеріне қосып, әрбір томға істің нөмірінің (индексінің) және тақырыбының қойылуы, істе бірнеше том (бөлік) болған жағдайды соңғы томға (бөлікке) "соңғы" деген сөздің қосылуы</w:t>
+Істерді қалыптастыру кезінде мынадай:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) іске орындалған, істер номенклатурасы бойынша істердің тақырыптарының өз мазмұны бойынша сәйкес келетін дұрыс ресімделген құжаттарды орналастыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) бір мәселені шешуге қатысты барлық құжаттарды бірге орналастыру. оларды бекіткен немесе жасаған күннен тыс олар жататын құжаттарға қосымшаларды қосу. Көлемі 180 парақтан асатын қосымшаларды құжатқа белгі қоя отырып, жеке томға салу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) құжаттың қазақ, орыс және басқа да тілдердегі нұсқаларын бірге топтастыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) өтпелі істерді, сот істерін, осы адамның ұйымдағы жұмысының бүкіл кезеңі ішінде қалыптастырылатын жеке істерді, сайланбалы органдар мен олардың тұрақты комиссияларының, оларды шақыру кезеңінде топтастырылатын депутаттық топтардың құжаттары, оқу жылында қалыптастырылатын оқу орындарының құжаттары, театр маусымындағы сахналық қызметті сипаттайтын театр құжаттары, ауру тарихын қоспағанда, бір күнтізбелік жылдың құжаттары істерге топтастыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) іске сақтау мерзімдері тұрақты және уақытша құжаттардың бөлек-бөлек топтастырылуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) іске жедел хаттардың, факсограммалар көшірмелерінің, телефонограммалардың істер номенклатурасына сәйкес жалпы негізде орналасуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) қайтарылуы тиіс құжаттарды, шимай жазбалар мен артық даналарды іске орналастыруға жол бермеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) сақтау мерзімі тұрақты істің көлемі бойынша 180 парақтан асуына жол бермеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) томдарды (бөліктерді) нөмірлеуді қосып, әрбір томға істің нөмірін (индексін) және тақырыбын беру, істе бірнеше том (бөліктер) болған жағдайда соңғы томға (бөлікке) "соңғы" деген сөзді қосу жалпы талаптарды сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22986,87 +26281,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
+22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымның Орталық сараптау комиссиясымен (сараптау комиссиясымен) келісілгеннен кейін ұйым басшысымен және мемлекеттік архивтің, немесе жергілікті атқарушы органның сараптау-тексеру комиссиясымен бекітілген тұрақты сақталатын істер, құжаттар тізімдемесінің болуы</w:t>
+Ұйымның сараптау комиссиясымен (сараптау комиссиясымен) келісілгеннен кейін ұйым басшысы бекіткен және мемлекеттік архивтің немесе жергілікті атқарушы органның сараптау-тексеру комиссиясымен келісілген істер номенклатурасының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23127,87 +26422,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сақтау мерзімі тұрақты, ұзақ (10 жылдан жоғары) және жеке құрам бойынша істердің мұқабаларында келесі деректемелердің болуы:</w:t>
+Сақтау мерзімі тұрақты, уақытша (10 жылдан астам) және жеке құрам бойынша істердің мұқабаларында мынадай деректемелердің болуы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) ұйымның атауы, құрылымдық бөлімшенің атауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23217,51 +26512,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) ұйым орналасқан елді мекеннің атауы, істің нөмірі (индексі);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) істің тақырыбы, істің (томның, бөліктің) датасы, істегі парақтар саны, істің сақталу мерзімі;</w:t>
+3) істің тақырыбы, істің (томның, бөліктің) күні, істегі парақтар саны, істің сақтау мерзімі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) істің архивтік шифрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -23340,231 +26635,231 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
+24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Істің парақтарын нөмірлеу тәртібінің сақталуы:</w:t>
-[...35 lines deleted...]
-2) парақтарының өзіндік нөмірі бар құжаттарды, оның ішінде баспа басылымдарын жалпы тәртіп бойынша нөмірлену немесе егер істегі парақтардың орналасу тәртібіне сәйкес келсе, олардың өзіндік нөмірленуін сақтау;</w:t>
+Іс парақтарының:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) бір шетінен тігілген А4 форматынан артық парақтың жоғарғы оң бұрышында бір парақ ретінде нөмірлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) парақтардың өзіндік нөмірленуі бар құжаттарды, оның ішінде баспа басылымдарын, егер істегі парақтардың орналасу тәртібіне сәйкес келсе, жалпы тәртіппен нөмірлеу немесе өзінің нөмірленуін сақтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) бірнеше томнан немесе бөліктен тұратын істердің парақтарын әр том немесе бөлік бойынша жеке нөмірлеу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) істе жеке парақты құрайтын фотосуреттер, сызбалар, диаграммалар және иллюстративті және ерекше құжаттардың сыртқы жағынан сол жақ жоғары бұрышында нөмірлеу;</w:t>
-[...71 lines deleted...]
-8) парақтардың нөмірленуінде жекелеген қателіктер болған кезде парақтардың литерлік нөмірлерін қолдану</w:t>
+4) істе дербес парақты білдіретін фотосуреттер, сызбалар, диаграммалар және өзге де иллюстрациялық және ерекше құжаттардың сырт жағында сол жақ жоғары бұрышта нөмірлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) салымдары бар іске тігілген конверттерді алдымен, содан кейін конверттегі әрбір салымдарды кезекті нөмірмен нөмірлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) түптеуде келіс түскен іске қосымшалар дербес том ретінде рәсімдеу және оны бөлек нөмірлеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) нөмірлеуде көптеген қателер анықталған жағдайда істің парақтарын қайта нөмірлеу. Парақтарды қайта нөмірлеу кезінде ескі нөмірлерді сызу және олардың жанына парақтардың жаңа нөмірлерін қою, істің соңында жаңа куәландыру парағын жасау, ескі куәландыру парағын сызу және істе сақтау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) парақтарды нөмірлеуде жекелеген қателер болған кезде парақтардың литерлік нөмірлерін пайдалану тәртібін сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23625,105 +26920,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлық құжаттардың мәтіні еркін оқылатындай мүмкіндікті ескере отырып, картоннан жасалған қатты мұқабаға кемінде төрт жерден тесіліп тігілген істердің болуы.</w:t>
-[...17 lines deleted...]
-Тігілген (түптелген) істерде темір бекітпелердің (түйреуіштердің, қыстырғыштардың және басқалардың) болмауы</w:t>
+Барлық құжаттардың мәтіні еркін оқылатындай мүмкіндікті ескере отырып, картоннан жасалған немесе түптелген қатты мұқабаны кемінде төрт жерден тесіліп іске тігілген құжаттардың болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тігілген (түптелген) істерде металл бекітпелердің (түйреуіштердің, қыстырғыштардың және басқалардың) болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23784,87 +27079,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26</w:t>
+26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Іс жүргізу аяқталғаннан кейін құжаттардың ұйымның архивіне тапсырғанға дейін қалыптастырылған орны бойынша істерде бір жыл бойы сақталуы</w:t>
+Іс жүргізуде аяқталғаннан кейін ұйымның архивіне тапсырғанға дейін олардың қалыптастырылған орны бойынша құжаттарды істерде бір жыл ішінде сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23925,51 +27220,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
+27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24066,51 +27361,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
+28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24207,87 +27502,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29</w:t>
+29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тізімдеменің әрбір данасының соңында санмен және жазбаша іс жүзінде қабылданған істердің санының, істерді қабылдау-тапсыру күнінің, сондай-ақ архивке жауапты қызметкер мен істерді өткізген тұлғаның қолдарының болуы</w:t>
+Тізімдеменің әрбір данасының соңында санмен және жазбаша іс жүзінде қабылданған істердің санының, істерді қабылдау-тапсыру күнінің, сондай-ақ архивке жауапты қызметкер мен істерді тапсырған адамның қолдарының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24348,87 +27643,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
+30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттарды архивке тапсыру кезінде құжаттарды сақтауға қабылдау-тапсыру актілерінің болуы</w:t>
+Құжаттарды (істерді) архивке тапсыру кезінде құжаттарды сақтауға қабылдау-тапсыру актілерінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24489,303 +27784,375 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
+31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Ұлттық архив қорының құрамына жатқызылған дәстүрлі және электрондық тасымалдағыштар-дағы құжаттардың ведомстволық сақтау мерзімдерінің шегінің сақталуы, оның ішінде:</w:t>
-[...215 lines deleted...]
-12) электрондық құжаттар – 5 жыл</w:t>
+Қазақстан Республикасының Ұлттық архив қоры құрамына жатқызылған дәстүрлі және электрондық жеткізгіштегі құжаттарды ведомстволық сақтаудың шекті мерзімдерін сақтау, оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Қазақстан Республикасы Президенті Әкімшілігінің, Қазақстан Республикасы Парламенті Сенаты Аппаратының, Қазақстан Республикасы Парламенті Мәжілісі Аппаратының, Қазақстан Республикасының Үкіметі Аппаратының, Қазақстан Республикасы Конституциялық Сотының, Қазақстан Республикасы Орталық сайлау комиссиясының, Қазақстан Республикасы Жоғарғы Сотының, Қазақстан Республикасының Сот әкімшілігінің, Қазақстан Республикасы Бас прокуратурасының, Қазақстан Республикасы Ұлттық Банкінің, Қазақстан Республикасы министрліктерінің, Қазақстан Республикасы агенттіктерінің, Қазақстан Республикасы министрліктері комитеттерінің құжаттары – 15 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Қазақстан Республикасы министрліктерінің, Қазақстан Республикасы агенттіктерінің, Қазақстан Республикасы министрліктері комитеттерінің аумақтық органдарының құжаттары – 10 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) акциялардың бақылау пакеті мемлекет меншігіне жататын ұйымдардың, республикалық деңгейдегі өзге де мемлекеттік заңды тұлғалардың құжаттары – 10 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) облыстың (республикалық маңызы бар қалалардың, астананың) жергілікті мемлекеттік басқару органдарының құжаттары – 10 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) облыстық (республикалық маңызы бар қалалық, астаналық) деңгейдегі мемлекеттік ұйымдардың құжаттары – 10 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) қаланың (ауданның) жергілікті мемлекеттік басқару органдарының құжаттары – 5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) қалалық және аудандық деңгейдегі мемлекеттік заңды тұлғалардың құжаттары – 5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) азаматтық ахуал актілерінің жазбалары, шаруашылық кітаптар, үй кітаптары, нотариалдық іс-қимылдар, сот істері жазбалары және құжаттары – 75 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) ғылыми-зерттеу, технологиялық және патенттік-лицензиялық құжаттама – 10 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) тәжірибелік-конструкторлық құжаттама – 15 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) күрделі құрылыс жөніндегі жобалық құжаттама – 20 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) картографиялық құжаттама – 25 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13) геодезиялық құжаттама – 25 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14) телеметриялық құжаттама – 5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15) аудиовизуалды құжаттама – 3 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16) электрондық құжаттар – 5 жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24846,87 +28213,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
+32.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымда құжаттарды сақтауға арналған архив қоймасынан, зерттеушілердің жұмыс істеуіне арналған бөлмеден (оқу залынан), архив қызметкерлерінің жұмыс бөлмелерінен, серверлік және коммуникациялық жабдықтарға арналған бөлмелерден тұратын архивке арналған үй-жайдың болуы</w:t>
+Ұйымда құжаттарды сақтауға арналған архив қоймасынан, зерттеушілердің жұмыс істеуіне арналған бөлмеден (оқу залынан), архив жұмыскерлерінің жұмыс бөлмелерінен, серверлік және коммуникациялық жабдықтарға арналған бөлмелерден тұратын архивке арналған үй-жайдың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24987,51 +28354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
+33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25128,51 +28495,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34</w:t>
+34.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25269,159 +28636,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
+35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орналастырып сақтау бойынша талаптарды сақтау:</w:t>
-[...71 lines deleted...]
-4) бейне құжаттарды заводтан шыққан қаптамада тігінен</w:t>
+Орналастырып сақтау бойынша талаптарды</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) тиісті көлемдегі байламаларға, катушкаларға немесе кассетаға оралған, полиэтилен үлдірлі пакетке және зауыттық қораптарға салып немесе заттаңбаларға арналған ойықтарымен полиэтилен футлярға (контейнерге) салынған магниттік таспадағы құжаттардың;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) зауыттық қаптамаға салынған және қорап ыдысқа салынған компакт-дискілердің;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) стандартты қорғаныш ракордтарымен ресімделген, байламаларға фотографиялық қабатын сыртқа қаратып тығыз орамаға оралған, орамдарын бума сыртына шығармай металл қораптарға салынған микрофильмдерді, кинофильмдердің;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) зауыттық қаптамада тігінен бейне құжаттардың сақталуы бойнша талаптарды сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25482,159 +28849,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
+36.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сақтау құралдарын (стационарлы немесе жылжымалы металл стеллаждар, металлшкафтар, сейфтер) орналастыру талаптарының сәйкес келуі:</w:t>
-[...35 lines deleted...]
-3) ғимараттың сыртқы қабырғасымен сыртқы қабырғаға параллель стеллаждың арақашықтығы – 75 сантиметрден кем емес;</w:t>
+Сақтау құралдарын (стационарлық немесе жылжымалы металл стеллаждар, металл шкафтар, сейфтер) орналастыру талаптарының сәйкес келуі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) стеллаждар қатарының арақашықтығы (басты өтетін жер) – 120 сантиметрден кем емес;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) стеллаждардың арақашықтығы (өту) – 75 сантиметрден кем емес;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ғимараттың сыртқы қабырғасы мен сыртқы қабырғаға қатар стеллаждың арақашықтығы – 75 сантиметрден кем емес;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) стеллаждың немесе шкафтың (сейфтің) шет жағы мен қабырғалардың ара қашықтығы – 45 сантиметрден кем емес;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) еден мен стеллаждың немесе шкафтың (сейфтің) төменгі сөресінің арақашықтығы – 15 сантиметрден кем емес, цокольды қабаттарда – 30 сантиметрден кем емес</w:t>
+5) еден мен стеллаждың немесе шкафтың (сейфтің) төменгі сөресі арасындағы арақашық – 15 сантиметрден кем емес, астыңғы қабаттарда – 30 сантиметрден кем емес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25695,87 +29080,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
+37.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архив қоймаларында температура параметрлері мен ауаның салыстырмалы ылғалдылығын өлшеуге арналған бақылау-өлшеу аспаптарының (термометрлер, психрометрлер, гигрометрлер) болуы және олардың көрсеткіштерінің температура параметрлері мен ауаның салыстырмалы ылғалдылығын өлшеу журналында тіркелуі</w:t>
+Архив қоймаларында температура параметрлері мен ауаның салыстырмалы ылғалдылығын өлшеуге арналған бақылау-өлшеу аспаптарының (термометрлер, психрометрлер, гигрометрлер) болуы және олардың көрсеткіштерін температура параметрлері мен ауаның салыстырмалы ылғалдылығын өлшеу журналында тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25836,357 +29221,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
+38.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архив қоймаларында құжаттарды сақтау үшін мынадай температуралық-ылғалдылық режимінің сақталуы:</w:t>
-[...269 lines deleted...]
-              <w:t>С, ауаның салыстырмалы ылғалдылығы – 50-65%</w:t>
+Архив қоймаларында мынадай температуралық-ылғалдылық режимін сақтау:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) ақпаратты қағаз жеткізгіштердегі құжаттары үшін – температура +17оС – +19оС, ауаның салыстырмалы ылғалдылығы 50-55%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ақпаратты ақ-қара үлдір жеткізгіштердегі құжаттар үшін – температура + 15оС, ауаның салыстырмалы ылғалдылығы 40-55%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ақпаратты түрлі-түсті үлдір жеткізгіштердегі құжаттар үшін – температура +2оС – +5оС, ауаның салыстырмалы ылғалдылығы 40-55%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) магниттік таспадағы және диск жеткізгіштердегі құжаттар үшін – температура +8оС-ден +18оС дейін, ауаның салыстырмалы ылғалдылығы 45-65%;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) ақпаратты электрондық жеткізгіштегі құжаттар үшін – температура +15оС – +20оС, ауаның салыстырмалы ылғалдылығы – 50-65%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26247,87 +29452,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39</w:t>
+39.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ведомстволық және жеке архивтердің архив қоймасында құжаттарды архив қоймасынан беру кітабының болуы</w:t>
+Ведомстволық және жеке архивтердің архив қоймасында құжаттарды (істерді) архив қоймасынан беру кітабының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26388,87 +29593,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+40.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архивтік құжаттарды уақытша пайдалануға беру кезінде архивтік құжаттарды уақытша пайдалануға беру туралы актінің болуы</w:t>
+Архивтік құжаттарды уақытша пайдалануға беру кезінде архивтік құжаттарды өзге ұйымдарға уақытша пайдалануға беру туралы актінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26529,51 +29734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41</w:t>
+41.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26670,87 +29875,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
+42.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйым архивінде құжаттардың құндылығына сараптау нәтижелері бойынша жасалған істер, құжаттар тізімдемелері бойынша құрылымдық бөлімшелерден ұйым архивіне тапсырылған істердің болуы</w:t>
+Ұйым архивінде құрылымдық бөлімшелерден құжаттардың құндылығына сараптау нәтижелері бойынша жасалған істер, құжаттар тізімдемелері бойынша ұйым архивіне тапсырылған істердің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26811,87 +30016,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43</w:t>
+43.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымның Орталық сараптау комиссиясымен (сараптау комиссиясымен) келісілгеннен кейін ұйым басшысымен және мемлекеттік архивтің, немесе жергілікті атқарушы органның сараптау-тексеру комиссиясымен бекітілген тұрақты сақталатын істер, құжаттар тізімдемесінің болуы</w:t>
+Ұйымның Орталық сараптау комиссиясымен (сараптау комиссиясымен) келісілгеннен кейін ұйым басшысымен және республикалық мемлекеттік архивтің, немесе жергілікті атқарушы органның сараптау-тексеру комиссиясымен бекітілген тұрақты сақталатын істер, құжаттар тізімдемесінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26952,87 +30157,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44</w:t>
+44.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымның Орталық сараптау комиссиясының (сараптау комиссиясының) және мемлекеттік архивтің, немесе жергілікті атқарушы органның сараптау-тексеру комиссиясының келісуімен ұйым басшысымен бекітілген жеке құрам бойынша істер тізімдемесінің болуы</w:t>
+Ұйымның Орталық сараптау комиссиясының (сараптау комиссиясының) және республикалық мемлекеттік архивтің, немесе жергілікті атқарушы органның сараптау-тексеру комиссиясының келісуімен ұйым басшысымен бекітілген жеке құрам бойынша істер тізімдемесінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27093,87 +30298,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
+45.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымның Орталық сараптау комиссиясымен (Сараптау комиссиясымен) келісілгеннен кейін ұйым басшысымен бекітілген уақытша (10 жылдан астам) сақталатын құжаттардың істер тізімдемесінің болуы</w:t>
+Ұйымның Орталық сараптау комиссиясымен (Сараптау комиссиясымен) келісілгеннен кейін ұйым басшысымен бекітілген уақытша (10 жылдан астам) сақталатын құжаттардың, істердің тізімдемесінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27234,87 +30439,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46</w:t>
+46.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Істердің тізімдемесіндегі қорытынды жазбаның сақтау бірліктерінің іс жүзінде бар болуына сәйкестігі</w:t>
+Істердің тізімдемесіндегі қорытынды жазбаның сақтау бірліктерінің іс жүзінде болуына сәйкестігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27375,87 +30580,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47</w:t>
+47.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ұйымның Орталық сараптау комиссиясымен (Сараптау комиссиясымен) және мемлекеттік архивтің, немесе жергілікті атқарушы органның Сараптау-тексеру комиссиясымен келісілгеннен кейін ұйым басшысымен бекітілген сақтауға жатпайтын құжаттарды жоюға бөлу туралы актінің болуы</w:t>
+Ұйымның Орталық сараптау комиссиясымен (Сараптау комиссиясымен) және республикалық мемлекеттік архивтің немесе жергілікті атқарушы органның Сараптау-тексеру комиссиясымен келісілгеннен кейін ұйым басшысымен бекітілген сақтауға жатпайтын құжаттарды жоюға бөлу туралы актінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27516,87 +30721,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
+48.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құжаттардың бар болуын және жай-күйін тексеру барысында барлық табылмаған архивтік құжаттарды есепке алу карточкаларының болуы</w:t>
+Архивтік құжаттардың бар-жоғы және жай-күйін тексеру барысында болмаған барлық табылмаған архивтік құжаттарды есепке алу карточкаларының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27657,51 +30862,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49</w:t>
+49.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27798,51 +31003,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+50.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27939,141 +31144,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
+51.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ведомстволық және жеке архивтерде тұрақты сақталатын істердің, құжаттардың тізімдемесінде тақырыптардың жүйеленуінің келесі белгілерге сәйкес келуі:</w:t>
-[...53 lines deleted...]
-3) функционалдық, салалық, тақырыптық, тақырыптық-сұрақтық (сақтау бірліктерінің мазмұнына қатысты ұйымның қызметін, тақырыптар немесе мәселелерді есепке ала отырып); 4) атаулы (іс жүргізудің нысаны бойынша – құжаттың түрлері және әр алуандығы);</w:t>
+сақталатын істердің, құжаттардың тізімдемесінде тақырыптардың жүйеленуінің мына белгілерге сәйкес келуі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) құрылымдық (сақтау бірліктерінің құрылымдық бөлімшелерге тиістілігіне байланысты);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) хронологиялық (сақтау бірліктерінің кезеңі мен күні бойынша);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) функционалдық, салалық, тақырыптық, затты-сұрақтық (сақтау бірліктерінің мазмұнына қатысты ұйымның функцияларын, тақырыптары немесе мәселелерін есепке ала отырып);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) атаулы (іс жүргізудің нысаны бойынша – құжаттың түрлері және әр алуандығы бойынша);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) корреспонденттік (ұйымдар және жеке тұлғалармен хат алмасу барысында сақтау бірліктері түзілген жағдайда);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28188,51 +31411,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52</w:t>
+52.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28329,87 +31552,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53</w:t>
+53.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архив қоймаларында архивтік құжаттардың алғашқы қорғау құралдарында (архивтік қораптардың, папкалардың, арнайы қаптардың, пакеттердің және тағы сол сияқты) орналасуы</w:t>
+Архив қоймаларында архивтік құжаттардың сақтаудың бастапқы қорғаныш құралдарында (архивтік қораптарда, бумаларда, арнайы футлярларда, пакеттерде, бокстарда) орналасуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28470,87 +31693,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54</w:t>
+54.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архив қоймасында стеллаждың топографиялық сілтегіштерінің карточкасының болуы</w:t>
+Архив қоймасында стеллаждың топографиялық көрсеткіштері карточкасының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28611,87 +31834,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55</w:t>
+55.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архивтік анықтаманың мәтінінде өзгертулердің, жөндеулердің, түсініктемелердің, негізінде архивтік анықтамалар жасалған архивтік құжаттардың мазмұны бойынша орындаушының өз пікірлерінің болмауы</w:t>
+Архивтік анықтаманың мәтінінде өзгерістердің, түзетулердің, түсініктемелердің, негізінде архивтік анықтамалар жасалған архивтік құжаттардың мазмұны бойынша орындаушының өз тұжырымдарының болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28752,177 +31975,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56</w:t>
+56.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архивтік қор деңгейіндегі архивтік анықтамалықтың сипаттау мақаласының мазмұнының келесі талаптарға сәйкес келуі:</w:t>
-[...89 lines deleted...]
-5) қол жеткізу мен пайдалану шарттары туралы ақпарат;</w:t>
+Архив қоры деңгейіндегі архив анықтамалығының сипаттамалық мақаласы мазмұнының мынадай талаптарға сәйкестігі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) архив қорының атауы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) архив қоры туралы анықтамалық деректерді (архивтік шифр (қор нөмірі), құжаттаманың түрлері бойынша сақтау бірліктеріндегі архив қорының көлемін, құжаттаманың әрбір түрі бойынша архивтік құжаттардың соңғы күндерін, қолда бар қорішілік ғылыми-анықтамалық аппараттың тізбесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) архив қорына тарихи анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) архивтік құжаттардың құрамы және мазмұны туралы аннотация;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) қол жеткізу шарттары туралы ақпарат;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) библиография</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -29001,51 +32224,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57</w:t>
+57.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29142,51 +32365,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58</w:t>
+58.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29283,51 +32506,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59</w:t>
+59.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29424,87 +32647,4041 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60</w:t>
+60.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Істердің, құжаттардың, электрондық құжаттардың (істердің) жетіспеуі кезінде іздестіруді ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде ықтимал бұзылуға қарсы техникалық тұрғыдан мейлінше төтеп беретін, құпиялылығы жоғары құлыптармен жабдықталған есіктердің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде әрбір тізімдемеге бөлек архивтік құжаттардың бар-жоғын және жай-күйін тексеру парағының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архивтік қор ішінде сақтау бірліктерінің бөлімдер (бөлімшелер) бойынша мына белгілерге сәйкес келуі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) құрылымдық (сақтау бірлігінің тиісті құрылымдық бөлімшеге тиесілілігіне сәйкес);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) хронологиялық (сақтау бірлігі жатқызылған кезеңдер немесе күндері бойынша);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) функционалдық, салалық, тақырыптық, пәндік-мәселелік (сақтау бірлігінің мазмұнына қатысты ұйымның функциясын, тақырыбын немесе мәселелерін есепке ала отырып);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) номиналдық (құжаттардың түрлері мен әртүрлілігі);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) корреспонденттік (ұйымдармен және адамдармен хат алмасу нәтижесінде пайда болған сақтау бірліктері);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) географиялық (құжаттардың мазмұны, олардың авторлары, корреспонденттері байланысты болатын белгілі бір аумақтарға, елді мекендерге және өзге де географиялық объектілерге сәйкес);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) авторлық (құжаттың авторы болып табылатын ұйымның атауы немесе тұлғалардың тегі бойынша) белгілермен айқындалады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде толықтыру көздерінен Қазақстан Республикасы Ұлттық архив қорының құжаттарын қабылдаудың жоспар-кестесінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архив қоймасына кіруге рұқсаты бар адамдардың тізімінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архив үй-жайлары құлыптарының кілттерін тіркеу журналының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде жұмыскердің архив үй-жайларының құлыптарына кілттердің данасын алғаны үшін қолының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде әрбір архив қорына бөлек жасалған және реттік нөмірі тәртібімен орналастырылған қордың топографиялық көрсеткіштерінің карточкаларының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде құжаттардың келіп түсуін есепке алу кітабының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде қорлардың тізімінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде істер, құжаттар тізімдемелерінің тізілімінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде аса құнды істер, құжаттар тізімдемелерінің тізілімінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде мәдени құндылықтарға жататын құжатты есепке алу және сипаттау парағының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде аса құнды құжаттарды қамтитын қор тізімінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде қорлар істерінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архивтік құжаттарды беру, архив қоймасын пайдалану қорының көшірмелерін оқу залына беру кітабының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде есепке алу құжаттарындағы техникалық қателер туралы актілердің, архивтік құжаттарды табу туралы актілердің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде құжаттарды құпиясыздандыру туралы актінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерімен және арнаулы мемлекеттік архивтерінің мынадай архивтік құжаттарды жеке сақтау бойынша талаптарды сақтауы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) құпия;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) мәдени құндылықтарға жатқызылған, бағалы металдармен және тастармен безендірілген, қосымшасында бағалы металдар мен тастар бар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) нитронегіздегі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) биологиялық зиянкестермен зақымданған;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) жинақтау көзінің таратылуына байланысты архивке сақтауға тапсырылған, сақтау мерзімдері уақытша.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде толықтыру көздерінің бекітілген тізімдерінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архивтік қордың мынадай хронологиялық шектердің сақталуы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) ұйымның архив қоры үшін – олардың құрылуы мен таратылуының құқықтық актілер негізінде белгіленетін ресми күндері (бірнеше құқықтық актілер болған кезде олардың ең ерте күні ұйымның құрылған күні болып қабылданады);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) біріктірілген архив қоры үшін – құжаттары біріктірілген архив қорының құрамына кірген ұйымдар қызметінің уақыты бойынша ең ерте құрылған және ең соңғы таратылған күндері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) жеке тектік архив қоры үшін – жеке тұлғаның, отбасы мүшелерінің немесе тектің туған және қайтыс болған күндері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) архивтік коллекция үшін – ең алғашқы және ең соңғы құжаттың күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде "Мемлекеттік архивтер қызметінің негізгі бағыттары мен нәтижелерінің көрсеткіштері" әкімшілік деректерін жинауға арналған нысанның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде архивті толықтыру көзі болып табылатын ұйымдарға бақылау істерінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архивтік құжаттарды есепке алу схемасының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде және арнаулы мемлекеттік архивтерде архивтік құжаттардың тақырыптық, тақырыптық-экспозициялық және графикалық көрмелер жоспарының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыстардың (республикалық маңызы бар қалалардың, астананың) мемлекеттік архивтерінде архивтік құжаттардың құрамы мен мазмұны туралы архивтік анықтамалықтардың және деректер базасының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29544,214 +36721,205 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Лауазымды тұлға (тұлғалар): </w:t>
+        <w:t>
+      Лауазымды адам (адамдар):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _______________________________________________ </w:t>
+        <w:t>_______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      (тегі, аты, әкесінің аты (бар болған жағдайда) </w:t>
+        <w:t>(тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ________________ _______________________________ </w:t>
+        <w:t>________________ _______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      (лауазымы)                   (қол таңбасы) </w:t>
+        <w:t>(лауазымы) (қол таңбасы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Бақылау субъектісінің (объектісінің) басшысы: </w:t>
+        <w:t>Бақылау субъектісінің (объектісінің) басшысы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ________________________________________________ </w:t>
+        <w:t>_______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      (тегі, аты, әкесінің аты (бар болған жағдайда) </w:t>
+        <w:t>(тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ________________ ________________________________ </w:t>
+        <w:t>________________ _______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (лауазымы)             (қол таңбасы)</w:t>
+        <w:t>(лауазымы) (қол таңбасы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -29787,425 +36955,513 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мәдениет және спорт </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">министрінің </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2017 жылғы 9 маусымдағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 172 және </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мәдениет және спорт </w:t>
+              <w:t>Ұлттық экономика министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>министрінің</w:t>
+              <w:t xml:space="preserve">2017 жылғы 14 тамыздағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2017 жылғы 9 маусымдағы</w:t>
+              <w:t xml:space="preserve">№ 301 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 172 және</w:t>
-[...51 lines deleted...]
-              <w:t>№ 301 бірлескен бұйрығына</w:t>
+              <w:t>бірлескен бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="180"/>
+    <w:bookmarkStart w:name="z64" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасы Ұлттық архивінің, орталық мемлекеттік архивтердің және мемлекеттік архивтердің толықтыру көздерінде электрондық құжат және электронды цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының электрондық құжаттар мен электрондық архивтер бөлігінде сақталуын тексеру парағы</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ұлттық архивінің, орталық мемлекеттік архивтердің, Қазақстан Республикасының Президенті архиві және мемлекеттік архивтердің толықтыру көздерінде электрондық құжат айналымы және электрондық архивтер бөлігінде электрондық құжат және электрондық цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының сақталуын тексеру парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 4-қосымша жаңа редакцияда - ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 78</w:t>
+        <w:t>№ 663-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Орталық және мемлекеттік архивтерді жинақтау көздеріне қатысты.</w:t>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының Ұлттық архивінің, орталық мемлекеттік </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Тексеруді тағайындаған мемлекеттік орган__________________________ </w:t>
+        <w:t xml:space="preserve">архивтердің, Қазақстан Республикасының Президенті архиві және мемлекеттік </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Бақылау субъектісіне (объектісіне) бару арқылы тексеруді/профилактикалық </w:t>
+        <w:t xml:space="preserve">архивтерді жинақтау көздеріне қатысты. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      бақылауды тағайындау туралы акт_____________ </w:t>
+        <w:t xml:space="preserve">Бақылау субъектісінің (объектісінің) барумен тексеруді/профилактикалық </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ____________________________________________________________________ </w:t>
+        <w:t xml:space="preserve">бақылауды тағайындаған мемлекеттік </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (№, күні)</w:t>
+        <w:t>орган ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Бақылау субъектісінің (объектісінің) атауы___________________________ </w:t>
+        <w:t xml:space="preserve">Бақылау субъектісіне (объектісіне) бару арқылы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      _____________________________________________________________________</w:t>
+        <w:t xml:space="preserve">тексеруді/профилактикалық бақылауды тағайындау туралы акт______________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Бақылау субъектісінің (объектісінің) (жеке сәйкестендіру нөмірі) бизнес-</w:t>
+        <w:t xml:space="preserve">___________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      сәйкестендіру нөмірі _____________________________________________</w:t>
+        <w:t xml:space="preserve">                                                           (№, күні)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Орналасқан жерінің мекенжайы_____________________________________ __________________________________________________________________</w:t>
+        <w:t xml:space="preserve">Бақылау субъектісінің (объектісінің) атауы_____________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бақылау субъектісінің (объектісінің) (жеке сәйкестендіру нөмірі) бизнес- </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сәйкестендіру нөмірі _______________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орналасқан жерінің мекенжайы______________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -30221,159 +37477,199 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/б</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптар тізбесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптарға сәйкес келеді</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптарға сәйкес келеді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Талаптарға сәйкес келмейді</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Талаптарға сәйкес келмейді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30519,51 +37815,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30750,87 +38046,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық тіркеу бақылау карточкаларының сақтау мерзімінің электрондық құжаттардың сақтау мерзіміне сәйкес келуі</w:t>
+Электрондық тіркеу бақылау карточкаларын сақтау мерзімінің электрондық құжаттарды сақтау мерзіміне сәйкес келуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30891,51 +38187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31032,87 +38328,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Істер номенклатурасында ұсынылған құжат нысанының: ақпарат жеткізгіші көрсетілген электрондық немесе қағаздағы болуы</w:t>
+Істер номенклатурасында ұсынылған құжат нысанының: ақпарат жеткізгіші көрсетілген электрондық немесе қағаз түрінде болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31173,87 +38469,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық құжаттар және деректер базасының ұйымның істер номенклатурасына сәйкес қағаз жеткізгіштегі құжаттардан бөлек істерге (папкаларға) ақпараттық тасығышта бөлек қалыптастырылуы</w:t>
+Электрондық құжаттарды және деректер қорын ұйымның істер номенклатурасына сәйкес істерге (папкаларға) қағаз жеткізгіштегі құжаттардан бөлек ақпаратты бөлек тасығышта қалыптастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31314,87 +38610,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық құжаттарды сақтаудың тиісті электрондық дерекқорларды, пайдаланылған электрондық цифрлық қолтаңбаның ашық кілттері (электрондық цифрлық қолтаңбаны тіркеу куәліктері) мен электрондық құжаттардың электрондық цифрлық қолтаңбасын қалыптастыру және тексеру процестерін іске асыратын бағдарламаларды сақтаумен бірге жүргізілуі</w:t>
+Электрондық құжаттарды сақтауды тиісті электрондық дерекқорларды, пайдаланылған электрондық цифрлық қолтаңбаның ашық кілттері (электрондық цифрлық қолтаңбаны тіркеу куәліктері) мен электрондық құжаттардың электрондық цифрлық қолтаңбасын қалыптастыру және тексеру процестерін іске асыратын бағдарламаларды сақтаумен сүйемелдеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31455,87 +38751,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ведомстволық және жеке архивте қағаз түпнұсқасы болмаған не салыстырудың нәтижесі теріс болған кезде ұйымның Орталық сараптау комиссиясымен (сараптау комиссиясы) және мемлекеттік архивтер, немесе жергілікті атқарушы органның сараптау-тексеру комиссиясымен келісу бойынша электрондық құжаттың (тардың) көшірмесін (лерін) жою туралы актінің болуы</w:t>
+Ведомстволық және жеке архивте қағаз түпнұсқасы болмаған не салыстырудың нәтижесі теріс болған кезде ұйымның Орталық сараптау комиссиясымен (сараптау комиссиясы) және мемлекеттік архивтің немесе жергілікті атқарушы органның Сараптау-тексеру комиссиясымен келісу бойынша ұйым басшысы бекіткен электрондық құжаттың (тардың) көшірмесін (лерін) жою туралы актінің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31596,51 +38892,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31737,87 +39033,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Архивтік істердің, құжаттардың бар-жоғын және жай-күйін жоспарлы түрде 3 жылда бір рет тексеру</w:t>
+Архивтік істердің, электрондық құжаттардың (іс) бар-жоғын және жай-күйін жоспарлы түрде 3 жылда бір рет тексеру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31878,51 +39174,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31998,178 +39294,171 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Лауазымды тұлға (тұлғалар): ____________________________________ </w:t>
+        <w:t>
+      Лауазымды адам (адамдар): ______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      (тегі, аты, әкесінің аты (бар болған жағдайда) </w:t>
+        <w:t xml:space="preserve">                                       (тегі, аты, әкесінің аты (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ________________________________ __________________ </w:t>
+        <w:t xml:space="preserve"> ________________________________ __________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      (лауазымы)                         (қол таңбасы) </w:t>
+        <w:t xml:space="preserve">                      (лауазымы)                             (қолтаңбасы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Бақылау субъектісінің (объектісінің) басшысы: ________________________ </w:t>
+        <w:t xml:space="preserve"> Бақылау субъектісінің (объектісінің) басшысы: __________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      (тегі, аты, әкесінің аты (бар болған жағдайда) </w:t>
+        <w:t xml:space="preserve">                                                       (тегі, аты, әкесінің аты (бар болған жағдайда) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      ______________________________ _____________________ </w:t>
+        <w:t xml:space="preserve">______________________________ _____________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (лауазымы)                   (қол таңбасы)</w:t>
+        <w:t xml:space="preserve">                   (лауазымы)                            (қолтаңбасы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -32205,387 +39494,477 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Ұлттық архив қоры және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ұлттық архив қоры және </w:t>
+              <w:t>архивтер туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">архивтер туралы заңнамасының </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сақталуына тәуекел дәрежесін </w:t>
+              <w:t>заңнамасының сақталуына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тәуекел дәрежесін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағалау өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z247" w:id="181"/>
+    <w:bookmarkStart w:name="z247" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының Ұлттық архив қоры және архивтер туралы заңнамасының сақталуына тәуекел дәрежесін айқындау үшін субъективті өлшемшарттардың тізбесі</w:t>
+        <w:t xml:space="preserve"> Ұлттық архив қоры және архивтер туралы Қазақстан Республикасының заңнамасының сақталуына тәуекел дәрежесін айқындау үшін субъективті өлшемшарттардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Бірлескен бұйрық 5-қосымшамен толықтырылды -  ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бірлескен (01.07.2024 бастап қолданыста болады) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> бірлескен (01.07.2024 бастап қолданыста болады) бұйрығымен; жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 663-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Субъективті өлшемшарттар көрсеткіші</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Субъективті өлшемшарттар көрсеткіші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Субъективті өлшемшарт көрсеткіші бойынша ақпарат көзі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Субъективті өлшемшарт көрсеткіші бойынша ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Маңыздылығы бойынша үлес салмағы, балл (барлығы 100 баллға дейін болуы тиіс), wi</w:t>
-[...36 lines deleted...]
-Шарттар / мәндер, xi</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Маңыздылығы бойынша үлес салмағы, балл (барлығы 100 баллға дейін болуы тиіс), wi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шарттар / мәндер, x</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -32604,710 +39983,498 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-шарты / мәні</w:t>
-            </w:r>
-[...70 lines deleted...]
-3-шарты / мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
-            </w:r>
-[...70 lines deleted...]
-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бару арқылы профилактикалық бақылау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Архив қоймаларында архив құжаттарының бар-жоғын және жай-күйін тексеру қорытындылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есептілік мониторингінің нәтижелері және жүргізілген/жүргізілмеген жоспарлы және жоспардан тыс тексерулерге қатысты жыл ішінде жиналған мәліметтер</w:t>
-[...141 lines deleted...]
-            </w:pPr>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -33325,407 +40492,271 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100%</w:t>
             </w:r>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+Есепке алу құжаттарындағы деректерді мемлекеттік архив паспортымен, қорлар карточкаларымен салыстыру кезінде сәйкессіздік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік органдар мен ұйымдар ұлттық, орталық және мемлекеттік архивтердің ұсынатын мәліметтерін талдау нәтижелері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+Бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50%</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -33743,150 +40774,1774 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...28 lines deleted...]
-            </w:pPr>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сараптамалық-тексеру комиссиясының отырысына ұсынылған құжаттардың құндылығын ғылыми-техникалық сараптау қорытындылары бойынша толықтыру көздері - ұйымдардың құжаттарының толық еместігі және қанағаттанарлықсыз техникалық жай-күйі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толықтыру көздері-ұйымдарда құжаттардың сақталуы және архив жұмысы бойынша мемлекеттік архивтер ұсынатын талдамалық ақпараттың толық болмауы және бұзылуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уәкілетті органға, жергілікті атқарушы органдарға, мемлекеттік архивтерге архив қорлары бойынша мәліметтер беру бойынша келіп түсетін өтініштерді талдау қорытындылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттардың құндылықтарын сараптау мерзімдерінің болмауы немесе бұзылуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Архивтік құжаттарға ғылыми-анықтамалық аппараттың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Архивтік құжаттарды есепке алудағы бұзушылықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -33924,394 +42579,477 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Ұлттық архив қоры және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ұлттық архив қоры және </w:t>
+              <w:t>архивтер туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">архивтер туралы заңнамасының </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сақталуына тәуекел дәрежесін </w:t>
+              <w:t>заңнамасының сақталуына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тәуекел дәрежесін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бағалау өлшемшарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z249" w:id="182"/>
+    <w:bookmarkStart w:name="z249" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік және жергілікті атқарушы органдарды қоспағанда, Қазақстан Республикасының электрондық құжат туралы Заңнамасының және электрондық құжат айналымы бөлігінде электрондық цифрлық қолтаңбаның және Қазақстан Республикасының Ұлттық архивтін, орталық мемлекеттік архивтерді және мемлекеттік архивтерді жинақтау көздеріндегі электрондық архивтердің сақталуына тәуекел дәрежесін айқындау үшін субъективті өлшемшарттардың тізбесі</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Ұлттық архивінің, орталық мемлекеттік архивтердің, Қазақстан Республикасының Президенті архиві және мемлекеттік архивтердің толықтыру көздерінде электрондық құжат айналымы мен электрондық архивтер бөлігінде электрондық құжат және электрондық цифрлық қолтаңба туралы Қазақстан Республикасы заңнамасының сақталуына тәуекел дәрежесін айқындау үшін субъективтік өлшемшарттардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Бірлескен бұйрық 6-қосымшамен толықтырылды -  ҚР Мәдениет және спорт министрінің 24.05.2023 № 128 және ҚР Ұлттық экономика министрінің 24.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бірлескен (01.07.2024 бастап қолданыста болады) бұйрығымен.</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> бірлескен (01.07.2024 бастап қолданыста болады) бұйрығымен; жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 663-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және ҚР Премьер-Министрінің орынбасары – Ұлттық экономика 26.12.2025 № 134 (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Субъективті өлшемшарттар көрсеткіші</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Субъективті өлшемшарттар көрсеткіші</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Субъективті өлшемшарт көрсеткіші бойынша ақпарат көзі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Субъективті өлшемшарт көрсеткіші бойынша ақпарат көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Маңыздылығы бойынша үлес салмағы, балл (барлығы 100 баллға дейін болуы тиіс), wi</w:t>
-[...36 lines deleted...]
-Шарттар / мәндер, xi</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Маңыздылығы бойынша үлес салмағы, балл (барлығы 100 баллға дейін болуы тиіс), wi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шарттар / мәндер, x</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -34330,710 +43068,498 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-шарты / мәні</w:t>
-            </w:r>
-[...70 lines deleted...]
-3-шарты / мәні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
-            </w:r>
-[...70 lines deleted...]
-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бару арқылы профилактикалық бақылау үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Архив қоймаларында архив құжаттарының бар-жоғын және жай-күйін тексеру қорытындылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Есептілік мониторингінің нәтижелері және жүргізілген/жүргізілмеген жоспарлы және жоспардан тыс тексерулерге қатысты жыл ішінде жиналған мәліметтер</w:t>
-[...141 lines deleted...]
-            </w:pPr>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -35051,407 +43577,271 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100%</w:t>
             </w:r>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+Есепке алу құжаттарындағы деректерді мемлекеттік архив паспортымен, қорлар карточкаларымен салыстыру кезінде сәйкессіздік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік органдар мен ұйымдар ұлттық, орталық және мемлекеттік архивтердің ұсынатын мәліметтерін талдау нәтижелері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+Бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50%</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -35469,170 +43859,1784 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...28 lines deleted...]
-            </w:pPr>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сараптамалық-тексеру комиссиясының отырысына ұсынылған құжаттардың құндылығын ғылыми-техникалық сараптау қорытындылары бойынша толықтыру көздері - ұйымдардың құжаттарының толық еместігі және қанағаттанарлықсыз техникалық жай-күйі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Толықтыру көздері-ұйымдарда құжаттардың сақталуы және архив жұмысы бойынша мемлекеттік архивтер ұсынатын талдамалық ақпараттың толық болмауы және бұзылуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақылау субъектісі ұсынатын есептілік пен мәліметтер мониторингінің нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уәкілетті органға, жергілікті атқарушы органдарға, мемлекеттік архивтерге архив қорлары бойынша мәліметтер беру бойынша келіп түсетін өтініштерді талдау қорытындылары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттардың құндылықтарын сараптау мерзімдерінің болмауы немесе бұзылуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Архивтік құжаттарға ғылыми-анықтамалық аппараттың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Архивтік құжаттарды есепке алудағы бұзушылықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органдар мен ұйымдар ұсынатын мәліметтерді талдау нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 факт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -35653,55 +45657,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -36027,31 +46031,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>