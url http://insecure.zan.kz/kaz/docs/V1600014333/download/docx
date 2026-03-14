--- v0 (2025-12-20)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0e78743" w14:textId="0e78743">
+    <w:p w14:paraId="1036887" w14:textId="1036887">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,81 +112,61 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 211 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 18 қазанда № 14333 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының 15-бабы екінші бөлігінің </w:t>
-[...29 lines deleted...]
-        <w:t>5) тармақшасына</w:t>
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -201,71 +181,71 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 28.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 33</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (30.06.2024 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -836,140 +816,120 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z6" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Банкаралық клиринг жүйесінің жұмыс істеу қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Ұлттық Банк туралы заң) 15-бабы екінші бөлігінің </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және операторы Қазақстан Республикасының Ұлттық Банкі (бұдан әрі – Ұлттық Банк) болып табылатын банкаралық клиринг жүйесінің (бұдан әрі – жүйе) жұмыс істеу тәртібін айқындайды. Жүйенің операциялық орталығы "Қазақстан Республикасы Ұлттық Банкінің Ұлттық төлем корпорациясы" акционерлік қоғамы (бұдан әрі – Орталық) болып табылады.</w:t>
+      1. Осы Банкаралық клиринг жүйесінің жұмыс істеу қағидалары (бұдан әрі – Қағидалар) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі екінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және операторы Қазақстан Республикасының Ұлттық Банкі (бұдан әрі – Ұлттық Банк) болып табылатын банкаралық клиринг жүйесінің (бұдан әрі – жүйе) жұмыс істеу тәртібі айқындалады. Жүйенің операциялық орталығы "Қазақстан Республикасы Ұлттық Банкінің Ұлттық төлем корпорациясы" акционерлік қоғамы (бұдан әрі – Орталық) болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 28.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 33</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (30.06.2024 бастап қолданысқа енгiзiледi) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z32" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -997,92 +957,92 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Клиринг нәтижелері бойынша ақша аудару жүйеде оның қатысушыларының банкаралық ақша аудару жүйесінде (бұдан әрі – банкаралық жүйе) ақшаны пайдалануы арқылы жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z34" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> көзделген ұғымдар және мынадай ұғымдар пайдаланылады:</w:t>
+        <w:t>
+      3. Қағидаларда "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Төлемдер және төлем жүйелері туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" (бұдан әрі – Төлемдер және төлем жүйелері туралы заң), "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық құжат және электрондық цифрлық қолтаңба туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының заңдарында көзделген ұғымдар және мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z35" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аудиторлық iз – ақпараты жүйеде және жүйе қатысушыларында сақталатын, жүйедегі электрондық хабарларды өңдеу жөніндегі оқиғаларды жүйелі тіркеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z36" w:id="19"/>
     <w:p>
@@ -1522,50 +1482,112 @@
         <w:t xml:space="preserve">
       22) электрондық хабар – Орталық әзірлеген форматтағы электрондық түрдегі ақпарат жиынтығы. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z57" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидаларда пайдаланылатын тәуекелдер ұғымы Қағидалар шеңберіндегі жүйеге қатысты қолданылады және Халықаралық есеп айырысу банкінің Төлемдер мен нарықтық инфрақұрылымдар жөніндегі комитеті (Базель, Швейцария, 2003 жылғы наурыз) әзірлеген төлем және есеп айырысу жүйелерінде пайдаланылатын Терминдер глоссарийіне сәйкес жазылған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z58" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Ұлттық Банк жүйенің жұмыс істеуін және оны басқаруды ұйымдастырады және қамтамасыз етеді, Төлемдер және төлем жүйелері туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -3702,71 +3724,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Операциялық тәуекелді басқару үшін мынадай әдістер пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
     <w:bookmarkStart w:name="z131" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) Ұлттық Банк туралы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Ұлттық Банк жүйенің ұйымдастырылуына және жұмыс істеуіне бақылау және қадағалау жүргізеді;</w:t>
+      1) "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Ұлттық Банк туралы заң) сәйкес Ұлттық Банктің жүйенің ұйымдастырылуына және жұмыс істеуіне бақылау мен қадағалауды жүргізуі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:bookmarkStart w:name="z132" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Орталықтың операциялық тәуекелді басқару жөніндегі ішкі құжатында айқындалған әдістерге сәйкес Орталық жүйенің бағдарламалық-техникалық кешенінің үздіксіз жұмыс істеуіне тұрақты мониторинг жүргізеді және қолдайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:bookmarkStart w:name="z133" w:id="120"/>
     <w:p>
@@ -3806,50 +3828,112 @@
         <w:t>
       4) резервтік орталықтың жұмысқа қабілеттілігін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
     <w:bookmarkStart w:name="z135" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) негізгі орталықта қалпына келтіруге болмайтын жүйенің бағдарламалық-техникалық кешенінің жұмысында іркілістер немесе тұрып қалулар орын алған кезде жүйенің жұмысын негізгі орталықтан резервтік орталыққа ауыстыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 53-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z136" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Ұлттық Банк Орталықпен және қатысушылармен бірлесіп тәуекелдерді басқарудың пайдаланылатын әдістеріне екі жыл ішінде кемінде бір рет талдау жүргізеді. Талдау нәтижелері бойынша тәуекелдерді басқару әдістерін сақтау немесе өзгерту туралы шешім қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
     <w:bookmarkStart w:name="z20" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3993,55 +4077,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>