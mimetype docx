--- v0 (2025-10-01)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="17bfa5f" w14:textId="17bfa5f">
+    <w:p w14:paraId="d913f19" w14:textId="d913f19">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,140 +112,130 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 200 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2016 жылы 5 қазанда № 14289 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z16" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі үшінші абзацының 2) тармақшасына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
+        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 20.02.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 6</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1275,91 +1265,71 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Төлем жүйелеріне қолжетімділікті қамтамасыз ететін ұйымдастыру шараларына және бағдарламалық-техникалық құралдарға қойылатын талаптар (бұдан әрі – Талаптар) "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының (бұдан әрі – Ұлттық Банк туралы заң) </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және операторы Қазақстан Республикасының Ұлттық Банкі болатын төлем жүйелеріне (бұдан әрі – төлем жүйесі) қолжетімділікті қамтамасыз ететін ұйымдастыру шараларына және бағдарламалық-техникалық құралдарға қойылатын талаптарды айқындайды.</w:t>
+        <w:t xml:space="preserve">1. Төлем жүйелеріне қолжетімділікті қамтамасыз ететін ұйымдастыру шараларына және бағдарламалық-техникалық құралдарға қойылатын талаптар (бұдан әрі – Талаптар) "Қазақстан Республикасы Ұлттық Банкінің ережесін және құрылымын бекіту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі үшінші абзацының 2) тармақшасына сәйкес әзірленді және онда операторы Қазақстан Республикасының Ұлттық Банкі болатын төлем жүйелеріне (бұдан әрі – төлем жүйесі) қолжетімділікті қамтамасыз ететін ұйымдастыру шараларына және бағдарламалық-техникалық құралдарға қойылатын талаптар айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Талаптар төлем жүйесін пайдаланушының жұмыс орнын орналастырудан, төлем жүйесін пайдаланушының және "Қазақстан Республикасы Ұлттық Банкінің Ұлттық төлем корпорациясы" акционерлік қоғамының (бұдан әрі – Орталық) өзара іс қимылынан, төлем жүйесінің терминалынан, негізгі ақпараттан, төлем жүйесін пайдаланушының жұмыс орнына қойылатын талаптардан, қызмет көрсететін қызметкердің жұмысын ұйымдастырудан, операциялық тәуекелді басқаруға және қызметтің үздіксіздігін қамтамасыз етуге қойылатын талаптардан тұрады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1382,51 +1352,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 20.02.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z48" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1435,51 +1425,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Талаптар төлем жүйесінің барлық пайдаланушыларына қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z49" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Талаптарда Төлемдер және төлем жүйелері туралы заңда көзделген ұғымдар және мынадай ұғымдар пайдаланылады:</w:t>
+      3. Талаптарда "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының Заңында көзделген ұғымдар және мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z50" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аутентификация - төлем және ақпараттық хабарлармен алмасу кезінде жүйені пайдаланушылардың қатысу түпнұсқалылығын растауға, сондай-ақ төлем және ақпараттық хабарлардың түпнұсқалылығын растауға арналған шаралар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z51" w:id="20"/>
     <w:p>
@@ -1857,87 +1847,147 @@
         <w:t>
       19) төлем жүйесінің терминалы – төлем жүйесін пайдаланушыда орнатылған, төлем жүйесіне қолжетімділікті қамтамасыз ететін арнайы бағдарламалық қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z69" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) төлем жүйесі терминалының қосымшасы – төлем жүйесінің терминалымен қашықтықтан жұмыс істеуге арналған арнайы бағдарламалық қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z70" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Төлем жүйесінде қолданылатын хабарлармен алмасу рәсімдерін және форматтарын Орталық Қазақстан Республикасының Ұлттық Банкімен (бұдан әрі – Ұлттық Банк) келісе отырып белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z73" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      2-тарау. Төлем жүйесін пайдаланушының жұмыс орнын орналастыру</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Төлем жүйесін пайдаланушының жұмыс орнын орналастыру</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z75" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Төлем жүйесін пайдаланушының жұмыс орны төлем жүйесін пайдаланушының орналасқан жері бойынша кіруі шектеулі үй-жайда (бұдан әрі – Үй-жай) орналастырылады. Төлем жүйесін пайдаланушының жұмыс орны операторларының функцияларын орындайтын қызметкерлердің жұмыс орындарын қоспағанда, Үй-жайда төлем жүйесімен жұмыс істеуге арналмаған жұмыс орындарын орналастыруға жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z76" w:id="42"/>
     <w:p>