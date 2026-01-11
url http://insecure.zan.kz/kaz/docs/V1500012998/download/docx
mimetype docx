--- v0 (2025-11-26)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f2babfd" w14:textId="f2babfd">
+    <w:p w14:paraId="89e1eb6" w14:textId="89e1eb6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -150,140 +150,130 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының </w:t>
-[...49 lines deleted...]
-        <w:t>ЕТЕДІ:</w:t>
+      "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>83-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1 және 2-тармақтарына және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>84-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тармағына сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 26.09.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 70</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -961,110 +951,130 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы сауда-саттықты ұйымдастырушының ұйымдық құрылымына және қор биржасының листинг комиссиясының құрамына қойылатын талаптар (бұдан әрі - Талаптар) "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленген.</w:t>
+      1. Осы сауда-саттықты ұйымдастырушының ұйымдық құрылымына және қор биржасының листинг комиссиясының құрамына қойылатын талаптар (бұдан әрі - Талаптар) "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>83-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағына және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>84-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тармағына сәйкес әзірленген.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 26.09.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 70</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2836,110 +2846,110 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z63" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қор биржасының сауда жүйесінде жасалатын мәмілелерді қадағалау жөніндегі қызметті жүзеге асыратын сауда-саттықты ұйымдастырушының құрылымдық бөлімшесінің қызметін жүзеге асыру қағидалары "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және қор биржасының сауда жүйесінде жасалатын мәмілелерді қадағалау жөніндегі қызметті жүзеге асыратын сауда-саттықты ұйымдастырушының ұйымдық құрылымы қызметінің тәртібін белгілейді.</w:t>
+      1. Осы Қор биржасының сауда жүйесінде жасалатын мәмілелерді қадағалау жөніндегі қызметті жүзеге асыратын сауда-саттықты ұйымдастырушының құрылымдық бөлімшесінің қызметін жүзеге асыру қағидалары "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>83-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағына сәйкес әзірленді және қор биржасының сауда жүйесінде жасалатын мәмілелерді қадағалау жөніндегі қызметті жүзеге асыратын сауда-саттықты ұйымдастырушының ұйымдық құрылымы қызметінің тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 26.09.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 70</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2997,72 +3007,52 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) жасалу параметрлері мен талаптары осы мәмілелер бағалы қағаздар рыногында манипуляция жасау мақсатында жасалған деп болжау жасауға негіз болатын, қор биржасының сауда жүйесінде бағалы қағаздармен және өзге де қаржы құралдарымен жасалған мәмілелерді анықтау (бұдан әрі - күмәнді мәмілелер); </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:bookmarkStart w:name="z67" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көзделген шараларды қабылдау; </w:t>
+        <w:t>
+      3) клиентті тиісті тексеру бойынша "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңында көзделген шараларды қабылдау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z68" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) күмәнді мәмілелер туралы мәліметтерді уәкілетті органға жіберу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z69" w:id="61"/>
     <w:p>
@@ -3087,71 +3077,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді – ҚР Ұлттық Банкі Басқармасының 28.12.2018 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгерістер енгізілді – ҚР Ұлттық Банкі Басқармасының 28.12.2018 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 320</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі); 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z70" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3159,341 +3169,317 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қор биржасының қадағалау бөлімшесін басшы басқарады және қор биржасының атқарушы органының мүшесі оған жетекшілік етеді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:bookmarkStart w:name="z71" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>, уәкілетті органның нормативтік құқықтық актісінде және (немесе) қор биржасының ішкі құжаттарында белгіленген өлшемшарттарға сәйкес келетін күмәнді мәмілелерді анықтаған кезде күмәнді мәміле туралы есеп дайындайды, онда мыналар қамтылады:</w:t>
+        <w:t>
+      4. Қадағалау бөлімшесінің қызметкерлері "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының Заңында, уәкілетті органның нормативтік құқықтық актісінде және (немесе) қор биржасының ішкі құжаттарында белгіленген өлшемшарттарға сәйкес келетін күмәнді мәмілелерді анықтаған кезде күмәнді мәміле туралы есеп дайындайды, онда мыналар қамтылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z90" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оның негізінде бағалы қағаздармен және өзге де қаржы құралдарымен жасалған мәміле күмәнді мәмілелер санына жатқызылған өлшемшарттың сипаттамасы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z91" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) күмәнді мәміленің параметрлері және қажет болғанда оның графикалық суреті;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z92" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өзара байланысты күмәнді мәмілелер тобының құрамына кіретін күмәнді мәміле үшін мұндай мәмілелердің параметрлері және қажет болғанда осы топтың графикалық суреті;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z93" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) күмәнді мәміле бағалы қағаздар нарығында манипуляциялау мақсатында жасалды деп қорытынды жасауға мүмкіндік беретін мәліметтер;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z94" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) күмәнді мәмілені жасауға ықтимал себептері немесе бағалы қағазға немесе өзге қаржы құралына нарықтық бағаның өзгеруіне осы мәміленің әсер етуі, сұраныс пен ұсыныстың арақатынасы және (немесе) мәміле қатысушыларының кірістері мен шығындарына осы мәміленің әсері келтірілген талдау бөлігі;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z95" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) есепті жасаған қадағалау бөлімшесі қызметкерінің қойылған қолы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z96" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қадағалау бөлімшесі бастығының қойылған қолы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z97" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) қадағалау бөлімшесіне жетекшілік ететін қор биржасының басқарма мүшесінің есепті сараптама комитетіне жіберу туралы бұрыштамасы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда – ҚР Ұлттық Банкі Басқармасының 27.03.2017 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 50</w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Ұлттық Банкі Басқармасының 28.12.2018 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2019 бастап қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Күдікті мәміле туралы есеп қор биржасының ішкі құжаттарында белгіленген мерзімде жасалады және уәкілетті органға Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18169 болып тіркелген Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 28 желтоқсандағы № 319 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Ұйымдастырылған және ұйымдастырылмаған бағалы қағаздар нарығында жасалған бағалы қағаздармен және өзге де қаржы құралдарымен мәмілелерді айла-шарғы жасау мақсатында жасалды деп тану, сараптама комитетін жасақтау және оның жұмыс жасау қағидаларында айқындалған мерзімде, сондай-ақ оның сандық құрамы жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3647,414 +3633,414 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 249 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="65"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының күші жойылды деп танылатын</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>нормативтік құқықтық актілерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z83" w:id="66"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Сауда-саттықты ұйымдастырушының ұйымдық құрылымына және қор биржасының листингтік комиссиясының құрамына қойылатын талаптар туралы және Сауда-саттықты ұйымдастырушының сауда жүйесінде жасалатын мәмілелерге қадағалау жөніндегі қызметті жүзеге асыратын сауда-саттықты ұйымдастырушының ұйымдық құрылымының қызметін жүзеге асыру ережесін бекіту жөнінде" Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының 2008 жылғы 28 қарашадағы № 195 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5495 тіркелген). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z84" w:id="67"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Сауда-саттықты ұйымдастырушының ұйымдық құрылымына және қор биржасының листингтік комиссиясының құрамына қойылатын талаптар туралы және Сауда-саттықты ұйымдастырушының сауда жүйесінде жасалатын мәмілелерге қадағалау жөніндегі қызметті жүзеге асыратын сауда-саттықты ұйымдастырушының ұйымдық құрылымының қызметін жүзеге асыру ережесін бекіту жөнінде" 2008 жылғы 28 қарашадағы № 195 қаулысына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының 2009 жылғы 27 наурыздағы № 61 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5661 тіркелген, 2009 жылғы 29 мамырда "Заң газеті" газетінде № 80 (1503) жарияланған). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z85" w:id="68"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қор биржасында тәуекелдерді басқару жүйесінің болуына қойылатын талаптар жөніндегі нұсқаулықты бекіту және Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының "Сауда-саттықты ұйымдастырушының ұйымдық құрылымына және қор биржасының листингтік комиссиясының құрамына қойылатын талаптар туралы және Сауда-саттықты ұйымдастырушының сауда жүйесінде жасалатын мәмілелерге қадағалау жөніндегі қызметті жүзеге асыратын сауда- саттықты ұйымдастырушының ұйымдық құрылымының қызметін жүзеге асыру ережесін бекіту жөніндегі" 2008 жылғы 28 қарашадағы № 195 қаулысына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының 2009 жылғы 30 қарашадағы № 244 қаулысының (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5991 тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z86" w:id="69"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Инвестициялық портфельді басқаруды жүзеге асыратын ұйымдар үшін пруденциялық нормативті белгілеу, Инвестициялық портфельді басқаруды жүзеге асыратын ұйымдар үшін пруденциялық нормативті есептеу қағидаларын бекіту және Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне бағалы қағаздар нарығы мәселелері бойынша өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2014 жылғы 3 ақпандағы № 7 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9410 тіркелген, жылғы 29 мамырда "Қазақстан Республикасы Әділет министрлігінің республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) бекітілген Қазақстан Республикасының бағалы қағаздар нарығындағы қызмет мәселелері бойынша өзгерістер мен толықтырулар енгізілетін нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z87" w:id="70"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне сауда-саттықты ұйымдастырушының қызметі мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2014 жылғы 27 мамырдағы № 98 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9621 тіркелген, 2014 жылғы 11 тамызда "Қазақстан Республикасы Әділет министрлігінің республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық- құқықтық жүйесінде жарияланған) бекітілген Сауда-саттықты ұйымдастырушының қызметі мәселелері бойынша Қазақстан Республикасының нормативтік құқықтық актілерінің өзгерістер мен толықтырулар енгізілетін тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z88" w:id="71"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы ұлттық Банкі Басқармасының 2014 жылғы 27 тамыздағы № 168 қаулысымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9796 тіркелген, 2014 жылғы 12 қарашада "Қазақстан Республикасы Әділет министрлігінің республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) бекітілген Қазақстан Республикасының өзгерістер мен толықтырулар енгізілетін нормативтік құқықтық актілері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z89" w:id="72"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Сауда-саттықты ұйымдастырушының ұйымдық құрылымына және қор биржасының листингтік комиссиясының құрамына қойылатын талаптар туралы және Сауда-саттықты ұйымдастырушының сауда жүйесінде жасалатын мәмілелерге қадағалау жөніндегі қызметті жүзеге асыратын сауда-саттықты ұйымдастырушының ұйымдық құрылымының қызметін жүзеге асыру ережесін бекіту жөнінде" Қазақстан Республикасының қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының 2008 жылғы 28 қарашадағы № 195 қаулысына өзгерістер енгізу туралы" Қазақстан Республикасы ұлттық Банкі Басқармасының 2015 жылғы 24 сәуірдегі № 56 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11291 тіркелген, 2015 жылғы 23 мамырда "Қазақстан Республикасы Әділет министрлігінің республикалық құқықтық ақпарат орталығы" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнының "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4380,31 +4366,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>