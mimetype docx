--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e0e1839" w14:textId="e0e1839">
+    <w:p w14:paraId="dfb2916" w14:textId="dfb2916">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,87 +93,107 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Әлеуметтік қамсыздандыру саласының азаматтық қызметшілері лауазымдарының тізілімін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 28 желтоқсандағы № 1042 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 31 желтоқсанда № 12751 болып тіркелді.</w:t>
-[...17 lines deleted...]
-      РҚАО-ның ескертпесі!</w:t>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 28 желтоқсандағы № 1042 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 31 желтоқсанда № 12751 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұйрық 01.01.2016 ж. бастап қолданысқа енгізіледі.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Бұйрық 01.01.2016 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        Қазақстан Республикасы Еңбек кодексінің 139-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -884,50 +904,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 06.09.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 376</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
@@ -7499,51 +7539,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-С2 </w:t>
+С2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7568,92 +7608,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілігі жоғары деңгейдегі мамандар: мұрағатшы, бухгалтер, барлық мамандықтағы инженер, мемлекеттік сатып алулар жөніндегі менеджер, экономист, заңгер, заңгер консультант, программист, аудармашы, инспектор, кадрлар жөніндегі инспектор, нұсқаушы, энергетик, кітапханашы, ТҚ инженері, азаматтық қорғаныс штабының басшысы, мемлекеттік тіл жөніндегі маман, халықаралық ынтымақтастық жөніндегі маман, тестілік бақылау маманы, жинақтау бөлімінің маманы, кадрлар жөніндегі маман, статистик, референт</w:t>
+Біліктілігі жоғары деңгейдегі мамандар: мұрағатшы, бухгалтер, барлық мамандықтағы инженер, мемлекеттік сатып алулар жөніндегі менеджер, экономист, заңгер, заңгер консультант, программист, аудармашы, инспектор, кадрлар жөніндегі инспектор, нұсқаушы, энергетик, кітапханашы, ТҚ инженері, азаматтық қорғаныс штабының басшысы, мемлекеттік тіл жөніндегі маман, халықаралық ынтымақтастық жөніндегі маман, тестілік бақылау маманы, жинақтау бөлімінің маманы, кадрлар жөніндегі маман, статистик, референт, қоғаммен байланыс жөніндегі маман, жүйелік әкімші.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-С3 </w:t>
+С3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7678,69 +7718,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Біліктілігі орташа деңгейдегі мамандар: мұрағатшы, бухгалтер, барлық мамандықтағы инженер, мемлекеттік сатып алулар жөніндегі менеджер, экономист, заңгер консультант, программист, аудармашы, инспектор, нұсқаушы, энергетик, кітапханашы, мәдениеттанушы, кадрлар жөніндегі инспектор, барлық атаудағы техниктер, статистик, референт</w:t>
-[...17 lines deleted...]
-Мемлекеттік орган мен мемлекеттік қазыналық кәсіпорынның әкімшілік-шаруашылық қызмет көрсетумен айналысатын құрылымдық бөлімшесінің: гараждың, іс-жүргізу, сақтау камерасының, кеңсенің, қазандықтың, кір жуатын орынның, қойманың, шаруашылықтың, көкөніс сақтау қоймасының басшысы</w:t>
+Біліктілігі орташа деңгейдегі мамандар: мұрағатшы, бухгалтер, барлық мамандықтағы инженер, мемлекеттік сатып алулар жөніндегі менеджер, экономист, заңгер консультант, программист, аудармашы, инспектор, нұсқаушы, энергетик, кітапханашы, мәдениеттанушы, кадрлар жөніндегі инспектор, барлық атаудағы техниктер, статистик, референт, жүйелік әкімші</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік орган мен мемлекеттік қазыналық кәсіпорынның әкімшілік-шаруашылық қызмет көрсетумен айналысатын құрылымдық бөлімшесінің: гараждың, іс-жүргізу, сақтау камерасының, кеңсенің, қазандықтың, кір жуатын орынның, қойманың, шаруашылықтың, көкөніс сақтау қоймасының басшысы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8011,55 +8051,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8385,31 +8425,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>