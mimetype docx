--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0c1242c" w14:textId="0c1242c">
+    <w:p w14:paraId="633e926" w14:textId="633e926">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,528 +102,364 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 26 қарашадағы № 733 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2015 жылы 31 желтоқсанда № 12702 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z39" w:id="0"/>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      РҚАО-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бұйрықтың қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармақтан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23-24)-тармақшасына және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 10-бабының 1)-тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>РҚАО-ның ескертпесі!</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...266 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдарды аккредиттеу жөніндегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ұлттық экономика министрлігінің Құрылыс, тұрғын үй-коммуналдық шаруашылық істері және жер ресурстарын басқару комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық мемлекеттік тіркеуден өткеннен кейін күнтізбелік он күн ішінде оның көшірмесін мерзімді баспасөз басылымдарында және "Әділет" ақпараттық-құқықтық жүйесінде ресми жариялауға жіберілуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z6" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықтың Қазақстан Республикасы Ұлттық экономика министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Ұлттық экономика вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейiн күнтiзбелiк жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1003,1174 +839,936 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 733 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдарды аккредиттеу жөніндегі қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида жаңа редакцияда – ҚР Индустрия және инфрақұрылымдық даму министрінің м.а. 01.04.2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 175</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z372" w:id="9"/>
+    <w:bookmarkStart w:name="z372" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z334" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z334" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдарды аккредиттеу жөніндегі қағидалары (бұдан әрі - Қағидалар) "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" 2001 жылғы 16 шілдедегі Қазақстан Республикасы Заңының 20-бабының 23-24)-тармақшасына және және "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1)-тармақшасына сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z335" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z335" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қағидалар сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдарды аккредиттеу рәсімін регламенттейді және "Сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік көрсетілетін қызметтің көрсету тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z336" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z336" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Қағидаларда мынадай ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z337" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z337" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аккредиттеу - уәкілетті органның сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымның құзыретін ресми тану рәсімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z338" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z338" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аккредиттеу туралы куәлік - сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдардың мәртебесін куәландыратын куәлік;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z339" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z339" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өтініш беруші - сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйым ретінде аккредиттеуге үміткер заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z340" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z340" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уәкілетті орган - облыстардың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органдары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z341" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z341" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Қағидалар және біліктілік талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z342" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z342" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік көрсетілетін қызметті осы Қағидаларға сәйкес облыстардың, Астана, Алматы және Шымкент қалаларының жергілікті атқарушы органдары (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z343" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Заңды тұлғалар (бұдан әрі - көрсетілетін қызметті алушы) мемлекеттік көрсетілетін қызметті алу үшін құжаттармен бірге өтінішті электрондық құжат нысанында, электрондық - цифрлық қолтаңбасымен (бұдан әрі-ЭЦҚ) куәландырылған түрде "электрондық үкіметтің" веб-порталы www.egov.kz немесе сәулет, қала құрылысы және құрылыс саласындағы ақпараттандыру нысаны "e-Qurylys.kz" ақпараттық (www.equrylys.kz) (бұдан әрі – ақпараттық жүйе).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...17 lines deleted...]
-        <w:jc w:val="both"/>
+      Мемлекеттік қызмет көрсету бойынша негізгі талаптар тізбесін қамтитын қосымша, оның ішінде "Сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдарды аккредиттеу" осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес (бұдан әрі - Мемлекеттік қызмет көрсету бойынша негізгі талаптар тізбесі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>-тармақ</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z344" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі мемлекеттік көрсетілетін қызметтің негізгі талаптар тізбесінің 8-тармағымен анықталған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы құжаттардың мәліметтері көрсетілетін қызметті берушіге "электрондық үкімет" шлюзі арқылы ақпараттық жүйелерден ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы ақпараттық жүйелердегі заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісім береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының "жеке кабинетіне" мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетіле отырып, мемлекеттік қызметті көрсету үшін өтініштің қабылданғаны туралы мәртебе жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жаңа редакцияда көзделген - </w:t>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
-[...85 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...378 lines deleted...]
-    <w:bookmarkStart w:name="z345" w:id="19"/>
+    </w:p>
+    <w:bookmarkStart w:name="z345" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Мемлекеттік қызмет көрсету процесінің құрамына кіретін іс-әрекеттер, орындалу ұзақтығы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z346" w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z346" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы Қағидалардың 6-тармағының 1) және 2) тармақшаларында көрсетілген құжаттармен өтінішті автоматты тіркеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z347" w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z347" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) куәлікті электрондық нысанда беру, қайта ресімдеу көрсетілетін қызметті берушінің қатысуынсыз ақпараттық жүйемен (компьютермен) жүзеге асырылады - 20-40 (жиырма - қырық) минут ішінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z348" w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z348" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Аккредиттеу туралы куәлік заңды тұлғаның атауы және (немесе) орналасқан жері өзгерген жағдайларда қайта ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z349" w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z349" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Көрсетілетін қызметті беруші Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызмет көрсету сатысы туралы деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z350" w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z350" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Аккредиттеуден өткен сәулет, қала құрылысы және құрылыс саласындағы Жобаларды басқару жөніндегі ұйымдар осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша сәулет, қала құрылысы және құрылыс саласындағы Жобаларды басқару жөніндегі аккредиттелген ұйымдардың тізіліміне енгізіледі, онда заңды тұлғаның деректемелері туралы ақпарат жиынтығы, аккредиттеу туралы куәліктің берілген күні мен нөмірі, штатында мамандардың болуы туралы, сондай-ақ осы заңды тұлғаға қатысты қабылданған Қазақстан Республикасының заңдарында белгіленген жауапкершілік шаралары туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z351" w:id="25"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z351" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Аккредиттеу туралы куәліктің қолданылуын тоқтата тұру, қайта бастау, одан айыру (қайтарып алу) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының 45-бабында көзделген тәртіппен және (немесе) негіздер бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z352" w:id="26"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z352" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қолданыстағы аккредиттеу туралы куәлік болмаса, ұйымның қызметін жүзеге асыруына жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z353" w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z353" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Осы Қағидалардың 10-тармағында көзделген аккредиттелген ұйымдардың тізіліміне осы Қағидаларға 7-қосымшасына сәйкес нысан бойынша аккредиттелген ұйымдардың өтініші негізінде өзгерістер мен толықтырулар енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте енгізілген кез келген өзгерістер мен толықтырулар осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген рұқсат беру талаптарын бұзуға әкеп соқпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z354" w:id="28"/>
+    <w:bookmarkStart w:name="z354" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z355" w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z355" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету мәселелері бойынша шағымды шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті берушіге, лауазымды адамға береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті беруші, лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2391,168 +1989,50 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">16. Алып тасталды - ҚР Индустрия және инфрақұрылымдық даму министрінің 24.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...116 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -2673,50 +2153,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жөніндегі қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2730,51 +2248,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік көрсетілетін қызмет стандарты (мемлекеттік көрсетілетін қызметтің атауын)</w:t>
+"Сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдарды аккредиттеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2843,51 +2361,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының жергілікті атқарушы органдары</w:t>
+Облыстардың, Астана, Алматы және Шымкент қалаларының жергілікті атқарушы органдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2959,50 +2477,68 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Электрондық үкіметтің" веб-порталы: www.egov.kz.</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сәулет, қала құрылысы және құрылыс саласындағы ақпараттандыру нысаны "e-Qurylys.kz" ақпараттық (www.equrylys.kz)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3505,87 +3041,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің жұмыс графигі</w:t>
+Көрсетілетін қызметті берушінің, ақпарат объектілерінің жұмыс графигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) көрсетілетін қызметті берушінің жұмыс кестесі - Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда сағат 09.00-ден 18.30-ға дейін, түскі үзіліс сағат 13.00-ден 14.30-ға дейін;</w:t>
+              <w:t xml:space="preserve">
+1) көрсетілетін қызметті берушілер – Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі-Кодекс) сәйкес демалыс және мереке күндерін қоспағанда, белгіленген жұмыс кестесіне сәйкес дүйсенбіден жұмаға дейін, түскі үзіліспен сағат 13.00-ден 14.30-ға дейін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) порталдың - жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндері өтініш жасаған кезде, өтініштерді қабылдауды және мемлекеттік көрсетілетін қызметтің нәтижесін беруді келесі жұмыс күнінде жүзеге асырады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4012,51 +3568,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, өзге де талаптар</w:t>
+Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда көрсету ерекшеліктері ескеріле отырып, өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4066,51 +3622,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушының қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы мемлекеттік қызметті көрсетудің тәртібі мен мәртебесі туралы ақпаратты алу мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызметтер көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Министрліктің: www.kds.miid.gov.kz, көрсетілетін қызметті берушінің интернет-ресурстарында орналастырылған. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: (1414).</w:t>
+Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің анықтамалық қызметтерінің байланыс телефондары сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті органның және көрсетілетін қызметті берушінің интернет-ресурстарында www.gov.kz орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: (1414).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4910,68 +4484,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z365" w:id="30"/>
+    <w:bookmarkStart w:name="z365" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сәулет, қала құрылысы және құрылыс саласындағы жобалармен басқару бойынша ұйымдарға қойылатын рұқсат етілетін талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>